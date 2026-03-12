--- v0 (2026-01-29)
+++ v1 (2026-03-12)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/baba_mark_pbgc_gov/Documents/Desktop/__trash/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="8_{F14E54CE-3B87-40B7-8A0D-7B3A2914FD5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1EE5448A-1402-4C47-AACF-7D33AA03139E}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B53AC6E2-D850-4C96-91AB-E53A5B71FC68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B80B5415-445E-4817-9D43-4D5FDDF627F5}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B80B5415-445E-4817-9D43-4D5FDDF627F5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="19">
   <si>
     <t>December</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>August</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
@@ -870,5545 +870,5556 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{897C6228-D334-47FC-8336-074606FE86E9}">
-  <dimension ref="B1:I329"/>
+  <dimension ref="B1:I330"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="E4" sqref="E4"/>
+      <selection pane="bottomRight" activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.5703125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="32.85546875" customWidth="1"/>
+    <col min="1" max="1" width="3.54296875" customWidth="1"/>
+    <col min="2" max="2" width="13.453125" customWidth="1"/>
+    <col min="4" max="4" width="20.453125" customWidth="1"/>
+    <col min="5" max="5" width="18.1796875" customWidth="1"/>
+    <col min="7" max="7" width="13.1796875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.453125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="32.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:9" ht="14" x14ac:dyDescent="0.3">
       <c r="B1" s="17" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="14" t="s">
         <v>13</v>
       </c>
       <c r="G1" s="18">
-        <v>46038</v>
-[...2 lines deleted...]
-    <row r="2" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="2" spans="2:9" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
-    <row r="3" spans="2:9" ht="48.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:9" ht="49" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="23" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="4" spans="2:9" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:9" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C4" s="28">
         <v>2026</v>
       </c>
       <c r="D4" s="12">
+        <v>3.9300000000000002E-2</v>
+      </c>
+      <c r="E4" s="13">
+        <v>3.2169999999999998E-3</v>
+      </c>
+    </row>
+    <row r="5" spans="2:9" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="28">
+        <v>2026</v>
+      </c>
+      <c r="D5" s="12">
         <v>3.8600000000000002E-2</v>
       </c>
-      <c r="E4" s="13">
+      <c r="E5" s="13">
         <v>3.1610000000000002E-3</v>
       </c>
     </row>
-    <row r="5" spans="2:9" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="35" t="s">
+    <row r="6" spans="2:9" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="29">
+      <c r="C6" s="29">
         <v>2026</v>
       </c>
-      <c r="D5" s="30">
+      <c r="D6" s="30">
         <v>3.8100000000000002E-2</v>
       </c>
-      <c r="E5" s="31">
+      <c r="E6" s="31">
         <v>3.1210000000000001E-3</v>
       </c>
-      <c r="G5" s="10"/>
-[...3 lines deleted...]
-      <c r="B6" s="32" t="s">
+      <c r="G6" s="10"/>
+      <c r="H6" s="10"/>
+    </row>
+    <row r="7" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B7" s="32" t="s">
         <v>0</v>
-      </c>
-[...13 lines deleted...]
-        <v>1</v>
       </c>
       <c r="C7" s="7">
         <v>2025</v>
       </c>
       <c r="D7" s="8">
-        <v>3.8300000000000001E-2</v>
+        <v>3.7900000000000003E-2</v>
       </c>
       <c r="E7" s="2">
-        <v>3.137E-3</v>
-[...3 lines deleted...]
-    <row r="8" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.1050000000000001E-3</v>
+      </c>
+      <c r="G7" s="10"/>
+    </row>
+    <row r="8" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B8" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C8" s="7">
         <v>2025</v>
       </c>
       <c r="D8" s="8">
-        <v>3.8699999999999998E-2</v>
+        <v>3.8300000000000001E-2</v>
       </c>
       <c r="E8" s="2">
-        <v>3.1689999999999999E-3</v>
+        <v>3.137E-3</v>
       </c>
       <c r="H8" s="10"/>
     </row>
-    <row r="9" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B9" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C9" s="7">
         <v>2025</v>
       </c>
       <c r="D9" s="8">
-        <v>4.0399999999999998E-2</v>
+        <v>3.8699999999999998E-2</v>
       </c>
       <c r="E9" s="2">
-        <v>3.3059999999999999E-3</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.1689999999999999E-3</v>
+      </c>
+      <c r="H9" s="10"/>
+    </row>
+    <row r="10" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B10" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C10" s="7">
         <v>2025</v>
       </c>
       <c r="D10" s="8">
-        <v>4.0599999999999997E-2</v>
+        <v>4.0399999999999998E-2</v>
       </c>
       <c r="E10" s="2">
-        <v>3.3219999999999999E-3</v>
-[...5 lines deleted...]
-    <row r="11" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.3059999999999999E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B11" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C11" s="7">
         <v>2025</v>
       </c>
       <c r="D11" s="8">
-        <v>4.19E-2</v>
+        <v>4.0599999999999997E-2</v>
       </c>
       <c r="E11" s="2">
-        <v>3.4259999999999998E-3</v>
-[...3 lines deleted...]
-    <row r="12" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.3219999999999999E-3</v>
+      </c>
+      <c r="G11" s="10"/>
+      <c r="H11" s="11"/>
+      <c r="I11" s="16"/>
+    </row>
+    <row r="12" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B12" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C12" s="7">
         <v>2025</v>
       </c>
       <c r="D12" s="8">
-        <v>4.07E-2</v>
+        <v>4.19E-2</v>
       </c>
       <c r="E12" s="2">
-        <v>3.3300000000000001E-3</v>
+        <v>3.4259999999999998E-3</v>
       </c>
       <c r="H12" s="10"/>
-      <c r="I12" s="21"/>
-[...1 lines deleted...]
-    <row r="13" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="13" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B13" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C13" s="7">
         <v>2025</v>
       </c>
       <c r="D13" s="8">
-        <v>4.1000000000000002E-2</v>
+        <v>4.07E-2</v>
       </c>
       <c r="E13" s="2">
-        <v>3.3540000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="G13" s="10"/>
+        <v>3.3300000000000001E-3</v>
+      </c>
       <c r="H13" s="10"/>
-    </row>
-    <row r="14" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="I13" s="21"/>
+    </row>
+    <row r="14" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B14" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C14" s="7">
         <v>2025</v>
       </c>
       <c r="D14" s="8">
-        <v>4.2099999999999999E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
       <c r="E14" s="2">
-        <v>3.4420000000000002E-3</v>
+        <v>3.3540000000000002E-3</v>
       </c>
       <c r="G14" s="10"/>
       <c r="H14" s="10"/>
     </row>
-    <row r="15" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B15" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C15" s="7">
         <v>2025</v>
       </c>
       <c r="D15" s="8">
-        <v>4.4600000000000001E-2</v>
+        <v>4.2099999999999999E-2</v>
       </c>
       <c r="E15" s="2">
-        <v>3.643E-3</v>
+        <v>3.4420000000000002E-3</v>
       </c>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
     </row>
-    <row r="16" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B16" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C16" s="7">
         <v>2025</v>
       </c>
       <c r="D16" s="8">
-        <v>4.5199999999999997E-2</v>
+        <v>4.4600000000000001E-2</v>
       </c>
       <c r="E16" s="2">
-        <v>3.6909999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="F16" s="10"/>
+        <v>3.643E-3</v>
+      </c>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
     </row>
-    <row r="17" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B17" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C17" s="7">
         <v>2025</v>
       </c>
       <c r="D17" s="8">
+        <v>4.5199999999999997E-2</v>
+      </c>
+      <c r="E17" s="2">
+        <v>3.6909999999999998E-3</v>
+      </c>
+      <c r="F17" s="10"/>
+      <c r="G17" s="10"/>
+      <c r="H17" s="10"/>
+    </row>
+    <row r="18" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="D18" s="8">
         <v>4.24E-2</v>
       </c>
-      <c r="E17" s="2">
+      <c r="E18" s="2">
         <v>3.4659999999999999E-3</v>
       </c>
-      <c r="G17" s="10"/>
-[...2 lines deleted...]
-      <c r="B18" s="33" t="s">
+      <c r="G18" s="10"/>
+    </row>
+    <row r="19" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="C18" s="25">
+      <c r="C19" s="25">
         <v>2024</v>
       </c>
-      <c r="D18" s="26">
+      <c r="D19" s="26">
         <v>4.1799999999999997E-2</v>
       </c>
-      <c r="E18" s="27">
+      <c r="E19" s="27">
         <v>3.418E-3</v>
       </c>
     </row>
-    <row r="19" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="34" t="s">
+    <row r="20" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="34" t="s">
         <v>1</v>
-      </c>
-[...12 lines deleted...]
-        <v>2</v>
       </c>
       <c r="C20" s="28">
         <v>2024</v>
       </c>
       <c r="D20" s="12">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="E20" s="13">
         <v>3.032E-3</v>
       </c>
-      <c r="G20" s="10"/>
-[...1 lines deleted...]
-    <row r="21" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="21" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C21" s="28">
         <v>2024</v>
       </c>
       <c r="D21" s="12">
-        <v>4.02E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="E21" s="13">
-        <v>3.29E-3</v>
+        <v>3.032E-3</v>
       </c>
       <c r="G21" s="10"/>
-      <c r="H21" s="10"/>
-[...1 lines deleted...]
-    <row r="22" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="22" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C22" s="28">
         <v>2024</v>
       </c>
       <c r="D22" s="12">
-        <v>4.3400000000000001E-2</v>
+        <v>4.02E-2</v>
       </c>
       <c r="E22" s="13">
-        <v>3.5469999999999998E-3</v>
+        <v>3.29E-3</v>
       </c>
       <c r="G22" s="10"/>
-    </row>
-    <row r="23" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H22" s="10"/>
+    </row>
+    <row r="23" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C23" s="28">
         <v>2024</v>
       </c>
       <c r="D23" s="12">
-        <v>4.4900000000000002E-2</v>
+        <v>4.3400000000000001E-2</v>
       </c>
       <c r="E23" s="13">
-        <v>3.6670000000000001E-3</v>
-[...3 lines deleted...]
-    <row r="24" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.5469999999999998E-3</v>
+      </c>
+      <c r="G23" s="10"/>
+    </row>
+    <row r="24" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C24" s="28">
         <v>2024</v>
       </c>
       <c r="D24" s="12">
-        <v>4.6600000000000003E-2</v>
+        <v>4.4900000000000002E-2</v>
       </c>
       <c r="E24" s="13">
-        <v>3.803E-3</v>
+        <v>3.6670000000000001E-3</v>
       </c>
       <c r="H24" s="10"/>
     </row>
-    <row r="25" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C25" s="28">
         <v>2024</v>
       </c>
       <c r="D25" s="12">
-        <v>4.4200000000000003E-2</v>
+        <v>4.6600000000000003E-2</v>
       </c>
       <c r="E25" s="13">
-        <v>3.6110000000000001E-3</v>
-[...3 lines deleted...]
-    <row r="26" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.803E-3</v>
+      </c>
+      <c r="H25" s="10"/>
+    </row>
+    <row r="26" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C26" s="28">
         <v>2024</v>
       </c>
       <c r="D26" s="12">
-        <v>4.2999999999999997E-2</v>
-[...6 lines deleted...]
-    <row r="27" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>4.4200000000000003E-2</v>
+      </c>
+      <c r="E26" s="13">
+        <v>3.6110000000000001E-3</v>
+      </c>
+      <c r="H26" s="16"/>
+    </row>
+    <row r="27" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C27" s="28">
         <v>2024</v>
       </c>
       <c r="D27" s="12">
-        <v>4.1300000000000003E-2</v>
-[...5 lines deleted...]
-    <row r="28" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="E27" s="24">
+        <v>3.5149999999999999E-3</v>
+      </c>
+      <c r="H27" s="10"/>
+    </row>
+    <row r="28" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="28">
         <v>2024</v>
       </c>
       <c r="D28" s="12">
+        <v>4.1300000000000003E-2</v>
+      </c>
+      <c r="E28" s="13">
+        <v>3.3779999999999999E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="28">
+        <v>2024</v>
+      </c>
+      <c r="D29" s="12">
         <v>3.9800000000000002E-2</v>
       </c>
-      <c r="E28" s="13">
+      <c r="E29" s="13">
         <v>3.258E-3</v>
       </c>
     </row>
-    <row r="29" spans="2:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="35" t="s">
+    <row r="30" spans="2:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="C29" s="29">
+      <c r="C30" s="29">
         <v>2024</v>
       </c>
-      <c r="D29" s="30">
+      <c r="D30" s="30">
         <v>4.3700000000000003E-2</v>
       </c>
-      <c r="E29" s="31">
+      <c r="E30" s="31">
         <v>3.571E-3</v>
       </c>
-      <c r="G29" s="10"/>
-[...3 lines deleted...]
-      <c r="B30" s="32" t="s">
+      <c r="G30" s="10"/>
+      <c r="H30" s="10"/>
+    </row>
+    <row r="31" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B31" s="32" t="s">
         <v>0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1</v>
       </c>
       <c r="C31" s="7">
         <v>2023</v>
       </c>
       <c r="D31" s="8">
-        <v>4.6899999999999997E-2</v>
+        <v>4.82E-2</v>
       </c>
       <c r="E31" s="2">
-        <v>3.8270000000000001E-3</v>
-[...3 lines deleted...]
-    <row r="32" spans="2:8" ht="15" x14ac:dyDescent="0.2">
+        <v>3.9309999999999996E-3</v>
+      </c>
+      <c r="G31" s="10"/>
+      <c r="H31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B32" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C32" s="7">
         <v>2023</v>
       </c>
       <c r="D32" s="8">
-        <v>4.4299999999999999E-2</v>
+        <v>4.6899999999999997E-2</v>
       </c>
       <c r="E32" s="2">
-        <v>3.6189999999999998E-3</v>
+        <v>3.8270000000000001E-3</v>
       </c>
       <c r="H32" s="10"/>
     </row>
-    <row r="33" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B33" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C33" s="7">
         <v>2023</v>
       </c>
       <c r="D33" s="8">
-        <v>4.19E-2</v>
+        <v>4.4299999999999999E-2</v>
       </c>
       <c r="E33" s="2">
-        <v>3.4259999999999998E-3</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.6189999999999998E-3</v>
+      </c>
+      <c r="H33" s="10"/>
+    </row>
+    <row r="34" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B34" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C34" s="7">
         <v>2023</v>
       </c>
       <c r="D34" s="8">
-        <v>4.0899999999999999E-2</v>
+        <v>4.19E-2</v>
       </c>
       <c r="E34" s="2">
-        <v>3.346E-3</v>
-[...5 lines deleted...]
-    <row r="35" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.4259999999999998E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B35" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C35" s="7">
         <v>2023</v>
       </c>
       <c r="D35" s="8">
-        <v>3.85E-2</v>
+        <v>4.0899999999999999E-2</v>
       </c>
       <c r="E35" s="2">
-        <v>3.153E-3</v>
-[...3 lines deleted...]
-    <row r="36" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.346E-3</v>
+      </c>
+      <c r="G35" s="10"/>
+      <c r="H35" s="11"/>
+      <c r="I35" s="16"/>
+    </row>
+    <row r="36" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B36" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C36" s="7">
         <v>2023</v>
       </c>
       <c r="D36" s="8">
-        <v>3.56E-2</v>
+        <v>3.85E-2</v>
       </c>
       <c r="E36" s="2">
-        <v>2.9190000000000002E-3</v>
+        <v>3.153E-3</v>
       </c>
       <c r="H36" s="10"/>
-      <c r="I36" s="21"/>
-[...1 lines deleted...]
-    <row r="37" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="37" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B37" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C37" s="7">
         <v>2023</v>
       </c>
       <c r="D37" s="8">
-        <v>3.5700000000000003E-2</v>
+        <v>3.56E-2</v>
       </c>
       <c r="E37" s="2">
-        <v>2.9269999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="G37" s="10"/>
+        <v>2.9190000000000002E-3</v>
+      </c>
       <c r="H37" s="10"/>
-    </row>
-    <row r="38" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="I37" s="21"/>
+    </row>
+    <row r="38" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B38" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C38" s="7">
         <v>2023</v>
       </c>
       <c r="D38" s="8">
-        <v>4.1500000000000002E-2</v>
+        <v>3.5700000000000003E-2</v>
       </c>
       <c r="E38" s="2">
-        <v>3.3939999999999999E-3</v>
+        <v>2.9269999999999999E-3</v>
       </c>
       <c r="G38" s="10"/>
       <c r="H38" s="10"/>
     </row>
-    <row r="39" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B39" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C39" s="7">
         <v>2023</v>
       </c>
       <c r="D39" s="8">
-        <v>3.6999999999999998E-2</v>
+        <v>4.1500000000000002E-2</v>
       </c>
       <c r="E39" s="2">
-        <v>3.032E-3</v>
+        <v>3.3939999999999999E-3</v>
       </c>
       <c r="G39" s="10"/>
       <c r="H39" s="10"/>
     </row>
-    <row r="40" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B40" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C40" s="7">
         <v>2023</v>
       </c>
       <c r="D40" s="8">
-        <v>3.8199999999999998E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="E40" s="2">
-        <v>3.1289999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="F40" s="10"/>
+        <v>3.032E-3</v>
+      </c>
       <c r="G40" s="10"/>
       <c r="H40" s="10"/>
     </row>
-    <row r="41" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B41" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C41" s="7">
         <v>2023</v>
       </c>
       <c r="D41" s="8">
+        <v>3.8199999999999998E-2</v>
+      </c>
+      <c r="E41" s="2">
+        <v>3.1289999999999998E-3</v>
+      </c>
+      <c r="F41" s="10"/>
+      <c r="G41" s="10"/>
+      <c r="H41" s="10"/>
+    </row>
+    <row r="42" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B42" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" s="7">
+        <v>2023</v>
+      </c>
+      <c r="D42" s="8">
         <v>3.85E-2</v>
       </c>
-      <c r="E41" s="2">
+      <c r="E42" s="2">
         <v>3.153E-3</v>
       </c>
-      <c r="H41" s="10"/>
-[...2 lines deleted...]
-      <c r="B42" s="33" t="s">
+      <c r="H42" s="10"/>
+    </row>
+    <row r="43" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B43" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="C42" s="25">
+      <c r="C43" s="25">
         <v>2022</v>
       </c>
-      <c r="D42" s="26">
+      <c r="D43" s="26">
         <v>4.2700000000000002E-2</v>
       </c>
-      <c r="E42" s="27">
+      <c r="E43" s="27">
         <v>3.4910000000000002E-3</v>
       </c>
-      <c r="G42" s="10"/>
-[...2 lines deleted...]
-      <c r="B43" s="34" t="s">
+      <c r="G43" s="10"/>
+    </row>
+    <row r="44" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B44" s="34" t="s">
         <v>1</v>
-      </c>
-[...13 lines deleted...]
-        <v>2</v>
       </c>
       <c r="C44" s="28">
         <v>2022</v>
       </c>
       <c r="D44" s="12">
-        <v>3.2800000000000003E-2</v>
+        <v>3.9699999999999999E-2</v>
       </c>
       <c r="E44" s="13">
-        <v>2.6930000000000001E-3</v>
-[...3 lines deleted...]
-    <row r="45" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.2499999999999999E-3</v>
+      </c>
+      <c r="H44" s="10"/>
+    </row>
+    <row r="45" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B45" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C45" s="28">
         <v>2022</v>
       </c>
       <c r="D45" s="12">
-        <v>2.93E-2</v>
+        <v>3.2800000000000003E-2</v>
       </c>
       <c r="E45" s="13">
-        <v>2.4090000000000001E-3</v>
+        <v>2.6930000000000001E-3</v>
       </c>
       <c r="G45" s="10"/>
     </row>
-    <row r="46" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B46" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C46" s="28">
         <v>2022</v>
       </c>
       <c r="D46" s="12">
-        <v>3.15E-2</v>
+        <v>2.93E-2</v>
       </c>
       <c r="E46" s="13">
-        <v>2.588E-3</v>
+        <v>2.4090000000000001E-3</v>
       </c>
       <c r="G46" s="10"/>
-      <c r="H46" s="11"/>
-[...1 lines deleted...]
-    <row r="47" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="47" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B47" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C47" s="28">
         <v>2022</v>
       </c>
       <c r="D47" s="12">
-        <v>2.9899999999999999E-2</v>
+        <v>3.15E-2</v>
       </c>
       <c r="E47" s="13">
-        <v>2.4580000000000001E-3</v>
+        <v>2.588E-3</v>
       </c>
       <c r="G47" s="10"/>
-      <c r="H47" s="10"/>
-[...1 lines deleted...]
-    <row r="48" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="H47" s="11"/>
+    </row>
+    <row r="48" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B48" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C48" s="28">
         <v>2022</v>
       </c>
       <c r="D48" s="12">
-        <v>2.93E-2</v>
+        <v>2.9899999999999999E-2</v>
       </c>
       <c r="E48" s="13">
-        <v>2.4090000000000001E-3</v>
+        <v>2.4580000000000001E-3</v>
       </c>
       <c r="G48" s="10"/>
-    </row>
-    <row r="49" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="H48" s="10"/>
+    </row>
+    <row r="49" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B49" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C49" s="28">
         <v>2022</v>
       </c>
       <c r="D49" s="12">
-        <v>2.5100000000000001E-2</v>
+        <v>2.93E-2</v>
       </c>
       <c r="E49" s="13">
-        <v>2.068E-3</v>
+        <v>2.4090000000000001E-3</v>
       </c>
       <c r="G49" s="10"/>
     </row>
-    <row r="50" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B50" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C50" s="28">
         <v>2022</v>
       </c>
       <c r="D50" s="12">
-        <v>1.8700000000000001E-2</v>
-[...2 lines deleted...]
-        <v>1.5449999999999999E-3</v>
+        <v>2.5100000000000001E-2</v>
+      </c>
+      <c r="E50" s="13">
+        <v>2.068E-3</v>
       </c>
       <c r="G50" s="10"/>
     </row>
-    <row r="51" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B51" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C51" s="28">
         <v>2022</v>
       </c>
       <c r="D51" s="12">
-        <v>1.7399999999999999E-2</v>
-[...2 lines deleted...]
-        <v>1.439E-3</v>
+        <v>1.8700000000000001E-2</v>
+      </c>
+      <c r="E51" s="24">
+        <v>1.5449999999999999E-3</v>
       </c>
       <c r="G51" s="10"/>
     </row>
-    <row r="52" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B52" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C52" s="28">
         <v>2022</v>
       </c>
       <c r="D52" s="12">
+        <v>1.7399999999999999E-2</v>
+      </c>
+      <c r="E52" s="13">
+        <v>1.439E-3</v>
+      </c>
+      <c r="G52" s="10"/>
+    </row>
+    <row r="53" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B53" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="28">
+        <v>2022</v>
+      </c>
+      <c r="D53" s="12">
         <v>1.4E-2</v>
       </c>
-      <c r="E52" s="13">
+      <c r="E53" s="13">
         <v>1.1590000000000001E-3</v>
       </c>
-      <c r="G52" s="10"/>
-[...3 lines deleted...]
-      <c r="B53" s="35" t="s">
+      <c r="G53" s="10"/>
+      <c r="H53" s="10"/>
+    </row>
+    <row r="54" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B54" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="C53" s="29">
+      <c r="C54" s="29">
         <v>2022</v>
       </c>
-      <c r="D53" s="30">
+      <c r="D54" s="30">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="E53" s="31">
+      <c r="E54" s="31">
         <v>1.077E-3</v>
       </c>
-      <c r="G53" s="16"/>
-[...3 lines deleted...]
-      <c r="B54" s="32" t="s">
+      <c r="G54" s="16"/>
+      <c r="H54" s="10"/>
+    </row>
+    <row r="55" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B55" s="32" t="s">
         <v>0</v>
-      </c>
-[...12 lines deleted...]
-        <v>1</v>
       </c>
       <c r="C55" s="7">
         <v>2021</v>
       </c>
       <c r="D55" s="8">
-        <v>1.0800000000000001E-2</v>
+        <v>1.26E-2</v>
       </c>
       <c r="E55" s="2">
-        <v>8.9599999999999999E-4</v>
-[...3 lines deleted...]
-    <row r="56" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>1.044E-3</v>
+      </c>
+    </row>
+    <row r="56" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B56" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C56" s="7">
         <v>2021</v>
       </c>
       <c r="D56" s="8">
-        <v>9.1000000000000004E-3</v>
+        <v>1.0800000000000001E-2</v>
       </c>
       <c r="E56" s="2">
-        <v>7.5500000000000003E-4</v>
+        <v>8.9599999999999999E-4</v>
       </c>
       <c r="G56" s="10"/>
     </row>
-    <row r="57" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B57" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C57" s="7">
         <v>2021</v>
       </c>
       <c r="D57" s="8">
-        <v>8.6E-3</v>
+        <v>9.1000000000000004E-3</v>
       </c>
       <c r="E57" s="2">
-        <v>7.1400000000000001E-4</v>
+        <v>7.5500000000000003E-4</v>
       </c>
       <c r="G57" s="10"/>
     </row>
-    <row r="58" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B58" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C58" s="7">
         <v>2021</v>
       </c>
       <c r="D58" s="8">
-        <v>0.01</v>
+        <v>8.6E-3</v>
       </c>
       <c r="E58" s="2">
-        <v>8.3000000000000001E-4</v>
+        <v>7.1400000000000001E-4</v>
       </c>
       <c r="G58" s="10"/>
-      <c r="H58" s="10"/>
-[...1 lines deleted...]
-    <row r="59" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="59" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B59" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C59" s="7">
         <v>2021</v>
       </c>
       <c r="D59" s="8">
         <v>0.01</v>
       </c>
       <c r="E59" s="2">
         <v>8.3000000000000001E-4</v>
       </c>
       <c r="G59" s="10"/>
-    </row>
-    <row r="60" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="H59" s="10"/>
+    </row>
+    <row r="60" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B60" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C60" s="7">
         <v>2021</v>
       </c>
       <c r="D60" s="8">
-        <v>1.0200000000000001E-2</v>
+        <v>0.01</v>
       </c>
       <c r="E60" s="2">
-        <v>8.4599999999999996E-4</v>
+        <v>8.3000000000000001E-4</v>
       </c>
       <c r="G60" s="10"/>
-      <c r="H60" s="10"/>
-[...1 lines deleted...]
-    <row r="61" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="61" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B61" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C61" s="7">
         <v>2021</v>
       </c>
       <c r="D61" s="8">
-        <v>1.0699999999999999E-2</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="E61" s="2">
-        <v>8.8699999999999998E-4</v>
+        <v>8.4599999999999996E-4</v>
       </c>
       <c r="G61" s="10"/>
-    </row>
-    <row r="62" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="H61" s="10"/>
+    </row>
+    <row r="62" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B62" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C62" s="7">
         <v>2021</v>
       </c>
       <c r="D62" s="8">
-        <v>8.8999999999999999E-3</v>
+        <v>1.0699999999999999E-2</v>
       </c>
       <c r="E62" s="2">
-        <v>7.3899999999999997E-4</v>
+        <v>8.8699999999999998E-4</v>
       </c>
       <c r="G62" s="10"/>
     </row>
-    <row r="63" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B63" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C63" s="7">
         <v>2021</v>
       </c>
       <c r="D63" s="8">
-        <v>6.1999999999999998E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="E63" s="2">
-        <v>5.1500000000000005E-4</v>
+        <v>7.3899999999999997E-4</v>
       </c>
       <c r="G63" s="10"/>
-      <c r="I63" s="10"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="64" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B64" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C64" s="7">
         <v>2021</v>
       </c>
       <c r="D64" s="8">
-        <v>5.5999999999999999E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="E64" s="2">
-        <v>4.6500000000000003E-4</v>
+        <v>5.1500000000000005E-4</v>
       </c>
       <c r="G64" s="10"/>
-    </row>
-    <row r="65" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="I64" s="10"/>
+    </row>
+    <row r="65" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B65" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C65" s="7">
         <v>2021</v>
       </c>
       <c r="D65" s="8">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="E65" s="2">
+        <v>4.6500000000000003E-4</v>
+      </c>
+      <c r="G65" s="10"/>
+    </row>
+    <row r="66" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B66" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" s="7">
+        <v>2021</v>
+      </c>
+      <c r="D66" s="8">
         <v>5.1999999999999998E-3</v>
       </c>
-      <c r="E65" s="2">
+      <c r="E66" s="2">
         <v>4.3199999999999998E-4</v>
       </c>
-      <c r="F65" s="10"/>
-[...3 lines deleted...]
-      <c r="B66" s="33" t="s">
+      <c r="F66" s="10"/>
+      <c r="G66" s="11"/>
+    </row>
+    <row r="67" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B67" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="C66" s="25">
+      <c r="C67" s="25">
         <v>2020</v>
       </c>
-      <c r="D66" s="26">
+      <c r="D67" s="26">
         <v>4.7999999999999996E-3</v>
       </c>
-      <c r="E66" s="27">
+      <c r="E67" s="27">
         <v>3.9899999999999999E-4</v>
       </c>
     </row>
-    <row r="67" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-      <c r="B67" s="34" t="s">
+    <row r="68" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B68" s="34" t="s">
         <v>1</v>
-      </c>
-[...13 lines deleted...]
-        <v>2</v>
       </c>
       <c r="C68" s="28">
         <v>2020</v>
       </c>
       <c r="D68" s="12">
-        <v>3.8E-3</v>
+        <v>3.8999999999999998E-3</v>
       </c>
       <c r="E68" s="13">
-        <v>3.1599999999999998E-4</v>
-[...4 lines deleted...]
-    <row r="69" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+        <v>3.2400000000000001E-4</v>
+      </c>
+      <c r="F68" s="15"/>
+    </row>
+    <row r="69" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B69" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C69" s="28">
         <v>2020</v>
       </c>
       <c r="D69" s="12">
-        <v>3.5000000000000001E-3</v>
+        <v>3.8E-3</v>
       </c>
       <c r="E69" s="13">
-        <v>2.9100000000000003E-4</v>
+        <v>3.1599999999999998E-4</v>
       </c>
       <c r="G69" s="10"/>
       <c r="H69" s="11"/>
     </row>
-    <row r="70" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B70" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C70" s="28">
         <v>2020</v>
       </c>
       <c r="D70" s="12">
-        <v>4.1000000000000003E-3</v>
+        <v>3.5000000000000001E-3</v>
       </c>
       <c r="E70" s="13">
-        <v>3.4099999999999999E-4</v>
+        <v>2.9100000000000003E-4</v>
       </c>
       <c r="G70" s="10"/>
       <c r="H70" s="11"/>
     </row>
-    <row r="71" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B71" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C71" s="28">
         <v>2020</v>
       </c>
       <c r="D71" s="12">
-        <v>4.4999999999999997E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="E71" s="13">
-        <v>3.7399999999999998E-4</v>
+        <v>3.4099999999999999E-4</v>
       </c>
       <c r="G71" s="10"/>
       <c r="H71" s="11"/>
     </row>
-    <row r="72" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B72" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C72" s="28">
         <v>2020</v>
       </c>
       <c r="D72" s="12">
-        <v>4.3E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="E72" s="13">
-        <v>3.5799999999999997E-4</v>
+        <v>3.7399999999999998E-4</v>
       </c>
       <c r="G72" s="10"/>
       <c r="H72" s="11"/>
     </row>
-    <row r="73" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B73" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C73" s="28">
         <v>2020</v>
       </c>
       <c r="D73" s="12">
-        <v>5.7999999999999996E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="E73" s="13">
-        <v>4.8200000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="F73" s="10"/>
+        <v>3.5799999999999997E-4</v>
+      </c>
       <c r="G73" s="10"/>
       <c r="H73" s="11"/>
     </row>
-    <row r="74" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B74" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C74" s="28">
         <v>2020</v>
       </c>
       <c r="D74" s="12">
-        <v>9.9000000000000008E-3</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="E74" s="13">
+        <v>4.8200000000000001E-4</v>
+      </c>
+      <c r="F74" s="10"/>
       <c r="G74" s="10"/>
       <c r="H74" s="11"/>
     </row>
-    <row r="75" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B75" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C75" s="28">
         <v>2020</v>
       </c>
       <c r="D75" s="12">
-        <v>1.5299999999999999E-2</v>
-[...2 lines deleted...]
-        <v>1.266E-3</v>
+        <v>9.9000000000000008E-3</v>
+      </c>
+      <c r="E75" s="24">
+        <v>8.2100000000000001E-4</v>
       </c>
       <c r="G75" s="10"/>
       <c r="H75" s="11"/>
     </row>
-    <row r="76" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B76" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C76" s="28">
         <v>2020</v>
       </c>
       <c r="D76" s="12">
-        <v>1.7500000000000002E-2</v>
+        <v>1.5299999999999999E-2</v>
       </c>
       <c r="E76" s="13">
-        <v>1.4469999999999999E-3</v>
+        <v>1.266E-3</v>
       </c>
       <c r="G76" s="10"/>
       <c r="H76" s="11"/>
     </row>
-    <row r="77" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C77" s="29">
+    <row r="77" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B77" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="28">
         <v>2020</v>
       </c>
-      <c r="D77" s="30">
-[...3 lines deleted...]
-        <v>1.3979999999999999E-3</v>
+      <c r="D77" s="12">
+        <v>1.7500000000000002E-2</v>
+      </c>
+      <c r="E77" s="13">
+        <v>1.4469999999999999E-3</v>
       </c>
       <c r="G77" s="10"/>
       <c r="H77" s="11"/>
     </row>
-    <row r="78" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="D78" s="8">
+    <row r="78" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B78" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" s="29">
+        <v>2020</v>
+      </c>
+      <c r="D78" s="30">
         <v>1.6899999999999998E-2</v>
       </c>
-      <c r="E78" s="2">
+      <c r="E78" s="31">
         <v>1.3979999999999999E-3</v>
       </c>
       <c r="G78" s="10"/>
       <c r="H78" s="11"/>
     </row>
-    <row r="79" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B79" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C79" s="7">
         <v>2019</v>
       </c>
       <c r="D79" s="8">
-        <v>1.5900000000000001E-2</v>
+        <v>1.6899999999999998E-2</v>
       </c>
       <c r="E79" s="2">
-        <v>1.315E-3</v>
+        <v>1.3979999999999999E-3</v>
       </c>
       <c r="G79" s="10"/>
       <c r="H79" s="11"/>
     </row>
-    <row r="80" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:8" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B80" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C80" s="7">
         <v>2019</v>
       </c>
       <c r="D80" s="8">
-        <v>1.5100000000000001E-2</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="E80" s="2">
-        <v>1.25E-3</v>
+        <v>1.315E-3</v>
       </c>
       <c r="G80" s="10"/>
       <c r="H80" s="11"/>
-      <c r="I80" s="6"/>
-[...1 lines deleted...]
-    <row r="81" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="81" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B81" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C81" s="7">
         <v>2019</v>
       </c>
       <c r="D81" s="8">
-        <v>1.78E-2</v>
+        <v>1.5100000000000001E-2</v>
       </c>
       <c r="E81" s="2">
-        <v>1.4710000000000001E-3</v>
+        <v>1.25E-3</v>
       </c>
       <c r="G81" s="10"/>
       <c r="H81" s="11"/>
       <c r="I81" s="6"/>
     </row>
-    <row r="82" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B82" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C82" s="7">
         <v>2019</v>
       </c>
       <c r="D82" s="8">
-        <v>1.8700000000000001E-2</v>
+        <v>1.78E-2</v>
       </c>
       <c r="E82" s="2">
-        <v>1.5449999999999999E-3</v>
+        <v>1.4710000000000001E-3</v>
       </c>
       <c r="G82" s="10"/>
       <c r="H82" s="11"/>
       <c r="I82" s="6"/>
     </row>
-    <row r="83" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B83" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C83" s="7">
         <v>2019</v>
       </c>
       <c r="D83" s="8">
-        <v>2.0799999999999999E-2</v>
+        <v>1.8700000000000001E-2</v>
       </c>
       <c r="E83" s="2">
-        <v>1.717E-3</v>
+        <v>1.5449999999999999E-3</v>
       </c>
       <c r="G83" s="10"/>
       <c r="H83" s="11"/>
       <c r="I83" s="6"/>
     </row>
-    <row r="84" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B84" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C84" s="7">
         <v>2019</v>
       </c>
       <c r="D84" s="8">
-        <v>2.3800000000000002E-2</v>
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="E84" s="2">
-        <v>1.9620000000000002E-3</v>
+        <v>1.717E-3</v>
       </c>
       <c r="G84" s="10"/>
       <c r="H84" s="11"/>
       <c r="I84" s="6"/>
     </row>
-    <row r="85" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B85" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C85" s="7">
         <v>2019</v>
       </c>
       <c r="D85" s="8">
-        <v>2.3699999999999999E-2</v>
+        <v>2.3800000000000002E-2</v>
       </c>
       <c r="E85" s="2">
-        <v>1.954E-3</v>
+        <v>1.9620000000000002E-3</v>
       </c>
       <c r="G85" s="10"/>
       <c r="H85" s="11"/>
       <c r="I85" s="6"/>
     </row>
-    <row r="86" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B86" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C86" s="7">
         <v>2019</v>
       </c>
       <c r="D86" s="8">
-        <v>2.5499999999999998E-2</v>
+        <v>2.3699999999999999E-2</v>
       </c>
       <c r="E86" s="2">
-        <v>2.101E-3</v>
+        <v>1.954E-3</v>
       </c>
       <c r="G86" s="10"/>
       <c r="H86" s="11"/>
       <c r="I86" s="6"/>
     </row>
-    <row r="87" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B87" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C87" s="7">
         <v>2019</v>
       </c>
       <c r="D87" s="8">
-        <v>2.5899999999999999E-2</v>
+        <v>2.5499999999999998E-2</v>
       </c>
       <c r="E87" s="2">
-        <v>2.1329999999999999E-3</v>
+        <v>2.101E-3</v>
       </c>
       <c r="G87" s="10"/>
       <c r="H87" s="11"/>
       <c r="I87" s="6"/>
     </row>
-    <row r="88" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B88" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C88" s="7">
         <v>2019</v>
       </c>
       <c r="D88" s="8">
-        <v>2.63E-2</v>
+        <v>2.5899999999999999E-2</v>
       </c>
       <c r="E88" s="2">
-        <v>2.166E-3</v>
+        <v>2.1329999999999999E-3</v>
       </c>
       <c r="G88" s="10"/>
       <c r="H88" s="11"/>
       <c r="I88" s="6"/>
     </row>
-    <row r="89" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="89" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B89" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C89" s="7">
         <v>2019</v>
       </c>
       <c r="D89" s="8">
-        <v>2.8899999999999999E-2</v>
+        <v>2.63E-2</v>
       </c>
       <c r="E89" s="2">
-        <v>2.3770000000000002E-3</v>
+        <v>2.166E-3</v>
       </c>
       <c r="G89" s="10"/>
       <c r="H89" s="11"/>
       <c r="I89" s="6"/>
     </row>
-    <row r="90" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>2.5230000000000001E-3</v>
+    <row r="90" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B90" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" s="7">
+        <v>2019</v>
+      </c>
+      <c r="D90" s="8">
+        <v>2.8899999999999999E-2</v>
+      </c>
+      <c r="E90" s="2">
+        <v>2.3770000000000002E-3</v>
       </c>
       <c r="G90" s="10"/>
       <c r="H90" s="11"/>
       <c r="I90" s="6"/>
     </row>
-    <row r="91" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C91" s="28">
+    <row r="91" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B91" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C91" s="25">
         <v>2018</v>
       </c>
-      <c r="D91" s="12">
-[...3 lines deleted...]
-        <v>2.4989999999999999E-3</v>
+      <c r="D91" s="26">
+        <v>3.0700000000000002E-2</v>
+      </c>
+      <c r="E91" s="27">
+        <v>2.5230000000000001E-3</v>
       </c>
       <c r="G91" s="10"/>
       <c r="H91" s="11"/>
       <c r="I91" s="6"/>
     </row>
-    <row r="92" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B92" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C92" s="28">
         <v>2018</v>
       </c>
       <c r="D92" s="12">
-        <v>2.8299999999999999E-2</v>
+        <v>3.04E-2</v>
       </c>
       <c r="E92" s="13">
-        <v>2.3280000000000002E-3</v>
+        <v>2.4989999999999999E-3</v>
       </c>
       <c r="G92" s="10"/>
       <c r="H92" s="11"/>
       <c r="I92" s="6"/>
     </row>
-    <row r="93" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="93" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B93" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C93" s="28">
         <v>2018</v>
       </c>
       <c r="D93" s="12">
-        <v>2.86E-2</v>
+        <v>2.8299999999999999E-2</v>
       </c>
       <c r="E93" s="13">
-        <v>2.3530000000000001E-3</v>
+        <v>2.3280000000000002E-3</v>
       </c>
       <c r="G93" s="10"/>
       <c r="H93" s="11"/>
       <c r="I93" s="6"/>
     </row>
-    <row r="94" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="94" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B94" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C94" s="28">
         <v>2018</v>
       </c>
       <c r="D94" s="12">
-        <v>2.8000000000000001E-2</v>
+        <v>2.86E-2</v>
       </c>
       <c r="E94" s="13">
-        <v>2.3040000000000001E-3</v>
+        <v>2.3530000000000001E-3</v>
       </c>
       <c r="G94" s="10"/>
       <c r="H94" s="11"/>
       <c r="I94" s="6"/>
     </row>
-    <row r="95" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="95" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B95" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C95" s="28">
         <v>2018</v>
       </c>
       <c r="D95" s="12">
-        <v>2.87E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="E95" s="13">
-        <v>2.3609999999999998E-3</v>
+        <v>2.3040000000000001E-3</v>
       </c>
       <c r="G95" s="10"/>
       <c r="H95" s="11"/>
       <c r="I95" s="6"/>
     </row>
-    <row r="96" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="96" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B96" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C96" s="28">
         <v>2018</v>
       </c>
       <c r="D96" s="12">
-        <v>2.86E-2</v>
+        <v>2.87E-2</v>
       </c>
       <c r="E96" s="13">
-        <v>2.3530000000000001E-3</v>
+        <v>2.3609999999999998E-3</v>
       </c>
       <c r="G96" s="10"/>
       <c r="H96" s="11"/>
       <c r="I96" s="6"/>
     </row>
-    <row r="97" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="97" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B97" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C97" s="28">
         <v>2018</v>
       </c>
       <c r="D97" s="12">
-        <v>2.69E-2</v>
+        <v>2.86E-2</v>
       </c>
       <c r="E97" s="13">
-        <v>2.2139999999999998E-3</v>
+        <v>2.3530000000000001E-3</v>
       </c>
       <c r="G97" s="10"/>
       <c r="H97" s="11"/>
       <c r="I97" s="6"/>
     </row>
-    <row r="98" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="98" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B98" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C98" s="28">
         <v>2018</v>
       </c>
       <c r="D98" s="12">
-        <v>2.7199999999999998E-2</v>
-[...2 lines deleted...]
-        <v>2.2390000000000001E-3</v>
+        <v>2.69E-2</v>
+      </c>
+      <c r="E98" s="13">
+        <v>2.2139999999999998E-3</v>
       </c>
       <c r="G98" s="10"/>
       <c r="H98" s="11"/>
       <c r="I98" s="6"/>
     </row>
-    <row r="99" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="99" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B99" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C99" s="28">
         <v>2018</v>
       </c>
       <c r="D99" s="12">
-        <v>2.5700000000000001E-2</v>
-[...2 lines deleted...]
-        <v>2.117E-3</v>
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="E99" s="24">
+        <v>2.2390000000000001E-3</v>
       </c>
       <c r="G99" s="10"/>
       <c r="H99" s="11"/>
       <c r="I99" s="6"/>
     </row>
-    <row r="100" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="100" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B100" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C100" s="28">
         <v>2018</v>
       </c>
       <c r="D100" s="12">
-        <v>2.3099999999999999E-2</v>
+        <v>2.5700000000000001E-2</v>
       </c>
       <c r="E100" s="13">
-        <v>1.905E-3</v>
+        <v>2.117E-3</v>
       </c>
       <c r="G100" s="10"/>
       <c r="H100" s="11"/>
       <c r="I100" s="6"/>
     </row>
-    <row r="101" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C101" s="29">
+    <row r="101" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B101" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C101" s="28">
         <v>2018</v>
       </c>
-      <c r="D101" s="30">
-[...3 lines deleted...]
-        <v>1.799E-3</v>
+      <c r="D101" s="12">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="E101" s="13">
+        <v>1.905E-3</v>
       </c>
       <c r="G101" s="10"/>
       <c r="H101" s="11"/>
       <c r="I101" s="6"/>
     </row>
-    <row r="102" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.7420000000000001E-3</v>
+    <row r="102" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B102" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" s="29">
+        <v>2018</v>
+      </c>
+      <c r="D102" s="30">
+        <v>2.18E-2</v>
+      </c>
+      <c r="E102" s="31">
+        <v>1.799E-3</v>
       </c>
       <c r="G102" s="10"/>
       <c r="H102" s="11"/>
       <c r="I102" s="6"/>
     </row>
-    <row r="103" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="103" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B103" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C103" s="3">
         <v>2017</v>
       </c>
       <c r="D103" s="8">
-        <v>0.02</v>
+        <v>2.1100000000000001E-2</v>
       </c>
       <c r="E103" s="2">
-        <v>1.652E-3</v>
+        <v>1.7420000000000001E-3</v>
       </c>
       <c r="G103" s="10"/>
       <c r="H103" s="11"/>
       <c r="I103" s="6"/>
     </row>
-    <row r="104" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="104" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B104" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C104" s="3">
         <v>2017</v>
       </c>
       <c r="D104" s="8">
-        <v>1.8499999999999999E-2</v>
+        <v>0.02</v>
       </c>
       <c r="E104" s="2">
-        <v>1.529E-3</v>
+        <v>1.652E-3</v>
       </c>
       <c r="G104" s="10"/>
       <c r="H104" s="11"/>
       <c r="I104" s="6"/>
     </row>
-    <row r="105" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="105" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B105" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C105" s="3">
         <v>2017</v>
       </c>
       <c r="D105" s="8">
-        <v>1.9400000000000001E-2</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="E105" s="2">
-        <v>1.6019999999999999E-3</v>
+        <v>1.529E-3</v>
       </c>
       <c r="G105" s="10"/>
       <c r="H105" s="11"/>
       <c r="I105" s="6"/>
     </row>
-    <row r="106" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="106" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B106" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C106" s="3">
         <v>2017</v>
       </c>
       <c r="D106" s="8">
-        <v>1.95E-2</v>
+        <v>1.9400000000000001E-2</v>
       </c>
       <c r="E106" s="2">
-        <v>1.611E-3</v>
+        <v>1.6019999999999999E-3</v>
       </c>
       <c r="G106" s="10"/>
       <c r="H106" s="11"/>
       <c r="I106" s="6"/>
     </row>
-    <row r="107" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="107" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B107" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C107" s="3">
         <v>2017</v>
       </c>
       <c r="D107" s="8">
-        <v>1.89E-2</v>
+        <v>1.95E-2</v>
       </c>
       <c r="E107" s="2">
-        <v>1.562E-3</v>
+        <v>1.611E-3</v>
       </c>
       <c r="G107" s="10"/>
       <c r="H107" s="11"/>
       <c r="I107" s="6"/>
     </row>
-    <row r="108" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="108" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B108" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C108" s="3">
         <v>2017</v>
       </c>
       <c r="D108" s="8">
-        <v>1.9599999999999999E-2</v>
+        <v>1.89E-2</v>
       </c>
       <c r="E108" s="2">
-        <v>1.619E-3</v>
+        <v>1.562E-3</v>
       </c>
       <c r="G108" s="10"/>
       <c r="H108" s="11"/>
       <c r="I108" s="6"/>
     </row>
-    <row r="109" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="109" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B109" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C109" s="3">
         <v>2017</v>
       </c>
       <c r="D109" s="8">
-        <v>2.0400000000000001E-2</v>
+        <v>1.9599999999999999E-2</v>
       </c>
       <c r="E109" s="2">
-        <v>1.684E-3</v>
+        <v>1.619E-3</v>
       </c>
       <c r="G109" s="10"/>
       <c r="H109" s="11"/>
       <c r="I109" s="6"/>
     </row>
-    <row r="110" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="110" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B110" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C110" s="3">
         <v>2017</v>
       </c>
       <c r="D110" s="8">
-        <v>2.12E-2</v>
+        <v>2.0400000000000001E-2</v>
       </c>
       <c r="E110" s="2">
-        <v>1.75E-3</v>
+        <v>1.684E-3</v>
       </c>
       <c r="G110" s="10"/>
       <c r="H110" s="11"/>
       <c r="I110" s="6"/>
     </row>
-    <row r="111" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="111" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B111" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C111" s="3">
         <v>2017</v>
       </c>
       <c r="D111" s="8">
-        <v>2.0500000000000001E-2</v>
+        <v>2.12E-2</v>
       </c>
       <c r="E111" s="2">
-        <v>1.6919999999999999E-3</v>
+        <v>1.75E-3</v>
       </c>
       <c r="G111" s="10"/>
       <c r="H111" s="11"/>
       <c r="I111" s="6"/>
     </row>
-    <row r="112" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="112" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B112" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C112" s="3">
         <v>2017</v>
       </c>
       <c r="D112" s="8">
-        <v>2.1000000000000001E-2</v>
+        <v>2.0500000000000001E-2</v>
       </c>
       <c r="E112" s="2">
-        <v>1.7329999999999999E-3</v>
+        <v>1.6919999999999999E-3</v>
       </c>
       <c r="G112" s="10"/>
       <c r="H112" s="11"/>
       <c r="I112" s="6"/>
     </row>
-    <row r="113" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="113" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B113" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C113" s="3">
         <v>2017</v>
       </c>
       <c r="D113" s="8">
-        <v>1.9699999999999999E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="E113" s="2">
-        <v>1.627E-3</v>
+        <v>1.7329999999999999E-3</v>
       </c>
       <c r="G113" s="10"/>
       <c r="H113" s="11"/>
       <c r="I113" s="6"/>
     </row>
-    <row r="114" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.217E-3</v>
+    <row r="114" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B114" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C114" s="3">
+        <v>2017</v>
+      </c>
+      <c r="D114" s="8">
+        <v>1.9699999999999999E-2</v>
+      </c>
+      <c r="E114" s="2">
+        <v>1.627E-3</v>
       </c>
       <c r="G114" s="10"/>
       <c r="H114" s="11"/>
       <c r="I114" s="6"/>
     </row>
-    <row r="115" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C115" s="28">
+    <row r="115" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B115" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C115" s="25">
         <v>2016</v>
       </c>
-      <c r="D115" s="12">
-[...3 lines deleted...]
-        <v>1.1019999999999999E-3</v>
+      <c r="D115" s="26">
+        <v>1.47E-2</v>
+      </c>
+      <c r="E115" s="27">
+        <v>1.217E-3</v>
       </c>
       <c r="G115" s="10"/>
       <c r="H115" s="11"/>
       <c r="I115" s="6"/>
     </row>
-    <row r="116" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="116" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B116" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C116" s="28">
         <v>2016</v>
       </c>
       <c r="D116" s="12">
-        <v>1.29E-2</v>
+        <v>1.3299999999999999E-2</v>
       </c>
       <c r="E116" s="13">
-        <v>1.0690000000000001E-3</v>
+        <v>1.1019999999999999E-3</v>
       </c>
       <c r="G116" s="10"/>
       <c r="H116" s="11"/>
       <c r="I116" s="6"/>
     </row>
-    <row r="117" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="117" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B117" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C117" s="28">
         <v>2016</v>
       </c>
       <c r="D117" s="12">
-        <v>1.2200000000000001E-2</v>
+        <v>1.29E-2</v>
       </c>
       <c r="E117" s="13">
-        <v>1.011E-3</v>
+        <v>1.0690000000000001E-3</v>
       </c>
       <c r="G117" s="10"/>
       <c r="H117" s="11"/>
       <c r="I117" s="6"/>
     </row>
-    <row r="118" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="118" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B118" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C118" s="28">
         <v>2016</v>
       </c>
       <c r="D118" s="12">
-        <v>1.18E-2</v>
+        <v>1.2200000000000001E-2</v>
       </c>
       <c r="E118" s="13">
-        <v>9.7799999999999992E-4</v>
+        <v>1.011E-3</v>
       </c>
       <c r="G118" s="10"/>
       <c r="H118" s="11"/>
       <c r="I118" s="6"/>
     </row>
-    <row r="119" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="119" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B119" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C119" s="28">
         <v>2016</v>
       </c>
       <c r="D119" s="12">
-        <v>1.43E-2</v>
+        <v>1.18E-2</v>
       </c>
       <c r="E119" s="13">
-        <v>1.1839999999999999E-3</v>
+        <v>9.7799999999999992E-4</v>
       </c>
       <c r="G119" s="10"/>
       <c r="H119" s="11"/>
       <c r="I119" s="6"/>
     </row>
-    <row r="120" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="120" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B120" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C120" s="28">
         <v>2016</v>
       </c>
       <c r="D120" s="12">
-        <v>1.41E-2</v>
+        <v>1.43E-2</v>
       </c>
       <c r="E120" s="13">
-        <v>1.1670000000000001E-3</v>
+        <v>1.1839999999999999E-3</v>
       </c>
       <c r="G120" s="10"/>
       <c r="H120" s="11"/>
       <c r="I120" s="6"/>
     </row>
-    <row r="121" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="121" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B121" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C121" s="28">
         <v>2016</v>
       </c>
       <c r="D121" s="12">
-        <v>1.43E-2</v>
+        <v>1.41E-2</v>
       </c>
       <c r="E121" s="13">
-        <v>1.1839999999999999E-3</v>
+        <v>1.1670000000000001E-3</v>
       </c>
       <c r="G121" s="10"/>
       <c r="H121" s="11"/>
       <c r="I121" s="6"/>
     </row>
-    <row r="122" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="122" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B122" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C122" s="28">
         <v>2016</v>
       </c>
       <c r="D122" s="12">
-        <v>1.4500000000000001E-2</v>
-[...2 lines deleted...]
-        <v>1.1999999999999999E-3</v>
+        <v>1.43E-2</v>
+      </c>
+      <c r="E122" s="13">
+        <v>1.1839999999999999E-3</v>
       </c>
       <c r="G122" s="10"/>
       <c r="H122" s="11"/>
       <c r="I122" s="6"/>
     </row>
-    <row r="123" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="123" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B123" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C123" s="28">
         <v>2016</v>
       </c>
       <c r="D123" s="12">
-        <v>1.4800000000000001E-2</v>
-[...2 lines deleted...]
-        <v>1.225E-3</v>
+        <v>1.4500000000000001E-2</v>
+      </c>
+      <c r="E123" s="24">
+        <v>1.1999999999999999E-3</v>
       </c>
       <c r="G123" s="10"/>
       <c r="H123" s="11"/>
       <c r="I123" s="6"/>
     </row>
-    <row r="124" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="124" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B124" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C124" s="28">
         <v>2016</v>
       </c>
       <c r="D124" s="12">
-        <v>1.8200000000000001E-2</v>
+        <v>1.4800000000000001E-2</v>
       </c>
       <c r="E124" s="13">
-        <v>1.5039999999999999E-3</v>
+        <v>1.225E-3</v>
       </c>
       <c r="G124" s="10"/>
       <c r="H124" s="11"/>
       <c r="I124" s="6"/>
     </row>
-    <row r="125" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C125" s="29">
+    <row r="125" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B125" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C125" s="28">
         <v>2016</v>
       </c>
-      <c r="D125" s="30">
-[...3 lines deleted...]
-        <v>1.4959999999999999E-3</v>
+      <c r="D125" s="12">
+        <v>1.8200000000000001E-2</v>
+      </c>
+      <c r="E125" s="13">
+        <v>1.5039999999999999E-3</v>
       </c>
       <c r="G125" s="10"/>
       <c r="H125" s="11"/>
       <c r="I125" s="6"/>
     </row>
-    <row r="126" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.389E-3</v>
+    <row r="126" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B126" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C126" s="29">
+        <v>2016</v>
+      </c>
+      <c r="D126" s="30">
+        <v>1.8100000000000002E-2</v>
+      </c>
+      <c r="E126" s="31">
+        <v>1.4959999999999999E-3</v>
       </c>
       <c r="G126" s="10"/>
       <c r="H126" s="11"/>
       <c r="I126" s="6"/>
     </row>
-    <row r="127" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="127" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B127" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C127" s="3">
         <v>2015</v>
       </c>
       <c r="D127" s="8">
-        <v>1.5900000000000001E-2</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="E127" s="2">
-        <v>1.315E-3</v>
+        <v>1.389E-3</v>
       </c>
       <c r="G127" s="10"/>
       <c r="H127" s="11"/>
       <c r="I127" s="6"/>
     </row>
-    <row r="128" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="128" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B128" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C128" s="3">
         <v>2015</v>
       </c>
       <c r="D128" s="8">
-        <v>1.67E-2</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="E128" s="2">
-        <v>1.3810000000000001E-3</v>
+        <v>1.315E-3</v>
       </c>
       <c r="G128" s="10"/>
       <c r="H128" s="11"/>
       <c r="I128" s="6"/>
     </row>
-    <row r="129" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="129" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B129" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C129" s="3">
         <v>2015</v>
       </c>
       <c r="D129" s="8">
-        <v>1.77E-2</v>
+        <v>1.67E-2</v>
       </c>
       <c r="E129" s="2">
-        <v>1.4630000000000001E-3</v>
+        <v>1.3810000000000001E-3</v>
       </c>
       <c r="G129" s="10"/>
       <c r="H129" s="11"/>
       <c r="I129" s="6"/>
     </row>
-    <row r="130" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="130" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B130" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C130" s="3">
         <v>2015</v>
       </c>
       <c r="D130" s="8">
-        <v>1.8200000000000001E-2</v>
+        <v>1.77E-2</v>
       </c>
       <c r="E130" s="2">
-        <v>1.5039999999999999E-3</v>
+        <v>1.4630000000000001E-3</v>
       </c>
       <c r="G130" s="10"/>
       <c r="H130" s="11"/>
       <c r="I130" s="6"/>
     </row>
-    <row r="131" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="131" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B131" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C131" s="3">
         <v>2015</v>
       </c>
       <c r="D131" s="8">
-        <v>1.77E-2</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="E131" s="2">
-        <v>1.4630000000000001E-3</v>
+        <v>1.5039999999999999E-3</v>
       </c>
       <c r="G131" s="10"/>
       <c r="H131" s="11"/>
       <c r="I131" s="6"/>
     </row>
-    <row r="132" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="132" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B132" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C132" s="3">
         <v>2015</v>
       </c>
       <c r="D132" s="8">
-        <v>1.6E-2</v>
+        <v>1.77E-2</v>
       </c>
       <c r="E132" s="2">
-        <v>1.3240000000000001E-3</v>
+        <v>1.4630000000000001E-3</v>
       </c>
       <c r="G132" s="10"/>
       <c r="H132" s="11"/>
       <c r="I132" s="6"/>
     </row>
-    <row r="133" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="133" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B133" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C133" s="3">
         <v>2015</v>
       </c>
       <c r="D133" s="8">
-        <v>1.5299999999999999E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="E133" s="2">
-        <v>1.266E-3</v>
+        <v>1.3240000000000001E-3</v>
       </c>
       <c r="G133" s="10"/>
       <c r="H133" s="11"/>
       <c r="I133" s="6"/>
     </row>
-    <row r="134" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="134" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B134" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C134" s="3">
         <v>2015</v>
       </c>
       <c r="D134" s="8">
-        <v>1.7000000000000001E-2</v>
+        <v>1.5299999999999999E-2</v>
       </c>
       <c r="E134" s="2">
-        <v>1.4059999999999999E-3</v>
+        <v>1.266E-3</v>
       </c>
       <c r="G134" s="10"/>
       <c r="H134" s="11"/>
       <c r="I134" s="6"/>
     </row>
-    <row r="135" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="135" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B135" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C135" s="3">
         <v>2015</v>
       </c>
       <c r="D135" s="8">
-        <v>1.47E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="E135" s="2">
-        <v>1.217E-3</v>
+        <v>1.4059999999999999E-3</v>
       </c>
       <c r="G135" s="10"/>
       <c r="H135" s="11"/>
       <c r="I135" s="6"/>
     </row>
-    <row r="136" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="136" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B136" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C136" s="3">
         <v>2015</v>
       </c>
       <c r="D136" s="8">
-        <v>1.7000000000000001E-2</v>
+        <v>1.47E-2</v>
       </c>
       <c r="E136" s="2">
-        <v>1.4059999999999999E-3</v>
+        <v>1.217E-3</v>
       </c>
       <c r="G136" s="10"/>
       <c r="H136" s="11"/>
       <c r="I136" s="6"/>
     </row>
-    <row r="137" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="137" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B137" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C137" s="3">
         <v>2015</v>
       </c>
       <c r="D137" s="8">
-        <v>1.7500000000000002E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="E137" s="2">
-        <v>1.4469999999999999E-3</v>
+        <v>1.4059999999999999E-3</v>
       </c>
       <c r="G137" s="10"/>
       <c r="H137" s="11"/>
       <c r="I137" s="6"/>
     </row>
-    <row r="138" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.4220000000000001E-3</v>
+    <row r="138" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B138" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C138" s="3">
+        <v>2015</v>
+      </c>
+      <c r="D138" s="8">
+        <v>1.7500000000000002E-2</v>
+      </c>
+      <c r="E138" s="2">
+        <v>1.4469999999999999E-3</v>
       </c>
       <c r="G138" s="10"/>
       <c r="H138" s="11"/>
       <c r="I138" s="6"/>
     </row>
-    <row r="139" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C139" s="28">
+    <row r="139" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B139" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C139" s="25">
         <v>2014</v>
       </c>
-      <c r="D139" s="12">
-[...3 lines deleted...]
-        <v>1.57E-3</v>
+      <c r="D139" s="26">
+        <v>1.72E-2</v>
+      </c>
+      <c r="E139" s="27">
+        <v>1.4220000000000001E-3</v>
       </c>
       <c r="G139" s="10"/>
       <c r="H139" s="11"/>
       <c r="I139" s="6"/>
     </row>
-    <row r="140" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="140" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B140" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C140" s="28">
         <v>2014</v>
       </c>
       <c r="D140" s="12">
-        <v>1.8499999999999999E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="E140" s="13">
-        <v>1.529E-3</v>
+        <v>1.57E-3</v>
       </c>
       <c r="G140" s="10"/>
       <c r="H140" s="11"/>
       <c r="I140" s="6"/>
     </row>
-    <row r="141" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="141" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B141" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C141" s="28">
         <v>2014</v>
       </c>
       <c r="D141" s="12">
-        <v>1.8599999999999998E-2</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="E141" s="13">
-        <v>1.537E-3</v>
+        <v>1.529E-3</v>
       </c>
       <c r="G141" s="10"/>
       <c r="H141" s="11"/>
       <c r="I141" s="6"/>
     </row>
-    <row r="142" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="142" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B142" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C142" s="28">
         <v>2014</v>
       </c>
       <c r="D142" s="12">
-        <v>1.89E-2</v>
+        <v>1.8599999999999998E-2</v>
       </c>
       <c r="E142" s="13">
-        <v>1.562E-3</v>
+        <v>1.537E-3</v>
       </c>
       <c r="G142" s="10"/>
       <c r="H142" s="11"/>
       <c r="I142" s="6"/>
     </row>
-    <row r="143" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="143" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B143" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C143" s="28">
         <v>2014</v>
       </c>
       <c r="D143" s="12">
-        <v>1.8200000000000001E-2</v>
+        <v>1.89E-2</v>
       </c>
       <c r="E143" s="13">
-        <v>1.5039999999999999E-3</v>
+        <v>1.562E-3</v>
       </c>
       <c r="G143" s="10"/>
       <c r="H143" s="11"/>
       <c r="I143" s="6"/>
     </row>
-    <row r="144" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="144" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B144" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C144" s="28">
         <v>2014</v>
       </c>
       <c r="D144" s="12">
-        <v>1.9099999999999999E-2</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="E144" s="13">
-        <v>1.578E-3</v>
+        <v>1.5039999999999999E-3</v>
       </c>
       <c r="G144" s="10"/>
       <c r="H144" s="11"/>
       <c r="I144" s="6"/>
     </row>
-    <row r="145" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="145" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B145" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C145" s="28">
         <v>2014</v>
       </c>
       <c r="D145" s="12">
-        <v>1.9300000000000001E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="E145" s="13">
-        <v>1.5939999999999999E-3</v>
+        <v>1.578E-3</v>
       </c>
       <c r="G145" s="10"/>
       <c r="H145" s="11"/>
       <c r="I145" s="6"/>
     </row>
-    <row r="146" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="146" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B146" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C146" s="28">
         <v>2014</v>
       </c>
       <c r="D146" s="12">
-        <v>1.8100000000000002E-2</v>
-[...2 lines deleted...]
-        <v>1.4959999999999999E-3</v>
+        <v>1.9300000000000001E-2</v>
+      </c>
+      <c r="E146" s="13">
+        <v>1.5939999999999999E-3</v>
       </c>
       <c r="G146" s="10"/>
       <c r="H146" s="11"/>
       <c r="I146" s="6"/>
     </row>
-    <row r="147" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="147" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B147" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C147" s="28">
         <v>2014</v>
       </c>
       <c r="D147" s="12">
-        <v>1.84E-2</v>
-[...2 lines deleted...]
-        <v>1.521E-3</v>
+        <v>1.8100000000000002E-2</v>
+      </c>
+      <c r="E147" s="24">
+        <v>1.4959999999999999E-3</v>
       </c>
       <c r="G147" s="10"/>
       <c r="H147" s="11"/>
       <c r="I147" s="6"/>
     </row>
-    <row r="148" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="148" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B148" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C148" s="28">
         <v>2014</v>
       </c>
       <c r="D148" s="12">
-        <v>1.9699999999999999E-2</v>
+        <v>1.84E-2</v>
       </c>
       <c r="E148" s="13">
-        <v>1.627E-3</v>
+        <v>1.521E-3</v>
       </c>
       <c r="G148" s="10"/>
       <c r="H148" s="11"/>
       <c r="I148" s="6"/>
     </row>
-    <row r="149" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C149" s="29">
+    <row r="149" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B149" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C149" s="28">
         <v>2014</v>
       </c>
-      <c r="D149" s="30">
-[...3 lines deleted...]
-        <v>1.4469999999999999E-3</v>
+      <c r="D149" s="12">
+        <v>1.9699999999999999E-2</v>
+      </c>
+      <c r="E149" s="13">
+        <v>1.627E-3</v>
       </c>
       <c r="G149" s="10"/>
       <c r="H149" s="11"/>
       <c r="I149" s="6"/>
     </row>
-    <row r="150" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.3649999999999999E-3</v>
+    <row r="150" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B150" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" s="29">
+        <v>2014</v>
+      </c>
+      <c r="D150" s="30">
+        <v>1.7500000000000002E-2</v>
+      </c>
+      <c r="E150" s="31">
+        <v>1.4469999999999999E-3</v>
       </c>
       <c r="G150" s="10"/>
       <c r="H150" s="11"/>
       <c r="I150" s="6"/>
     </row>
-    <row r="151" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="151" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B151" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C151" s="3">
         <v>2013</v>
       </c>
       <c r="D151" s="8">
-        <v>1.7299999999999999E-2</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="E151" s="2">
-        <v>1.4300000000000001E-3</v>
+        <v>1.3649999999999999E-3</v>
       </c>
       <c r="G151" s="10"/>
       <c r="H151" s="11"/>
       <c r="I151" s="6"/>
     </row>
-    <row r="152" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="152" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B152" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C152" s="3">
         <v>2013</v>
       </c>
       <c r="D152" s="8">
-        <v>1.9300000000000001E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="E152" s="2">
-        <v>1.5939999999999999E-3</v>
+        <v>1.4300000000000001E-3</v>
       </c>
       <c r="G152" s="10"/>
       <c r="H152" s="11"/>
       <c r="I152" s="6"/>
     </row>
-    <row r="153" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="153" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B153" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C153" s="3">
         <v>2013</v>
       </c>
       <c r="D153" s="8">
-        <v>1.66E-2</v>
+        <v>1.9300000000000001E-2</v>
       </c>
       <c r="E153" s="2">
-        <v>1.3730000000000001E-3</v>
+        <v>1.5939999999999999E-3</v>
       </c>
       <c r="G153" s="10"/>
       <c r="H153" s="11"/>
       <c r="I153" s="6"/>
     </row>
-    <row r="154" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="154" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B154" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C154" s="3">
         <v>2013</v>
       </c>
       <c r="D154" s="8">
-        <v>1.6299999999999999E-2</v>
+        <v>1.66E-2</v>
       </c>
       <c r="E154" s="2">
-        <v>1.348E-3</v>
+        <v>1.3730000000000001E-3</v>
       </c>
       <c r="G154" s="10"/>
       <c r="H154" s="11"/>
       <c r="I154" s="6"/>
     </row>
-    <row r="155" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="155" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B155" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C155" s="3">
         <v>2013</v>
       </c>
       <c r="D155" s="8">
-        <v>1.2200000000000001E-2</v>
+        <v>1.6299999999999999E-2</v>
       </c>
       <c r="E155" s="2">
-        <v>1.011E-3</v>
+        <v>1.348E-3</v>
       </c>
       <c r="G155" s="10"/>
       <c r="H155" s="11"/>
       <c r="I155" s="6"/>
     </row>
-    <row r="156" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="156" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B156" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C156" s="3">
         <v>2013</v>
       </c>
       <c r="D156" s="8">
-        <v>9.4999999999999998E-3</v>
+        <v>1.2200000000000001E-2</v>
       </c>
       <c r="E156" s="2">
-        <v>7.8799999999999996E-4</v>
+        <v>1.011E-3</v>
       </c>
       <c r="G156" s="10"/>
       <c r="H156" s="11"/>
       <c r="I156" s="6"/>
     </row>
-    <row r="157" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="157" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B157" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C157" s="3">
         <v>2013</v>
       </c>
       <c r="D157" s="8">
-        <v>0.01</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="E157" s="2">
-        <v>8.3000000000000001E-4</v>
+        <v>7.8799999999999996E-4</v>
       </c>
       <c r="G157" s="10"/>
       <c r="H157" s="11"/>
       <c r="I157" s="6"/>
     </row>
-    <row r="158" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="158" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B158" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C158" s="3">
         <v>2013</v>
       </c>
       <c r="D158" s="8">
-        <v>1.09E-2</v>
+        <v>0.01</v>
       </c>
       <c r="E158" s="2">
-        <v>9.0399999999999996E-4</v>
+        <v>8.3000000000000001E-4</v>
       </c>
       <c r="G158" s="10"/>
       <c r="H158" s="11"/>
       <c r="I158" s="6"/>
     </row>
-    <row r="159" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="159" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B159" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C159" s="3">
         <v>2013</v>
       </c>
       <c r="D159" s="8">
         <v>1.09E-2</v>
       </c>
       <c r="E159" s="2">
         <v>9.0399999999999996E-4</v>
       </c>
       <c r="G159" s="10"/>
       <c r="H159" s="11"/>
       <c r="I159" s="6"/>
     </row>
-    <row r="160" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="160" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B160" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C160" s="3">
         <v>2013</v>
       </c>
       <c r="D160" s="8">
-        <v>1.01E-2</v>
+        <v>1.09E-2</v>
       </c>
       <c r="E160" s="2">
-        <v>8.3799999999999999E-4</v>
+        <v>9.0399999999999996E-4</v>
       </c>
       <c r="G160" s="10"/>
       <c r="H160" s="11"/>
       <c r="I160" s="6"/>
     </row>
-    <row r="161" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="161" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B161" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C161" s="3">
         <v>2013</v>
       </c>
       <c r="D161" s="8">
-        <v>8.6999999999999994E-3</v>
+        <v>1.01E-2</v>
       </c>
       <c r="E161" s="2">
-        <v>7.2199999999999999E-4</v>
+        <v>8.3799999999999999E-4</v>
       </c>
       <c r="G161" s="10"/>
       <c r="H161" s="11"/>
       <c r="I161" s="6"/>
     </row>
-    <row r="162" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>7.8799999999999996E-4</v>
+    <row r="162" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B162" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C162" s="3">
+        <v>2013</v>
+      </c>
+      <c r="D162" s="8">
+        <v>8.6999999999999994E-3</v>
+      </c>
+      <c r="E162" s="2">
+        <v>7.2199999999999999E-4</v>
       </c>
       <c r="G162" s="10"/>
       <c r="H162" s="11"/>
       <c r="I162" s="6"/>
     </row>
-    <row r="163" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C163" s="28">
+    <row r="163" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B163" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C163" s="25">
         <v>2012</v>
       </c>
-      <c r="D163" s="12">
-[...3 lines deleted...]
-        <v>7.3899999999999997E-4</v>
+      <c r="D163" s="26">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="E163" s="27">
+        <v>7.8799999999999996E-4</v>
       </c>
       <c r="G163" s="10"/>
       <c r="H163" s="11"/>
       <c r="I163" s="6"/>
     </row>
-    <row r="164" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="164" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B164" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C164" s="28">
         <v>2012</v>
       </c>
       <c r="D164" s="12">
-        <v>9.2999999999999992E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="E164" s="13">
-        <v>7.7200000000000001E-4</v>
+        <v>7.3899999999999997E-4</v>
       </c>
       <c r="G164" s="10"/>
       <c r="H164" s="11"/>
       <c r="I164" s="6"/>
     </row>
-    <row r="165" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="165" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B165" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C165" s="28">
         <v>2012</v>
       </c>
       <c r="D165" s="12">
-        <v>8.3999999999999995E-3</v>
+        <v>9.2999999999999992E-3</v>
       </c>
       <c r="E165" s="13">
-        <v>6.9700000000000003E-4</v>
+        <v>7.7200000000000001E-4</v>
       </c>
       <c r="G165" s="10"/>
       <c r="H165" s="11"/>
       <c r="I165" s="6"/>
     </row>
-    <row r="166" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="166" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B166" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C166" s="28">
         <v>2012</v>
       </c>
       <c r="D166" s="12">
-        <v>8.8000000000000005E-3</v>
+        <v>8.3999999999999995E-3</v>
       </c>
       <c r="E166" s="13">
-        <v>7.2999999999999996E-4</v>
+        <v>6.9700000000000003E-4</v>
       </c>
       <c r="G166" s="10"/>
       <c r="H166" s="11"/>
       <c r="I166" s="6"/>
     </row>
-    <row r="167" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="167" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B167" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C167" s="28">
         <v>2012</v>
       </c>
       <c r="D167" s="12">
-        <v>9.1999999999999998E-3</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="E167" s="13">
-        <v>7.6300000000000001E-4</v>
+        <v>7.2999999999999996E-4</v>
       </c>
       <c r="G167" s="10"/>
       <c r="H167" s="11"/>
       <c r="I167" s="6"/>
     </row>
-    <row r="168" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="168" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B168" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C168" s="28">
         <v>2012</v>
       </c>
       <c r="D168" s="12">
-        <v>1.0699999999999999E-2</v>
+        <v>9.1999999999999998E-3</v>
       </c>
       <c r="E168" s="13">
-        <v>8.8699999999999998E-4</v>
+        <v>7.6300000000000001E-4</v>
       </c>
       <c r="G168" s="10"/>
       <c r="H168" s="11"/>
       <c r="I168" s="6"/>
     </row>
-    <row r="169" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="169" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B169" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C169" s="28">
         <v>2012</v>
       </c>
       <c r="D169" s="12">
-        <v>1.2999999999999999E-2</v>
+        <v>1.0699999999999999E-2</v>
       </c>
       <c r="E169" s="13">
-        <v>1.077E-3</v>
+        <v>8.8699999999999998E-4</v>
       </c>
       <c r="G169" s="10"/>
       <c r="H169" s="11"/>
       <c r="I169" s="6"/>
     </row>
-    <row r="170" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="170" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B170" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C170" s="28">
         <v>2012</v>
       </c>
       <c r="D170" s="12">
-        <v>1.15E-2</v>
-[...2 lines deleted...]
-        <v>9.5299999999999996E-4</v>
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E170" s="13">
+        <v>1.077E-3</v>
       </c>
       <c r="G170" s="10"/>
       <c r="H170" s="11"/>
       <c r="I170" s="6"/>
     </row>
-    <row r="171" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="171" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B171" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C171" s="28">
         <v>2012</v>
       </c>
       <c r="D171" s="12">
-        <v>1.0800000000000001E-2</v>
-[...2 lines deleted...]
-        <v>8.9599999999999999E-4</v>
+        <v>1.15E-2</v>
+      </c>
+      <c r="E171" s="24">
+        <v>9.5299999999999996E-4</v>
       </c>
       <c r="G171" s="10"/>
       <c r="H171" s="11"/>
       <c r="I171" s="6"/>
     </row>
-    <row r="172" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="172" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B172" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C172" s="28">
         <v>2012</v>
       </c>
       <c r="D172" s="12">
-        <v>1.12E-2</v>
+        <v>1.0800000000000001E-2</v>
       </c>
       <c r="E172" s="13">
-        <v>9.2900000000000003E-4</v>
+        <v>8.9599999999999999E-4</v>
       </c>
       <c r="G172" s="10"/>
       <c r="H172" s="11"/>
       <c r="I172" s="6"/>
     </row>
-    <row r="173" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C173" s="29">
+    <row r="173" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B173" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C173" s="28">
         <v>2012</v>
       </c>
-      <c r="D173" s="30">
-[...3 lines deleted...]
-        <v>9.7000000000000005E-4</v>
+      <c r="D173" s="12">
+        <v>1.12E-2</v>
+      </c>
+      <c r="E173" s="13">
+        <v>9.2900000000000003E-4</v>
       </c>
       <c r="G173" s="10"/>
       <c r="H173" s="11"/>
       <c r="I173" s="6"/>
     </row>
-    <row r="174" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.052E-3</v>
+    <row r="174" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B174" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C174" s="29">
+        <v>2012</v>
+      </c>
+      <c r="D174" s="30">
+        <v>1.17E-2</v>
+      </c>
+      <c r="E174" s="31">
+        <v>9.7000000000000005E-4</v>
       </c>
       <c r="G174" s="10"/>
       <c r="H174" s="11"/>
       <c r="I174" s="6"/>
     </row>
-    <row r="175" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="175" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B175" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C175" s="3">
         <v>2011</v>
       </c>
       <c r="D175" s="8">
-        <v>1.2E-2</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="E175" s="2">
-        <v>9.9500000000000001E-4</v>
+        <v>1.052E-3</v>
       </c>
       <c r="G175" s="10"/>
       <c r="H175" s="11"/>
       <c r="I175" s="6"/>
     </row>
-    <row r="176" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="176" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B176" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C176" s="3">
         <v>2011</v>
       </c>
       <c r="D176" s="8">
-        <v>1.1900000000000001E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="E176" s="2">
-        <v>9.859999999999999E-4</v>
+        <v>9.9500000000000001E-4</v>
       </c>
       <c r="G176" s="10"/>
       <c r="H176" s="11"/>
       <c r="I176" s="6"/>
     </row>
-    <row r="177" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="177" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B177" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C177" s="3">
         <v>2011</v>
       </c>
       <c r="D177" s="8">
-        <v>1.6299999999999999E-2</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="E177" s="2">
-        <v>1.348E-3</v>
+        <v>9.859999999999999E-4</v>
       </c>
       <c r="G177" s="10"/>
       <c r="H177" s="11"/>
       <c r="I177" s="6"/>
     </row>
-    <row r="178" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="178" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B178" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C178" s="3">
         <v>2011</v>
       </c>
       <c r="D178" s="8">
-        <v>1.9E-2</v>
+        <v>1.6299999999999999E-2</v>
       </c>
       <c r="E178" s="2">
-        <v>1.57E-3</v>
+        <v>1.348E-3</v>
       </c>
       <c r="G178" s="10"/>
       <c r="H178" s="11"/>
       <c r="I178" s="6"/>
     </row>
-    <row r="179" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="179" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B179" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C179" s="3">
         <v>2011</v>
       </c>
       <c r="D179" s="8">
-        <v>0.02</v>
+        <v>1.9E-2</v>
       </c>
       <c r="E179" s="2">
-        <v>1.652E-3</v>
+        <v>1.57E-3</v>
       </c>
       <c r="G179" s="10"/>
       <c r="H179" s="11"/>
       <c r="I179" s="6"/>
     </row>
-    <row r="180" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="180" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B180" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C180" s="3">
         <v>2011</v>
       </c>
       <c r="D180" s="8">
-        <v>2.2700000000000001E-2</v>
+        <v>0.02</v>
       </c>
       <c r="E180" s="2">
-        <v>1.872E-3</v>
+        <v>1.652E-3</v>
       </c>
       <c r="G180" s="10"/>
       <c r="H180" s="11"/>
       <c r="I180" s="6"/>
     </row>
-    <row r="181" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="181" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B181" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C181" s="3">
         <v>2011</v>
       </c>
       <c r="D181" s="8">
-        <v>2.4400000000000002E-2</v>
+        <v>2.2700000000000001E-2</v>
       </c>
       <c r="E181" s="2">
-        <v>2.0110000000000002E-3</v>
+        <v>1.872E-3</v>
       </c>
       <c r="G181" s="10"/>
       <c r="H181" s="11"/>
       <c r="I181" s="6"/>
     </row>
-    <row r="182" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="182" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B182" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C182" s="3">
         <v>2011</v>
       </c>
       <c r="D182" s="8">
-        <v>2.4899999999999999E-2</v>
+        <v>2.4400000000000002E-2</v>
       </c>
       <c r="E182" s="2">
-        <v>2.052E-3</v>
+        <v>2.0110000000000002E-3</v>
       </c>
       <c r="G182" s="10"/>
       <c r="H182" s="11"/>
       <c r="I182" s="6"/>
     </row>
-    <row r="183" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="183" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B183" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C183" s="3">
         <v>2011</v>
       </c>
       <c r="D183" s="8">
-        <v>2.4400000000000002E-2</v>
+        <v>2.4899999999999999E-2</v>
       </c>
       <c r="E183" s="2">
-        <v>2.0110000000000002E-3</v>
+        <v>2.052E-3</v>
       </c>
       <c r="G183" s="10"/>
       <c r="H183" s="11"/>
       <c r="I183" s="6"/>
     </row>
-    <row r="184" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="184" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B184" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C184" s="3">
         <v>2011</v>
       </c>
       <c r="D184" s="8">
-        <v>2.3300000000000001E-2</v>
+        <v>2.4400000000000002E-2</v>
       </c>
       <c r="E184" s="2">
-        <v>1.921E-3</v>
+        <v>2.0110000000000002E-3</v>
       </c>
       <c r="G184" s="10"/>
       <c r="H184" s="11"/>
       <c r="I184" s="6"/>
     </row>
-    <row r="185" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="185" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B185" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C185" s="3">
         <v>2011</v>
       </c>
       <c r="D185" s="8">
-        <v>1.95E-2</v>
+        <v>2.3300000000000001E-2</v>
       </c>
       <c r="E185" s="2">
-        <v>1.611E-3</v>
+        <v>1.921E-3</v>
       </c>
       <c r="G185" s="10"/>
       <c r="H185" s="11"/>
       <c r="I185" s="6"/>
     </row>
-    <row r="186" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>1.266E-3</v>
+    <row r="186" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B186" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C186" s="3">
+        <v>2011</v>
+      </c>
+      <c r="D186" s="8">
+        <v>1.95E-2</v>
+      </c>
+      <c r="E186" s="2">
+        <v>1.611E-3</v>
       </c>
       <c r="G186" s="10"/>
       <c r="H186" s="11"/>
       <c r="I186" s="6"/>
     </row>
-    <row r="187" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C187" s="28">
+    <row r="187" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B187" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C187" s="25">
         <v>2010</v>
       </c>
-      <c r="D187" s="12">
-[...3 lines deleted...]
-        <v>1.315E-3</v>
+      <c r="D187" s="26">
+        <v>1.5299999999999999E-2</v>
+      </c>
+      <c r="E187" s="27">
+        <v>1.266E-3</v>
       </c>
       <c r="G187" s="10"/>
       <c r="H187" s="11"/>
       <c r="I187" s="6"/>
     </row>
-    <row r="188" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="188" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B188" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C188" s="28">
         <v>2010</v>
       </c>
       <c r="D188" s="12">
-        <v>1.7299999999999999E-2</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="E188" s="13">
-        <v>1.4300000000000001E-3</v>
+        <v>1.315E-3</v>
       </c>
       <c r="G188" s="10"/>
       <c r="H188" s="11"/>
       <c r="I188" s="6"/>
     </row>
-    <row r="189" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="189" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B189" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C189" s="28">
         <v>2010</v>
       </c>
       <c r="D189" s="12">
-        <v>1.9400000000000001E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="E189" s="13">
-        <v>1.6019999999999999E-3</v>
+        <v>1.4300000000000001E-3</v>
       </c>
       <c r="G189" s="10"/>
       <c r="H189" s="11"/>
       <c r="I189" s="6"/>
     </row>
-    <row r="190" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="190" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B190" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C190" s="28">
         <v>2010</v>
       </c>
       <c r="D190" s="12">
-        <v>2.18E-2</v>
+        <v>1.9400000000000001E-2</v>
       </c>
       <c r="E190" s="13">
-        <v>1.799E-3</v>
+        <v>1.6019999999999999E-3</v>
       </c>
       <c r="G190" s="10"/>
       <c r="H190" s="11"/>
       <c r="I190" s="6"/>
     </row>
-    <row r="191" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="191" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B191" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C191" s="28">
         <v>2010</v>
       </c>
       <c r="D191" s="12">
-        <v>2.35E-2</v>
+        <v>2.18E-2</v>
       </c>
       <c r="E191" s="13">
-        <v>1.9380000000000001E-3</v>
+        <v>1.799E-3</v>
       </c>
       <c r="G191" s="10"/>
       <c r="H191" s="11"/>
       <c r="I191" s="6"/>
     </row>
-    <row r="192" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="192" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B192" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C192" s="28">
         <v>2010</v>
       </c>
       <c r="D192" s="12">
-        <v>2.7199999999999998E-2</v>
+        <v>2.35E-2</v>
       </c>
       <c r="E192" s="13">
-        <v>2.2390000000000001E-3</v>
+        <v>1.9380000000000001E-3</v>
       </c>
       <c r="G192" s="10"/>
       <c r="H192" s="11"/>
       <c r="I192" s="6"/>
     </row>
-    <row r="193" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="193" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B193" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C193" s="28">
         <v>2010</v>
       </c>
       <c r="D193" s="12">
-        <v>2.87E-2</v>
+        <v>2.7199999999999998E-2</v>
       </c>
       <c r="E193" s="13">
-        <v>2.3609999999999998E-3</v>
+        <v>2.2390000000000001E-3</v>
       </c>
       <c r="G193" s="10"/>
       <c r="H193" s="11"/>
       <c r="I193" s="6"/>
     </row>
-    <row r="194" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="194" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B194" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C194" s="28">
         <v>2010</v>
       </c>
       <c r="D194" s="12">
-        <v>2.7E-2</v>
-[...2 lines deleted...]
-        <v>2.2230000000000001E-3</v>
+        <v>2.87E-2</v>
+      </c>
+      <c r="E194" s="13">
+        <v>2.3609999999999998E-3</v>
       </c>
       <c r="G194" s="10"/>
       <c r="H194" s="11"/>
       <c r="I194" s="6"/>
     </row>
-    <row r="195" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="195" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B195" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C195" s="28">
         <v>2010</v>
       </c>
       <c r="D195" s="12">
-        <v>2.69E-2</v>
-[...2 lines deleted...]
-        <v>2.2139999999999998E-3</v>
+        <v>2.7E-2</v>
+      </c>
+      <c r="E195" s="24">
+        <v>2.2230000000000001E-3</v>
       </c>
       <c r="G195" s="10"/>
       <c r="H195" s="11"/>
       <c r="I195" s="6"/>
     </row>
-    <row r="196" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="196" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B196" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C196" s="28">
         <v>2010</v>
       </c>
       <c r="D196" s="12">
-        <v>2.8199999999999999E-2</v>
+        <v>2.69E-2</v>
       </c>
       <c r="E196" s="13">
-        <v>2.32E-3</v>
+        <v>2.2139999999999998E-3</v>
       </c>
       <c r="G196" s="10"/>
       <c r="H196" s="11"/>
       <c r="I196" s="6"/>
     </row>
-    <row r="197" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C197" s="29">
+    <row r="197" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B197" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C197" s="28">
         <v>2010</v>
       </c>
-      <c r="D197" s="30">
-[...3 lines deleted...]
-        <v>2.019E-3</v>
+      <c r="D197" s="12">
+        <v>2.8199999999999999E-2</v>
+      </c>
+      <c r="E197" s="13">
+        <v>2.32E-3</v>
       </c>
       <c r="G197" s="10"/>
       <c r="H197" s="11"/>
       <c r="I197" s="6"/>
     </row>
-    <row r="198" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>2.1740000000000002E-3</v>
+    <row r="198" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B198" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C198" s="29">
+        <v>2010</v>
+      </c>
+      <c r="D198" s="30">
+        <v>2.4500000000000001E-2</v>
+      </c>
+      <c r="E198" s="31">
+        <v>2.019E-3</v>
       </c>
       <c r="G198" s="10"/>
       <c r="H198" s="11"/>
       <c r="I198" s="6"/>
     </row>
-    <row r="199" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="199" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B199" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C199" s="3">
         <v>2009</v>
       </c>
       <c r="D199" s="8">
-        <v>2.5899999999999999E-2</v>
+        <v>2.64E-2</v>
       </c>
       <c r="E199" s="2">
-        <v>2.1329999999999999E-3</v>
+        <v>2.1740000000000002E-3</v>
       </c>
       <c r="G199" s="10"/>
       <c r="H199" s="11"/>
       <c r="I199" s="6"/>
     </row>
-    <row r="200" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="200" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B200" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C200" s="3">
         <v>2009</v>
       </c>
       <c r="D200" s="8">
-        <v>2.6599999999999999E-2</v>
+        <v>2.5899999999999999E-2</v>
       </c>
       <c r="E200" s="2">
-        <v>2.1900000000000001E-3</v>
+        <v>2.1329999999999999E-3</v>
       </c>
       <c r="G200" s="10"/>
       <c r="H200" s="11"/>
       <c r="I200" s="6"/>
     </row>
-    <row r="201" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="201" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B201" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C201" s="3">
         <v>2009</v>
       </c>
       <c r="D201" s="8">
-        <v>2.87E-2</v>
+        <v>2.6599999999999999E-2</v>
       </c>
       <c r="E201" s="2">
-        <v>2.3609999999999998E-3</v>
+        <v>2.1900000000000001E-3</v>
       </c>
       <c r="G201" s="10"/>
       <c r="H201" s="11"/>
       <c r="I201" s="6"/>
     </row>
-    <row r="202" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="202" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B202" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C202" s="3">
         <v>2009</v>
       </c>
       <c r="D202" s="8">
-        <v>2.8000000000000001E-2</v>
+        <v>2.87E-2</v>
       </c>
       <c r="E202" s="2">
-        <v>2.3040000000000001E-3</v>
+        <v>2.3609999999999998E-3</v>
       </c>
       <c r="G202" s="10"/>
       <c r="H202" s="11"/>
       <c r="I202" s="6"/>
     </row>
-    <row r="203" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="203" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B203" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C203" s="3">
         <v>2009</v>
       </c>
       <c r="D203" s="8">
-        <v>2.76E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="E203" s="2">
-        <v>2.271E-3</v>
+        <v>2.3040000000000001E-3</v>
       </c>
       <c r="G203" s="10"/>
       <c r="H203" s="11"/>
       <c r="I203" s="6"/>
     </row>
-    <row r="204" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="204" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B204" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C204" s="3">
         <v>2009</v>
       </c>
       <c r="D204" s="8">
-        <v>2.2499999999999999E-2</v>
+        <v>2.76E-2</v>
       </c>
       <c r="E204" s="2">
-        <v>1.856E-3</v>
+        <v>2.271E-3</v>
       </c>
       <c r="G204" s="10"/>
       <c r="H204" s="11"/>
       <c r="I204" s="6"/>
     </row>
-    <row r="205" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="205" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B205" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C205" s="3">
         <v>2009</v>
       </c>
       <c r="D205" s="8">
-        <v>2.0500000000000001E-2</v>
+        <v>2.2499999999999999E-2</v>
       </c>
       <c r="E205" s="2">
-        <v>1.6919999999999999E-3</v>
+        <v>1.856E-3</v>
       </c>
       <c r="G205" s="10"/>
       <c r="H205" s="11"/>
       <c r="I205" s="6"/>
     </row>
-    <row r="206" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="206" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B206" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C206" s="3">
         <v>2009</v>
       </c>
       <c r="D206" s="8">
-        <v>2.1499999999999998E-2</v>
+        <v>2.0500000000000001E-2</v>
       </c>
       <c r="E206" s="2">
-        <v>1.774E-3</v>
+        <v>1.6919999999999999E-3</v>
       </c>
       <c r="G206" s="10"/>
       <c r="H206" s="11"/>
       <c r="I206" s="6"/>
     </row>
-    <row r="207" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="207" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B207" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C207" s="3">
         <v>2009</v>
       </c>
       <c r="D207" s="8">
-        <v>1.9400000000000001E-2</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="E207" s="2">
-        <v>1.6019999999999999E-3</v>
+        <v>1.774E-3</v>
       </c>
       <c r="G207" s="10"/>
       <c r="H207" s="11"/>
       <c r="I207" s="6"/>
     </row>
-    <row r="208" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="208" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B208" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C208" s="3">
         <v>2009</v>
       </c>
       <c r="D208" s="8">
-        <v>1.6500000000000001E-2</v>
+        <v>1.9400000000000001E-2</v>
       </c>
       <c r="E208" s="2">
-        <v>1.3649999999999999E-3</v>
+        <v>1.6019999999999999E-3</v>
       </c>
       <c r="G208" s="10"/>
       <c r="H208" s="11"/>
       <c r="I208" s="6"/>
     </row>
-    <row r="209" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="209" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B209" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C209" s="3">
         <v>2009</v>
       </c>
       <c r="D209" s="8">
-        <v>2.06E-2</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="E209" s="2">
-        <v>1.701E-3</v>
+        <v>1.3649999999999999E-3</v>
       </c>
       <c r="G209" s="10"/>
       <c r="H209" s="11"/>
       <c r="I209" s="6"/>
     </row>
-    <row r="210" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>2.3449999999999999E-3</v>
+    <row r="210" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B210" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C210" s="3">
+        <v>2009</v>
+      </c>
+      <c r="D210" s="8">
+        <v>2.06E-2</v>
+      </c>
+      <c r="E210" s="2">
+        <v>1.701E-3</v>
       </c>
       <c r="G210" s="10"/>
       <c r="H210" s="11"/>
       <c r="I210" s="6"/>
     </row>
-    <row r="211" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C211" s="28">
+    <row r="211" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B211" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C211" s="25">
         <v>2008</v>
       </c>
-      <c r="D211" s="12">
-[...3 lines deleted...]
-        <v>2.4420000000000002E-3</v>
+      <c r="D211" s="26">
+        <v>2.8500000000000001E-2</v>
+      </c>
+      <c r="E211" s="27">
+        <v>2.3449999999999999E-3</v>
       </c>
       <c r="G211" s="10"/>
       <c r="H211" s="11"/>
       <c r="I211" s="6"/>
     </row>
-    <row r="212" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="212" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B212" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C212" s="28">
         <v>2008</v>
       </c>
       <c r="D212" s="12">
-        <v>3.1600000000000003E-2</v>
+        <v>2.9700000000000001E-2</v>
       </c>
       <c r="E212" s="13">
-        <v>2.5959999999999998E-3</v>
+        <v>2.4420000000000002E-3</v>
       </c>
       <c r="G212" s="10"/>
       <c r="H212" s="11"/>
       <c r="I212" s="6"/>
     </row>
-    <row r="213" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="213" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B213" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C213" s="28">
         <v>2008</v>
       </c>
       <c r="D213" s="12">
-        <v>3.4599999999999999E-2</v>
+        <v>3.1600000000000003E-2</v>
       </c>
       <c r="E213" s="13">
-        <v>2.8389999999999999E-3</v>
+        <v>2.5959999999999998E-3</v>
       </c>
       <c r="G213" s="10"/>
       <c r="H213" s="11"/>
       <c r="I213" s="6"/>
     </row>
-    <row r="214" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="214" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B214" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C214" s="28">
         <v>2008</v>
       </c>
       <c r="D214" s="12">
-        <v>3.5499999999999997E-2</v>
+        <v>3.4599999999999999E-2</v>
       </c>
       <c r="E214" s="13">
-        <v>2.911E-3</v>
+        <v>2.8389999999999999E-3</v>
       </c>
       <c r="G214" s="10"/>
       <c r="H214" s="11"/>
       <c r="I214" s="6"/>
     </row>
-    <row r="215" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="215" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B215" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C215" s="28">
         <v>2008</v>
       </c>
       <c r="D215" s="12">
-        <v>3.4500000000000003E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="E215" s="13">
-        <v>2.8310000000000002E-3</v>
+        <v>2.911E-3</v>
       </c>
       <c r="G215" s="10"/>
       <c r="H215" s="11"/>
       <c r="I215" s="6"/>
     </row>
-    <row r="216" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="216" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B216" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C216" s="28">
         <v>2008</v>
       </c>
       <c r="D216" s="12">
-        <v>3.2000000000000001E-2</v>
+        <v>3.4500000000000003E-2</v>
       </c>
       <c r="E216" s="13">
-        <v>2.6280000000000001E-3</v>
+        <v>2.8310000000000002E-3</v>
       </c>
       <c r="G216" s="10"/>
       <c r="H216" s="11"/>
       <c r="I216" s="6"/>
     </row>
-    <row r="217" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="217" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B217" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C217" s="28">
         <v>2008</v>
       </c>
       <c r="D217" s="12">
-        <v>2.7400000000000001E-2</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="E217" s="13">
-        <v>2.2550000000000001E-3</v>
+        <v>2.6280000000000001E-3</v>
       </c>
       <c r="G217" s="10"/>
       <c r="H217" s="11"/>
       <c r="I217" s="6"/>
     </row>
-    <row r="218" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="218" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B218" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C218" s="28">
         <v>2008</v>
       </c>
       <c r="D218" s="12">
-        <v>2.87E-2</v>
-[...2 lines deleted...]
-        <v>2.3609999999999998E-3</v>
+        <v>2.7400000000000001E-2</v>
+      </c>
+      <c r="E218" s="13">
+        <v>2.2550000000000001E-3</v>
       </c>
       <c r="G218" s="10"/>
       <c r="H218" s="11"/>
       <c r="I218" s="6"/>
     </row>
-    <row r="219" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="219" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B219" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C219" s="28">
         <v>2008</v>
       </c>
       <c r="D219" s="12">
-        <v>2.9700000000000001E-2</v>
-[...2 lines deleted...]
-        <v>2.4420000000000002E-3</v>
+        <v>2.87E-2</v>
+      </c>
+      <c r="E219" s="24">
+        <v>2.3609999999999998E-3</v>
       </c>
       <c r="G219" s="10"/>
       <c r="H219" s="11"/>
       <c r="I219" s="6"/>
     </row>
-    <row r="220" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="220" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B220" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C220" s="28">
         <v>2008</v>
       </c>
       <c r="D220" s="12">
-        <v>3.5099999999999999E-2</v>
+        <v>2.9700000000000001E-2</v>
       </c>
       <c r="E220" s="13">
-        <v>2.879E-3</v>
+        <v>2.4420000000000002E-3</v>
       </c>
       <c r="G220" s="10"/>
       <c r="H220" s="11"/>
       <c r="I220" s="6"/>
     </row>
-    <row r="221" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C221" s="29">
+    <row r="221" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B221" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C221" s="28">
         <v>2008</v>
       </c>
-      <c r="D221" s="30">
-[...3 lines deleted...]
-        <v>2.9350000000000001E-3</v>
+      <c r="D221" s="12">
+        <v>3.5099999999999999E-2</v>
+      </c>
+      <c r="E221" s="13">
+        <v>2.879E-3</v>
       </c>
       <c r="G221" s="10"/>
       <c r="H221" s="11"/>
       <c r="I221" s="6"/>
     </row>
-    <row r="222" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>3.3779999999999999E-3</v>
+    <row r="222" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B222" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C222" s="29">
+        <v>2008</v>
+      </c>
+      <c r="D222" s="30">
+        <v>3.5799999999999998E-2</v>
+      </c>
+      <c r="E222" s="31">
+        <v>2.9350000000000001E-3</v>
       </c>
       <c r="G222" s="10"/>
       <c r="H222" s="11"/>
       <c r="I222" s="6"/>
     </row>
-    <row r="223" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="223" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B223" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C223" s="3">
         <v>2007</v>
       </c>
       <c r="D223" s="8">
-        <v>4.3900000000000002E-2</v>
+        <v>4.1300000000000003E-2</v>
       </c>
       <c r="E223" s="2">
-        <v>3.5869999999999999E-3</v>
+        <v>3.3779999999999999E-3</v>
       </c>
       <c r="G223" s="10"/>
       <c r="H223" s="11"/>
       <c r="I223" s="6"/>
     </row>
-    <row r="224" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="224" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B224" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C224" s="3">
         <v>2007</v>
       </c>
       <c r="D224" s="8">
-        <v>4.3499999999999997E-2</v>
+        <v>4.3900000000000002E-2</v>
       </c>
       <c r="E224" s="2">
-        <v>3.555E-3</v>
+        <v>3.5869999999999999E-3</v>
       </c>
       <c r="G224" s="10"/>
       <c r="H224" s="11"/>
       <c r="I224" s="6"/>
     </row>
-    <row r="225" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="225" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B225" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C225" s="3">
         <v>2007</v>
       </c>
       <c r="D225" s="8">
-        <v>4.7899999999999998E-2</v>
+        <v>4.3499999999999997E-2</v>
       </c>
       <c r="E225" s="2">
-        <v>3.9069999999999999E-3</v>
+        <v>3.555E-3</v>
       </c>
       <c r="G225" s="10"/>
       <c r="H225" s="11"/>
       <c r="I225" s="6"/>
     </row>
-    <row r="226" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="226" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B226" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C226" s="3">
         <v>2007</v>
       </c>
       <c r="D226" s="8">
-        <v>5.0900000000000001E-2</v>
+        <v>4.7899999999999998E-2</v>
       </c>
       <c r="E226" s="2">
-        <v>4.1460000000000004E-3</v>
+        <v>3.9069999999999999E-3</v>
       </c>
       <c r="G226" s="10"/>
       <c r="H226" s="11"/>
       <c r="I226" s="6"/>
     </row>
-    <row r="227" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="227" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B227" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C227" s="3">
         <v>2007</v>
       </c>
       <c r="D227" s="8">
-        <v>4.9500000000000002E-2</v>
+        <v>5.0900000000000001E-2</v>
       </c>
       <c r="E227" s="2">
-        <v>4.0340000000000003E-3</v>
+        <v>4.1460000000000004E-3</v>
       </c>
       <c r="G227" s="10"/>
       <c r="H227" s="11"/>
       <c r="I227" s="6"/>
     </row>
-    <row r="228" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="228" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B228" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C228" s="3">
         <v>2007</v>
       </c>
       <c r="D228" s="8">
-        <v>4.6399999999999997E-2</v>
+        <v>4.9500000000000002E-2</v>
       </c>
       <c r="E228" s="2">
-        <v>3.787E-3</v>
+        <v>4.0340000000000003E-3</v>
       </c>
       <c r="G228" s="10"/>
       <c r="H228" s="11"/>
       <c r="I228" s="6"/>
     </row>
-    <row r="229" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="229" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B229" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C229" s="3">
         <v>2007</v>
       </c>
       <c r="D229" s="8">
-        <v>4.6199999999999998E-2</v>
+        <v>4.6399999999999997E-2</v>
       </c>
       <c r="E229" s="2">
-        <v>3.771E-3</v>
+        <v>3.787E-3</v>
       </c>
       <c r="G229" s="10"/>
       <c r="H229" s="11"/>
       <c r="I229" s="6"/>
     </row>
-    <row r="230" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="230" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B230" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C230" s="3">
         <v>2007</v>
       </c>
       <c r="D230" s="8">
-        <v>4.6100000000000002E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="E230" s="2">
-        <v>3.7629999999999999E-3</v>
+        <v>3.771E-3</v>
       </c>
       <c r="G230" s="10"/>
       <c r="H230" s="11"/>
       <c r="I230" s="6"/>
     </row>
-    <row r="231" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="231" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B231" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C231" s="3">
         <v>2007</v>
       </c>
       <c r="D231" s="8">
-        <v>4.8599999999999997E-2</v>
+        <v>4.6100000000000002E-2</v>
       </c>
       <c r="E231" s="2">
-        <v>3.9620000000000002E-3</v>
+        <v>3.7629999999999999E-3</v>
       </c>
       <c r="G231" s="10"/>
       <c r="H231" s="11"/>
       <c r="I231" s="6"/>
     </row>
-    <row r="232" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="232" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B232" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C232" s="3">
         <v>2007</v>
       </c>
       <c r="D232" s="8">
-        <v>4.6899999999999997E-2</v>
+        <v>4.8599999999999997E-2</v>
       </c>
       <c r="E232" s="2">
-        <v>3.8270000000000001E-3</v>
+        <v>3.9620000000000002E-3</v>
       </c>
       <c r="G232" s="10"/>
       <c r="H232" s="11"/>
       <c r="I232" s="6"/>
     </row>
-    <row r="233" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="233" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B233" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C233" s="3">
         <v>2007</v>
       </c>
       <c r="D233" s="8">
-        <v>4.58E-2</v>
+        <v>4.6899999999999997E-2</v>
       </c>
       <c r="E233" s="2">
-        <v>3.7390000000000001E-3</v>
+        <v>3.8270000000000001E-3</v>
       </c>
       <c r="G233" s="10"/>
       <c r="H233" s="11"/>
       <c r="I233" s="6"/>
     </row>
-    <row r="234" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>3.859E-3</v>
+    <row r="234" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B234" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C234" s="3">
+        <v>2007</v>
+      </c>
+      <c r="D234" s="8">
+        <v>4.58E-2</v>
+      </c>
+      <c r="E234" s="2">
+        <v>3.7390000000000001E-3</v>
       </c>
       <c r="G234" s="10"/>
       <c r="H234" s="11"/>
       <c r="I234" s="6"/>
     </row>
-    <row r="235" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C235" s="28">
+    <row r="235" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B235" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C235" s="25">
         <v>2006</v>
       </c>
-      <c r="D235" s="12">
-[...3 lines deleted...]
-        <v>3.8270000000000001E-3</v>
+      <c r="D235" s="26">
+        <v>4.7300000000000002E-2</v>
+      </c>
+      <c r="E235" s="27">
+        <v>3.859E-3</v>
       </c>
       <c r="G235" s="10"/>
       <c r="H235" s="11"/>
       <c r="I235" s="6"/>
     </row>
-    <row r="236" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="236" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B236" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C236" s="28">
         <v>2006</v>
       </c>
       <c r="D236" s="12">
-        <v>4.82E-2</v>
+        <v>4.6899999999999997E-2</v>
       </c>
       <c r="E236" s="13">
-        <v>3.9309999999999996E-3</v>
+        <v>3.8270000000000001E-3</v>
       </c>
       <c r="G236" s="10"/>
       <c r="H236" s="11"/>
       <c r="I236" s="6"/>
     </row>
-    <row r="237" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="237" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B237" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C237" s="28">
         <v>2006</v>
       </c>
       <c r="D237" s="12">
-        <v>5.0099999999999999E-2</v>
+        <v>4.82E-2</v>
       </c>
       <c r="E237" s="13">
-        <v>4.0819999999999997E-3</v>
+        <v>3.9309999999999996E-3</v>
       </c>
       <c r="G237" s="10"/>
       <c r="H237" s="11"/>
       <c r="I237" s="6"/>
     </row>
-    <row r="238" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="238" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B238" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C238" s="28">
         <v>2006</v>
       </c>
       <c r="D238" s="12">
-        <v>5.21E-2</v>
+        <v>5.0099999999999999E-2</v>
       </c>
       <c r="E238" s="13">
-        <v>4.241E-3</v>
+        <v>4.0819999999999997E-3</v>
       </c>
       <c r="G238" s="10"/>
       <c r="H238" s="11"/>
       <c r="I238" s="6"/>
     </row>
-    <row r="239" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="239" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B239" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C239" s="28">
         <v>2006</v>
       </c>
       <c r="D239" s="12">
-        <v>5.0500000000000003E-2</v>
+        <v>5.21E-2</v>
       </c>
       <c r="E239" s="13">
-        <v>4.1139999999999996E-3</v>
+        <v>4.241E-3</v>
       </c>
       <c r="G239" s="10"/>
       <c r="H239" s="11"/>
       <c r="I239" s="6"/>
     </row>
-    <row r="240" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="240" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B240" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C240" s="28">
         <v>2006</v>
       </c>
       <c r="D240" s="12">
-        <v>5.0599999999999999E-2</v>
+        <v>5.0500000000000003E-2</v>
       </c>
       <c r="E240" s="13">
-        <v>4.1219999999999998E-3</v>
+        <v>4.1139999999999996E-3</v>
       </c>
       <c r="G240" s="10"/>
       <c r="H240" s="11"/>
       <c r="I240" s="6"/>
     </row>
-    <row r="241" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="241" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B241" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C241" s="28">
         <v>2006</v>
       </c>
       <c r="D241" s="12">
-        <v>4.8399999999999999E-2</v>
+        <v>5.0599999999999999E-2</v>
       </c>
       <c r="E241" s="13">
-        <v>3.947E-3</v>
+        <v>4.1219999999999998E-3</v>
       </c>
       <c r="G241" s="10"/>
       <c r="H241" s="11"/>
       <c r="I241" s="6"/>
     </row>
-    <row r="242" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="242" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B242" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C242" s="28">
         <v>2006</v>
       </c>
       <c r="D242" s="12">
-        <v>4.7199999999999999E-2</v>
-[...2 lines deleted...]
-        <v>3.8509999999999998E-3</v>
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="E242" s="13">
+        <v>3.947E-3</v>
       </c>
       <c r="G242" s="10"/>
       <c r="H242" s="11"/>
       <c r="I242" s="6"/>
     </row>
-    <row r="243" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="243" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B243" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C243" s="28">
         <v>2006</v>
       </c>
       <c r="D243" s="12">
-        <v>4.5100000000000001E-2</v>
-[...2 lines deleted...]
-        <v>3.6830000000000001E-3</v>
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="E243" s="24">
+        <v>3.8509999999999998E-3</v>
       </c>
       <c r="G243" s="10"/>
       <c r="H243" s="11"/>
       <c r="I243" s="6"/>
     </row>
-    <row r="244" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="244" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B244" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C244" s="28">
         <v>2006</v>
       </c>
       <c r="D244" s="12">
-        <v>4.3999999999999997E-2</v>
+        <v>4.5100000000000001E-2</v>
       </c>
       <c r="E244" s="13">
-        <v>3.5950000000000001E-3</v>
+        <v>3.6830000000000001E-3</v>
       </c>
       <c r="G244" s="10"/>
       <c r="H244" s="11"/>
       <c r="I244" s="6"/>
     </row>
-    <row r="245" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C245" s="29">
+    <row r="245" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B245" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C245" s="28">
         <v>2006</v>
       </c>
-      <c r="D245" s="30">
-[...3 lines deleted...]
-        <v>3.6589999999999999E-3</v>
+      <c r="D245" s="12">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="E245" s="13">
+        <v>3.5950000000000001E-3</v>
       </c>
       <c r="G245" s="10"/>
       <c r="H245" s="11"/>
       <c r="I245" s="6"/>
     </row>
-    <row r="246" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>3.6909999999999998E-3</v>
+    <row r="246" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B246" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C246" s="29">
+        <v>2006</v>
+      </c>
+      <c r="D246" s="30">
+        <v>4.48E-2</v>
+      </c>
+      <c r="E246" s="31">
+        <v>3.6589999999999999E-3</v>
       </c>
       <c r="G246" s="10"/>
       <c r="H246" s="11"/>
       <c r="I246" s="6"/>
     </row>
-    <row r="247" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="247" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B247" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C247" s="3">
         <v>2005</v>
       </c>
       <c r="D247" s="8">
-        <v>4.2299999999999997E-2</v>
+        <v>4.5199999999999997E-2</v>
       </c>
       <c r="E247" s="2">
-        <v>3.4580000000000001E-3</v>
+        <v>3.6909999999999998E-3</v>
       </c>
       <c r="G247" s="10"/>
       <c r="H247" s="11"/>
       <c r="I247" s="6"/>
     </row>
-    <row r="248" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="248" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B248" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C248" s="3">
         <v>2005</v>
       </c>
       <c r="D248" s="8">
-        <v>4.0800000000000003E-2</v>
+        <v>4.2299999999999997E-2</v>
       </c>
       <c r="E248" s="2">
-        <v>3.3379999999999998E-3</v>
+        <v>3.4580000000000001E-3</v>
       </c>
       <c r="G248" s="10"/>
       <c r="H248" s="11"/>
       <c r="I248" s="6"/>
     </row>
-    <row r="249" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="249" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B249" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C249" s="3">
         <v>2005</v>
       </c>
       <c r="D249" s="8">
-        <v>4.19E-2</v>
+        <v>4.0800000000000003E-2</v>
       </c>
       <c r="E249" s="2">
-        <v>3.4259999999999998E-3</v>
+        <v>3.3379999999999998E-3</v>
       </c>
       <c r="G249" s="10"/>
       <c r="H249" s="11"/>
       <c r="I249" s="6"/>
     </row>
-    <row r="250" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="250" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B250" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C250" s="3">
         <v>2005</v>
       </c>
       <c r="D250" s="8">
-        <v>3.9199999999999999E-2</v>
+        <v>4.19E-2</v>
       </c>
       <c r="E250" s="2">
-        <v>3.209E-3</v>
+        <v>3.4259999999999998E-3</v>
       </c>
       <c r="G250" s="10"/>
       <c r="H250" s="11"/>
       <c r="I250" s="6"/>
     </row>
-    <row r="251" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="251" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B251" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C251" s="3">
         <v>2005</v>
       </c>
       <c r="D251" s="8">
-        <v>3.8600000000000002E-2</v>
+        <v>3.9199999999999999E-2</v>
       </c>
       <c r="E251" s="2">
-        <v>3.1610000000000002E-3</v>
+        <v>3.209E-3</v>
       </c>
       <c r="G251" s="10"/>
       <c r="H251" s="11"/>
       <c r="I251" s="6"/>
     </row>
-    <row r="252" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="252" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B252" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C252" s="3">
         <v>2005</v>
       </c>
       <c r="D252" s="8">
-        <v>4.0099999999999997E-2</v>
+        <v>3.8600000000000002E-2</v>
       </c>
       <c r="E252" s="2">
-        <v>3.2820000000000002E-3</v>
+        <v>3.1610000000000002E-3</v>
       </c>
       <c r="G252" s="10"/>
       <c r="H252" s="11"/>
       <c r="I252" s="6"/>
     </row>
-    <row r="253" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="253" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B253" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C253" s="3">
         <v>2005</v>
       </c>
       <c r="D253" s="8">
-        <v>4.2799999999999998E-2</v>
+        <v>4.0099999999999997E-2</v>
       </c>
       <c r="E253" s="2">
-        <v>3.4989999999999999E-3</v>
+        <v>3.2820000000000002E-3</v>
       </c>
       <c r="G253" s="10"/>
       <c r="H253" s="11"/>
       <c r="I253" s="6"/>
     </row>
-    <row r="254" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="254" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B254" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C254" s="3">
         <v>2005</v>
       </c>
       <c r="D254" s="8">
-        <v>4.0899999999999999E-2</v>
+        <v>4.2799999999999998E-2</v>
       </c>
       <c r="E254" s="2">
-        <v>3.346E-3</v>
+        <v>3.4989999999999999E-3</v>
       </c>
       <c r="G254" s="10"/>
       <c r="H254" s="11"/>
       <c r="I254" s="6"/>
     </row>
-    <row r="255" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="255" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B255" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C255" s="3">
         <v>2005</v>
       </c>
       <c r="D255" s="8">
-        <v>3.8300000000000001E-2</v>
+        <v>4.0899999999999999E-2</v>
       </c>
       <c r="E255" s="2">
-        <v>3.137E-3</v>
+        <v>3.346E-3</v>
       </c>
       <c r="G255" s="10"/>
       <c r="H255" s="11"/>
       <c r="I255" s="6"/>
     </row>
-    <row r="256" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="256" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B256" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C256" s="3">
         <v>2005</v>
       </c>
       <c r="D256" s="8">
         <v>3.8300000000000001E-2</v>
       </c>
       <c r="E256" s="2">
         <v>3.137E-3</v>
       </c>
       <c r="G256" s="10"/>
       <c r="H256" s="11"/>
       <c r="I256" s="6"/>
     </row>
-    <row r="257" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="257" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B257" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C257" s="3">
         <v>2005</v>
       </c>
       <c r="D257" s="8">
-        <v>3.7600000000000001E-2</v>
+        <v>3.8300000000000001E-2</v>
       </c>
       <c r="E257" s="2">
-        <v>3.081E-3</v>
+        <v>3.137E-3</v>
       </c>
       <c r="G257" s="10"/>
       <c r="H257" s="11"/>
       <c r="I257" s="6"/>
     </row>
-    <row r="258" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>2.9190000000000002E-3</v>
+    <row r="258" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B258" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C258" s="3">
+        <v>2005</v>
+      </c>
+      <c r="D258" s="8">
+        <v>3.7600000000000001E-2</v>
+      </c>
+      <c r="E258" s="2">
+        <v>3.081E-3</v>
       </c>
       <c r="G258" s="10"/>
       <c r="H258" s="11"/>
       <c r="I258" s="6"/>
     </row>
-    <row r="259" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C259" s="28">
+    <row r="259" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B259" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C259" s="25">
         <v>2004</v>
       </c>
-      <c r="D259" s="12">
-[...3 lines deleted...]
-        <v>2.911E-3</v>
+      <c r="D259" s="26">
+        <v>3.56E-2</v>
+      </c>
+      <c r="E259" s="27">
+        <v>2.9190000000000002E-3</v>
       </c>
       <c r="G259" s="10"/>
       <c r="H259" s="11"/>
       <c r="I259" s="6"/>
     </row>
-    <row r="260" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="260" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B260" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C260" s="28">
         <v>2004</v>
       </c>
       <c r="D260" s="12">
-        <v>3.6200000000000003E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="E260" s="13">
-        <v>2.9680000000000002E-3</v>
+        <v>2.911E-3</v>
       </c>
       <c r="G260" s="10"/>
       <c r="H260" s="11"/>
       <c r="I260" s="6"/>
     </row>
-    <row r="261" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="261" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B261" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C261" s="28">
         <v>2004</v>
       </c>
       <c r="D261" s="12">
-        <v>3.8399999999999997E-2</v>
+        <v>3.6200000000000003E-2</v>
       </c>
       <c r="E261" s="13">
-        <v>3.1449999999999998E-3</v>
+        <v>2.9680000000000002E-3</v>
       </c>
       <c r="G261" s="10"/>
       <c r="H261" s="11"/>
       <c r="I261" s="6"/>
     </row>
-    <row r="262" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="262" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B262" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C262" s="28">
         <v>2004</v>
       </c>
       <c r="D262" s="12">
-        <v>0.04</v>
+        <v>3.8399999999999997E-2</v>
       </c>
       <c r="E262" s="13">
-        <v>3.274E-3</v>
+        <v>3.1449999999999998E-3</v>
       </c>
       <c r="G262" s="10"/>
       <c r="H262" s="11"/>
       <c r="I262" s="6"/>
     </row>
-    <row r="263" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="263" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B263" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C263" s="28">
         <v>2004</v>
       </c>
       <c r="D263" s="12">
-        <v>4.1099999999999998E-2</v>
+        <v>0.04</v>
       </c>
       <c r="E263" s="13">
-        <v>3.362E-3</v>
+        <v>3.274E-3</v>
       </c>
       <c r="G263" s="10"/>
       <c r="H263" s="11"/>
       <c r="I263" s="6"/>
     </row>
-    <row r="264" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="264" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B264" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C264" s="28">
         <v>2004</v>
       </c>
       <c r="D264" s="12">
-        <v>3.8899999999999997E-2</v>
+        <v>4.1099999999999998E-2</v>
       </c>
       <c r="E264" s="13">
-        <v>3.1849999999999999E-3</v>
+        <v>3.362E-3</v>
       </c>
       <c r="G264" s="10"/>
       <c r="H264" s="11"/>
       <c r="I264" s="6"/>
     </row>
-    <row r="265" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="265" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B265" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C265" s="28">
         <v>2004</v>
       </c>
       <c r="D265" s="12">
-        <v>3.1600000000000003E-2</v>
+        <v>3.8899999999999997E-2</v>
       </c>
       <c r="E265" s="13">
-        <v>2.5959999999999998E-3</v>
+        <v>3.1849999999999999E-3</v>
       </c>
       <c r="G265" s="10"/>
       <c r="H265" s="11"/>
       <c r="I265" s="6"/>
     </row>
-    <row r="266" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="266" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B266" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C266" s="28">
         <v>2004</v>
       </c>
       <c r="D266" s="12">
-        <v>3.15E-2</v>
-[...2 lines deleted...]
-        <v>2.588E-3</v>
+        <v>3.1600000000000003E-2</v>
+      </c>
+      <c r="E266" s="13">
+        <v>2.5959999999999998E-3</v>
       </c>
       <c r="G266" s="10"/>
       <c r="H266" s="11"/>
       <c r="I266" s="6"/>
     </row>
-    <row r="267" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="267" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B267" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C267" s="28">
         <v>2004</v>
       </c>
       <c r="D267" s="12">
-        <v>3.3399999999999999E-2</v>
-[...2 lines deleted...]
-        <v>2.7420000000000001E-3</v>
+        <v>3.15E-2</v>
+      </c>
+      <c r="E267" s="24">
+        <v>2.588E-3</v>
       </c>
       <c r="G267" s="10"/>
       <c r="H267" s="11"/>
       <c r="I267" s="6"/>
     </row>
-    <row r="268" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="268" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B268" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C268" s="28">
         <v>2004</v>
       </c>
       <c r="D268" s="12">
-        <v>3.44E-2</v>
+        <v>3.3399999999999999E-2</v>
       </c>
       <c r="E268" s="13">
-        <v>2.8219999999999999E-3</v>
+        <v>2.7420000000000001E-3</v>
       </c>
       <c r="G268" s="10"/>
       <c r="H268" s="11"/>
       <c r="I268" s="6"/>
     </row>
-    <row r="269" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C269" s="29">
+    <row r="269" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B269" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C269" s="28">
         <v>2004</v>
       </c>
-      <c r="D269" s="30">
-[...3 lines deleted...]
-        <v>2.8869999999999998E-3</v>
+      <c r="D269" s="12">
+        <v>3.44E-2</v>
+      </c>
+      <c r="E269" s="13">
+        <v>2.8219999999999999E-3</v>
       </c>
       <c r="G269" s="10"/>
       <c r="H269" s="11"/>
       <c r="I269" s="6"/>
     </row>
-    <row r="270" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>2.911E-3</v>
+    <row r="270" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B270" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C270" s="29">
+        <v>2004</v>
+      </c>
+      <c r="D270" s="30">
+        <v>3.5200000000000002E-2</v>
+      </c>
+      <c r="E270" s="31">
+        <v>2.8869999999999998E-3</v>
       </c>
       <c r="G270" s="10"/>
       <c r="H270" s="11"/>
       <c r="I270" s="6"/>
     </row>
-    <row r="271" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="271" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B271" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C271" s="3">
         <v>2003</v>
       </c>
       <c r="D271" s="8">
-        <v>3.32E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="E271" s="2">
-        <v>2.725E-3</v>
+        <v>2.911E-3</v>
       </c>
       <c r="G271" s="10"/>
       <c r="H271" s="11"/>
       <c r="I271" s="6"/>
     </row>
-    <row r="272" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="272" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B272" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C272" s="3">
         <v>2003</v>
       </c>
       <c r="D272" s="8">
-        <v>3.6499999999999998E-2</v>
+        <v>3.32E-2</v>
       </c>
       <c r="E272" s="2">
-        <v>2.9919999999999999E-3</v>
+        <v>2.725E-3</v>
       </c>
       <c r="G272" s="10"/>
       <c r="H272" s="11"/>
       <c r="I272" s="6"/>
     </row>
-    <row r="273" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="273" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B273" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C273" s="3">
         <v>2003</v>
       </c>
       <c r="D273" s="8">
-        <v>3.4299999999999997E-2</v>
+        <v>3.6499999999999998E-2</v>
       </c>
       <c r="E273" s="2">
-        <v>2.8140000000000001E-3</v>
+        <v>2.9919999999999999E-3</v>
       </c>
       <c r="G273" s="10"/>
       <c r="H273" s="11"/>
       <c r="I273" s="6"/>
     </row>
-    <row r="274" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="274" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B274" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C274" s="3">
         <v>2003</v>
       </c>
       <c r="D274" s="8">
-        <v>2.7E-2</v>
+        <v>3.4299999999999997E-2</v>
       </c>
       <c r="E274" s="2">
-        <v>2.2230000000000001E-3</v>
+        <v>2.8140000000000001E-3</v>
       </c>
       <c r="G274" s="10"/>
       <c r="H274" s="11"/>
       <c r="I274" s="6"/>
     </row>
-    <row r="275" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="275" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B275" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C275" s="3">
         <v>2003</v>
       </c>
       <c r="D275" s="8">
-        <v>2.5499999999999998E-2</v>
+        <v>2.7E-2</v>
       </c>
       <c r="E275" s="2">
-        <v>2.101E-3</v>
+        <v>2.2230000000000001E-3</v>
       </c>
       <c r="G275" s="10"/>
       <c r="H275" s="11"/>
       <c r="I275" s="6"/>
     </row>
-    <row r="276" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="276" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B276" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C276" s="3">
         <v>2003</v>
       </c>
       <c r="D276" s="8">
-        <v>3.0599999999999999E-2</v>
+        <v>2.5499999999999998E-2</v>
       </c>
       <c r="E276" s="2">
-        <v>2.5149999999999999E-3</v>
+        <v>2.101E-3</v>
       </c>
       <c r="G276" s="10"/>
       <c r="H276" s="11"/>
       <c r="I276" s="6"/>
     </row>
-    <row r="277" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="277" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B277" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C277" s="3">
         <v>2003</v>
       </c>
       <c r="D277" s="8">
-        <v>3.1699999999999999E-2</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="E277" s="2">
-        <v>2.604E-3</v>
+        <v>2.5149999999999999E-3</v>
       </c>
       <c r="G277" s="10"/>
       <c r="H277" s="11"/>
       <c r="I277" s="6"/>
     </row>
-    <row r="278" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="278" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B278" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C278" s="3">
         <v>2003</v>
       </c>
       <c r="D278" s="8">
-        <v>2.9600000000000001E-2</v>
+        <v>3.1699999999999999E-2</v>
       </c>
       <c r="E278" s="2">
-        <v>2.434E-3</v>
+        <v>2.604E-3</v>
       </c>
       <c r="G278" s="10"/>
       <c r="H278" s="11"/>
       <c r="I278" s="6"/>
     </row>
-    <row r="279" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="279" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B279" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C279" s="3">
         <v>2003</v>
       </c>
       <c r="D279" s="8">
-        <v>3.2399999999999998E-2</v>
+        <v>2.9600000000000001E-2</v>
       </c>
       <c r="E279" s="2">
-        <v>2.6610000000000002E-3</v>
+        <v>2.434E-3</v>
       </c>
       <c r="G279" s="10"/>
       <c r="H279" s="11"/>
       <c r="I279" s="6"/>
     </row>
-    <row r="280" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="280" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B280" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C280" s="3">
         <v>2003</v>
       </c>
       <c r="D280" s="8">
-        <v>3.27E-2</v>
+        <v>3.2399999999999998E-2</v>
       </c>
       <c r="E280" s="2">
-        <v>2.6849999999999999E-3</v>
+        <v>2.6610000000000002E-3</v>
       </c>
       <c r="G280" s="10"/>
       <c r="H280" s="11"/>
       <c r="I280" s="6"/>
     </row>
-    <row r="281" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="281" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B281" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C281" s="3">
         <v>2003</v>
       </c>
       <c r="D281" s="8">
-        <v>3.4299999999999997E-2</v>
+        <v>3.27E-2</v>
       </c>
       <c r="E281" s="2">
-        <v>2.8140000000000001E-3</v>
+        <v>2.6849999999999999E-3</v>
       </c>
       <c r="G281" s="10"/>
       <c r="H281" s="11"/>
       <c r="I281" s="6"/>
     </row>
-    <row r="282" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>2.7169999999999998E-3</v>
+    <row r="282" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B282" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C282" s="3">
+        <v>2003</v>
+      </c>
+      <c r="D282" s="8">
+        <v>3.4299999999999997E-2</v>
+      </c>
+      <c r="E282" s="2">
+        <v>2.8140000000000001E-3</v>
       </c>
       <c r="G282" s="10"/>
       <c r="H282" s="11"/>
       <c r="I282" s="6"/>
     </row>
-    <row r="283" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C283" s="28">
+    <row r="283" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B283" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C283" s="25">
         <v>2002</v>
       </c>
-      <c r="D283" s="12">
-[...3 lines deleted...]
-        <v>2.5149999999999999E-3</v>
+      <c r="D283" s="26">
+        <v>3.3099999999999997E-2</v>
+      </c>
+      <c r="E283" s="27">
+        <v>2.7169999999999998E-3</v>
       </c>
       <c r="G283" s="10"/>
       <c r="H283" s="11"/>
       <c r="I283" s="6"/>
     </row>
-    <row r="284" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="284" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B284" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C284" s="28">
         <v>2002</v>
       </c>
       <c r="D284" s="12">
-        <v>3.4599999999999999E-2</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="E284" s="13">
-        <v>2.8389999999999999E-3</v>
+        <v>2.5149999999999999E-3</v>
       </c>
       <c r="G284" s="10"/>
       <c r="H284" s="11"/>
       <c r="I284" s="6"/>
     </row>
-    <row r="285" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="285" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B285" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C285" s="28">
         <v>2002</v>
       </c>
       <c r="D285" s="12">
-        <v>3.7499999999999999E-2</v>
+        <v>3.4599999999999999E-2</v>
       </c>
       <c r="E285" s="13">
-        <v>3.0730000000000002E-3</v>
+        <v>2.8389999999999999E-3</v>
       </c>
       <c r="G285" s="10"/>
       <c r="H285" s="11"/>
       <c r="I285" s="6"/>
     </row>
-    <row r="286" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="286" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B286" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C286" s="28">
         <v>2002</v>
       </c>
       <c r="D286" s="12">
-        <v>4.24E-2</v>
+        <v>3.7499999999999999E-2</v>
       </c>
       <c r="E286" s="13">
-        <v>3.4659999999999999E-3</v>
+        <v>3.0730000000000002E-3</v>
       </c>
       <c r="G286" s="10"/>
       <c r="H286" s="11"/>
       <c r="I286" s="6"/>
     </row>
-    <row r="287" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="287" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B287" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C287" s="28">
         <v>2002</v>
       </c>
       <c r="D287" s="12">
-        <v>4.5999999999999999E-2</v>
+        <v>4.24E-2</v>
       </c>
       <c r="E287" s="13">
-        <v>3.7550000000000001E-3</v>
+        <v>3.4659999999999999E-3</v>
       </c>
       <c r="G287" s="10"/>
       <c r="H287" s="11"/>
       <c r="I287" s="6"/>
     </row>
-    <row r="288" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="288" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B288" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C288" s="28">
         <v>2002</v>
       </c>
       <c r="D288" s="12">
-        <v>4.7399999999999998E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
       <c r="E288" s="13">
-        <v>3.8670000000000002E-3</v>
+        <v>3.7550000000000001E-3</v>
       </c>
       <c r="G288" s="10"/>
       <c r="H288" s="11"/>
       <c r="I288" s="6"/>
     </row>
-    <row r="289" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="289" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B289" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C289" s="28">
         <v>2002</v>
       </c>
       <c r="D289" s="12">
-        <v>4.99E-2</v>
+        <v>4.7399999999999998E-2</v>
       </c>
       <c r="E289" s="13">
-        <v>4.0660000000000002E-3</v>
+        <v>3.8670000000000002E-3</v>
       </c>
       <c r="G289" s="10"/>
       <c r="H289" s="11"/>
       <c r="I289" s="6"/>
     </row>
-    <row r="290" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="290" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B290" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C290" s="28">
         <v>2002</v>
       </c>
       <c r="D290" s="12">
-        <v>4.65E-2</v>
-[...2 lines deleted...]
-        <v>3.7950000000000002E-3</v>
+        <v>4.99E-2</v>
+      </c>
+      <c r="E290" s="13">
+        <v>4.0660000000000002E-3</v>
       </c>
       <c r="G290" s="10"/>
       <c r="H290" s="11"/>
       <c r="I290" s="6"/>
     </row>
-    <row r="291" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="291" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B291" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C291" s="28">
         <v>2002</v>
       </c>
       <c r="D291" s="12">
-        <v>4.5199999999999997E-2</v>
-[...2 lines deleted...]
-        <v>3.6909999999999998E-3</v>
+        <v>4.65E-2</v>
+      </c>
+      <c r="E291" s="24">
+        <v>3.7950000000000002E-3</v>
       </c>
       <c r="G291" s="10"/>
       <c r="H291" s="11"/>
       <c r="I291" s="6"/>
     </row>
-    <row r="292" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="292" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B292" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C292" s="28">
         <v>2002</v>
       </c>
       <c r="D292" s="12">
-        <v>4.6300000000000001E-2</v>
+        <v>4.5199999999999997E-2</v>
       </c>
       <c r="E292" s="13">
-        <v>3.7789999999999998E-3</v>
+        <v>3.6909999999999998E-3</v>
       </c>
       <c r="G292" s="10"/>
       <c r="H292" s="11"/>
       <c r="I292" s="6"/>
     </row>
-    <row r="293" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C293" s="29">
+    <row r="293" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B293" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C293" s="28">
         <v>2002</v>
       </c>
-      <c r="D293" s="30">
-[...3 lines deleted...]
-        <v>3.6670000000000001E-3</v>
+      <c r="D293" s="12">
+        <v>4.6300000000000001E-2</v>
+      </c>
+      <c r="E293" s="13">
+        <v>3.7789999999999998E-3</v>
       </c>
       <c r="G293" s="10"/>
       <c r="H293" s="11"/>
       <c r="I293" s="6"/>
     </row>
-    <row r="294" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>3.2499999999999999E-3</v>
+    <row r="294" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B294" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C294" s="29">
+        <v>2002</v>
+      </c>
+      <c r="D294" s="30">
+        <v>4.4900000000000002E-2</v>
+      </c>
+      <c r="E294" s="31">
+        <v>3.6670000000000001E-3</v>
       </c>
       <c r="G294" s="10"/>
       <c r="H294" s="11"/>
       <c r="I294" s="6"/>
     </row>
-    <row r="295" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="295" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B295" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C295" s="3">
         <v>2001</v>
       </c>
       <c r="D295" s="8">
-        <v>4.1300000000000003E-2</v>
+        <v>3.9699999999999999E-2</v>
       </c>
       <c r="E295" s="2">
-        <v>3.3779999999999999E-3</v>
+        <v>3.2499999999999999E-3</v>
       </c>
       <c r="G295" s="10"/>
       <c r="H295" s="11"/>
       <c r="I295" s="6"/>
     </row>
-    <row r="296" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="296" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B296" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C296" s="3">
         <v>2001</v>
       </c>
       <c r="D296" s="8">
-        <v>4.5900000000000003E-2</v>
+        <v>4.1300000000000003E-2</v>
       </c>
       <c r="E296" s="2">
-        <v>3.7469999999999999E-3</v>
+        <v>3.3779999999999999E-3</v>
       </c>
       <c r="G296" s="10"/>
       <c r="H296" s="11"/>
       <c r="I296" s="6"/>
     </row>
-    <row r="297" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="297" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B297" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C297" s="3">
         <v>2001</v>
       </c>
       <c r="D297" s="8">
-        <v>4.82E-2</v>
+        <v>4.5900000000000003E-2</v>
       </c>
       <c r="E297" s="2">
-        <v>3.9309999999999996E-3</v>
+        <v>3.7469999999999999E-3</v>
       </c>
       <c r="G297" s="10"/>
       <c r="H297" s="11"/>
       <c r="I297" s="6"/>
     </row>
-    <row r="298" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="298" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B298" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C298" s="3">
         <v>2001</v>
       </c>
       <c r="D298" s="8">
-        <v>4.99E-2</v>
+        <v>4.82E-2</v>
       </c>
       <c r="E298" s="2">
-        <v>4.0660000000000002E-3</v>
+        <v>3.9309999999999996E-3</v>
       </c>
       <c r="G298" s="10"/>
       <c r="H298" s="11"/>
       <c r="I298" s="6"/>
     </row>
-    <row r="299" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="299" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B299" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C299" s="3">
         <v>2001</v>
       </c>
       <c r="D299" s="8">
-        <v>5.1200000000000002E-2</v>
+        <v>4.99E-2</v>
       </c>
       <c r="E299" s="2">
-        <v>4.1700000000000001E-3</v>
+        <v>4.0660000000000002E-3</v>
       </c>
       <c r="G299" s="10"/>
       <c r="H299" s="11"/>
       <c r="I299" s="6"/>
     </row>
-    <row r="300" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="300" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B300" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C300" s="3">
         <v>2001</v>
       </c>
       <c r="D300" s="8">
-        <v>5.0200000000000002E-2</v>
+        <v>5.1200000000000002E-2</v>
       </c>
       <c r="E300" s="2">
-        <v>4.0899999999999999E-3</v>
+        <v>4.1700000000000001E-3</v>
       </c>
       <c r="G300" s="10"/>
       <c r="H300" s="11"/>
       <c r="I300" s="6"/>
     </row>
-    <row r="301" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="301" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B301" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C301" s="3">
         <v>2001</v>
       </c>
       <c r="D301" s="8">
-        <v>4.7699999999999999E-2</v>
+        <v>5.0200000000000002E-2</v>
       </c>
       <c r="E301" s="2">
-        <v>3.8909999999999999E-3</v>
+        <v>4.0899999999999999E-3</v>
       </c>
       <c r="G301" s="10"/>
       <c r="H301" s="11"/>
       <c r="I301" s="6"/>
     </row>
-    <row r="302" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="302" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B302" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C302" s="3">
         <v>2001</v>
       </c>
       <c r="D302" s="8">
-        <v>4.9399999999999999E-2</v>
+        <v>4.7699999999999999E-2</v>
       </c>
       <c r="E302" s="2">
-        <v>4.0260000000000001E-3</v>
+        <v>3.8909999999999999E-3</v>
       </c>
       <c r="G302" s="10"/>
       <c r="H302" s="11"/>
       <c r="I302" s="6"/>
     </row>
-    <row r="303" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="303" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B303" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C303" s="3">
         <v>2001</v>
       </c>
       <c r="D303" s="8">
-        <v>5.0700000000000002E-2</v>
+        <v>4.9399999999999999E-2</v>
       </c>
       <c r="E303" s="2">
-        <v>4.13E-3</v>
+        <v>4.0260000000000001E-3</v>
       </c>
       <c r="G303" s="10"/>
       <c r="H303" s="11"/>
       <c r="I303" s="6"/>
     </row>
-    <row r="304" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="304" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B304" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C304" s="3">
         <v>2001</v>
       </c>
       <c r="D304" s="8">
         <v>5.0700000000000002E-2</v>
       </c>
       <c r="E304" s="2">
         <v>4.13E-3</v>
       </c>
       <c r="G304" s="10"/>
       <c r="H304" s="11"/>
       <c r="I304" s="6"/>
     </row>
-    <row r="305" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="305" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B305" s="32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C305" s="3">
         <v>2001</v>
       </c>
       <c r="D305" s="8">
-        <v>5.6099999999999997E-2</v>
+        <v>5.0700000000000002E-2</v>
       </c>
       <c r="E305" s="2">
-        <v>4.5589999999999997E-3</v>
+        <v>4.13E-3</v>
       </c>
       <c r="G305" s="10"/>
       <c r="H305" s="11"/>
       <c r="I305" s="6"/>
     </row>
-    <row r="306" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>4.7650000000000001E-3</v>
+    <row r="306" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B306" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C306" s="3">
+        <v>2001</v>
+      </c>
+      <c r="D306" s="8">
+        <v>5.6099999999999997E-2</v>
+      </c>
+      <c r="E306" s="2">
+        <v>4.5589999999999997E-3</v>
       </c>
       <c r="G306" s="10"/>
       <c r="H306" s="11"/>
       <c r="I306" s="6"/>
     </row>
-    <row r="307" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C307" s="28">
+    <row r="307" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B307" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C307" s="25">
         <v>2000</v>
       </c>
-      <c r="D307" s="12">
-[...3 lines deleted...]
-        <v>4.875E-3</v>
+      <c r="D307" s="26">
+        <v>5.8700000000000002E-2</v>
+      </c>
+      <c r="E307" s="27">
+        <v>4.7650000000000001E-3</v>
       </c>
       <c r="G307" s="10"/>
       <c r="H307" s="11"/>
       <c r="I307" s="6"/>
     </row>
-    <row r="308" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="308" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B308" s="34" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C308" s="28">
         <v>2000</v>
       </c>
       <c r="D308" s="12">
-        <v>6.0900000000000003E-2</v>
+        <v>6.0100000000000001E-2</v>
       </c>
       <c r="E308" s="13">
-        <v>4.9389999999999998E-3</v>
+        <v>4.875E-3</v>
       </c>
       <c r="G308" s="10"/>
       <c r="H308" s="11"/>
       <c r="I308" s="6"/>
     </row>
-    <row r="309" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="309" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B309" s="34" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C309" s="28">
         <v>2000</v>
       </c>
       <c r="D309" s="12">
-        <v>6.2199999999999998E-2</v>
+        <v>6.0900000000000003E-2</v>
       </c>
       <c r="E309" s="13">
-        <v>5.0410000000000003E-3</v>
+        <v>4.9389999999999998E-3</v>
       </c>
       <c r="G309" s="10"/>
       <c r="H309" s="11"/>
       <c r="I309" s="6"/>
     </row>
-    <row r="310" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="310" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B310" s="34" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C310" s="28">
         <v>2000</v>
       </c>
       <c r="D310" s="12">
-        <v>6.3299999999999995E-2</v>
+        <v>6.2199999999999998E-2</v>
       </c>
       <c r="E310" s="13">
-        <v>5.1279999999999997E-3</v>
+        <v>5.0410000000000003E-3</v>
       </c>
       <c r="G310" s="10"/>
       <c r="H310" s="11"/>
       <c r="I310" s="6"/>
     </row>
-    <row r="311" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="311" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B311" s="34" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C311" s="28">
         <v>2000</v>
       </c>
       <c r="D311" s="12">
-        <v>6.6199999999999995E-2</v>
+        <v>6.3299999999999995E-2</v>
       </c>
       <c r="E311" s="13">
-        <v>5.3559999999999997E-3</v>
+        <v>5.1279999999999997E-3</v>
       </c>
       <c r="G311" s="10"/>
       <c r="H311" s="11"/>
       <c r="I311" s="6"/>
     </row>
-    <row r="312" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="312" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B312" s="34" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C312" s="28">
         <v>2000</v>
       </c>
       <c r="D312" s="12">
         <v>6.6199999999999995E-2</v>
       </c>
       <c r="E312" s="13">
         <v>5.3559999999999997E-3</v>
       </c>
       <c r="G312" s="10"/>
       <c r="H312" s="11"/>
       <c r="I312" s="6"/>
     </row>
-    <row r="313" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="313" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B313" s="34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C313" s="28">
         <v>2000</v>
       </c>
       <c r="D313" s="12">
-        <v>6.4000000000000001E-2</v>
+        <v>6.6199999999999995E-2</v>
       </c>
       <c r="E313" s="13">
-        <v>5.1830000000000001E-3</v>
+        <v>5.3559999999999997E-3</v>
       </c>
       <c r="G313" s="10"/>
       <c r="H313" s="11"/>
       <c r="I313" s="6"/>
     </row>
-    <row r="314" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="314" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B314" s="34" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C314" s="28">
         <v>2000</v>
       </c>
       <c r="D314" s="12">
-        <v>6.7100000000000007E-2</v>
-[...2 lines deleted...]
-        <v>5.4270000000000004E-3</v>
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="E314" s="13">
+        <v>5.1830000000000001E-3</v>
       </c>
       <c r="G314" s="10"/>
       <c r="H314" s="11"/>
       <c r="I314" s="6"/>
     </row>
-    <row r="315" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="315" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B315" s="34" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C315" s="28">
         <v>2000</v>
       </c>
       <c r="D315" s="12">
-        <v>6.8000000000000005E-2</v>
-[...2 lines deleted...]
-        <v>5.4970000000000001E-3</v>
+        <v>6.7100000000000007E-2</v>
+      </c>
+      <c r="E315" s="24">
+        <v>5.4270000000000004E-3</v>
       </c>
       <c r="G315" s="10"/>
       <c r="H315" s="11"/>
       <c r="I315" s="6"/>
     </row>
-    <row r="316" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="316" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B316" s="34" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C316" s="28">
         <v>2000</v>
       </c>
       <c r="D316" s="12">
-        <v>6.5600000000000006E-2</v>
+        <v>6.8000000000000005E-2</v>
       </c>
       <c r="E316" s="13">
-        <v>5.3090000000000004E-3</v>
+        <v>5.4970000000000001E-3</v>
       </c>
       <c r="G316" s="10"/>
       <c r="H316" s="11"/>
       <c r="I316" s="6"/>
     </row>
-    <row r="317" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C317" s="29">
+    <row r="317" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B317" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C317" s="28">
         <v>2000</v>
       </c>
-      <c r="D317" s="30">
-[...3 lines deleted...]
-        <v>5.0330000000000001E-3</v>
+      <c r="D317" s="12">
+        <v>6.5600000000000006E-2</v>
+      </c>
+      <c r="E317" s="13">
+        <v>5.3090000000000004E-3</v>
       </c>
       <c r="G317" s="10"/>
       <c r="H317" s="11"/>
       <c r="I317" s="6"/>
     </row>
-    <row r="318" spans="2:9" ht="15" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>5.025E-3</v>
+    <row r="318" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B318" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C318" s="29">
+        <v>2000</v>
+      </c>
+      <c r="D318" s="30">
+        <v>6.2100000000000002E-2</v>
+      </c>
+      <c r="E318" s="31">
+        <v>5.0330000000000001E-3</v>
       </c>
       <c r="G318" s="10"/>
       <c r="H318" s="11"/>
       <c r="I318" s="6"/>
     </row>
-    <row r="319" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="319" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B319" s="32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C319" s="3">
         <v>1999</v>
       </c>
       <c r="D319" s="8">
-        <v>6.08E-2</v>
+        <v>6.2E-2</v>
       </c>
       <c r="E319" s="2">
-        <v>4.9309999999999996E-3</v>
+        <v>5.025E-3</v>
       </c>
       <c r="G319" s="10"/>
       <c r="H319" s="11"/>
       <c r="I319" s="6"/>
     </row>
-    <row r="320" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="320" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B320" s="32" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C320" s="3">
         <v>1999</v>
       </c>
       <c r="D320" s="8">
-        <v>6.0199999999999997E-2</v>
+        <v>6.08E-2</v>
       </c>
       <c r="E320" s="2">
-        <v>4.8830000000000002E-3</v>
+        <v>4.9309999999999996E-3</v>
       </c>
       <c r="G320" s="10"/>
       <c r="H320" s="11"/>
       <c r="I320" s="6"/>
     </row>
-    <row r="321" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="321" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B321" s="32" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C321" s="3">
         <v>1999</v>
       </c>
       <c r="D321" s="8">
-        <v>5.9799999999999999E-2</v>
+        <v>6.0199999999999997E-2</v>
       </c>
       <c r="E321" s="2">
-        <v>4.8520000000000004E-3</v>
+        <v>4.8830000000000002E-3</v>
       </c>
       <c r="G321" s="10"/>
       <c r="H321" s="11"/>
       <c r="I321" s="6"/>
     </row>
-    <row r="322" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="322" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B322" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C322" s="3">
         <v>1999</v>
       </c>
       <c r="D322" s="8">
-        <v>5.96E-2</v>
+        <v>5.9799999999999999E-2</v>
       </c>
       <c r="E322" s="2">
-        <v>4.836E-3</v>
+        <v>4.8520000000000004E-3</v>
       </c>
       <c r="G322" s="10"/>
       <c r="H322" s="11"/>
       <c r="I322" s="6"/>
     </row>
-    <row r="323" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="323" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B323" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C323" s="3">
         <v>1999</v>
       </c>
       <c r="D323" s="8">
-        <v>5.8200000000000002E-2</v>
+        <v>5.96E-2</v>
       </c>
       <c r="E323" s="2">
-        <v>4.725E-3</v>
+        <v>4.836E-3</v>
       </c>
       <c r="G323" s="10"/>
       <c r="H323" s="11"/>
       <c r="I323" s="6"/>
     </row>
-    <row r="324" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="324" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B324" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C324" s="3">
         <v>1999</v>
       </c>
       <c r="D324" s="8">
-        <v>5.3699999999999998E-2</v>
+        <v>5.8200000000000002E-2</v>
       </c>
       <c r="E324" s="2">
-        <v>4.3680000000000004E-3</v>
+        <v>4.725E-3</v>
       </c>
       <c r="G324" s="10"/>
       <c r="H324" s="11"/>
       <c r="I324" s="6"/>
     </row>
-    <row r="325" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="325" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B325" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C325" s="3">
         <v>1999</v>
       </c>
       <c r="D325" s="8">
-        <v>5.2200000000000003E-2</v>
+        <v>5.3699999999999998E-2</v>
       </c>
       <c r="E325" s="2">
-        <v>4.2490000000000002E-3</v>
+        <v>4.3680000000000004E-3</v>
       </c>
       <c r="G325" s="10"/>
       <c r="H325" s="11"/>
       <c r="I325" s="6"/>
     </row>
-    <row r="326" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="326" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B326" s="32" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C326" s="3">
         <v>1999</v>
       </c>
       <c r="D326" s="8">
-        <v>5.28E-2</v>
+        <v>5.2200000000000003E-2</v>
       </c>
       <c r="E326" s="2">
-        <v>4.2969999999999996E-3</v>
+        <v>4.2490000000000002E-3</v>
       </c>
       <c r="G326" s="10"/>
       <c r="H326" s="11"/>
       <c r="I326" s="6"/>
     </row>
-    <row r="327" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="327" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B327" s="32" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C327" s="3">
         <v>1999</v>
       </c>
       <c r="D327" s="8">
-        <v>4.8300000000000003E-2</v>
+        <v>5.28E-2</v>
       </c>
       <c r="E327" s="2">
-        <v>3.9389999999999998E-3</v>
+        <v>4.2969999999999996E-3</v>
       </c>
       <c r="G327" s="10"/>
       <c r="H327" s="11"/>
       <c r="I327" s="6"/>
     </row>
-    <row r="328" spans="2:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="328" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B328" s="32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C328" s="3">
         <v>1999</v>
       </c>
       <c r="D328" s="8">
-        <v>4.7100000000000003E-2</v>
+        <v>4.8300000000000003E-2</v>
       </c>
       <c r="E328" s="2">
-        <v>3.8430000000000001E-3</v>
+        <v>3.9389999999999998E-3</v>
       </c>
       <c r="G328" s="10"/>
       <c r="H328" s="11"/>
       <c r="I328" s="6"/>
     </row>
-    <row r="329" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B329" s="36" t="s">
+    <row r="329" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B329" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="C329" s="3">
+        <v>1999</v>
+      </c>
+      <c r="D329" s="8">
+        <v>4.7100000000000003E-2</v>
+      </c>
+      <c r="E329" s="2">
+        <v>3.8430000000000001E-3</v>
+      </c>
+      <c r="G329" s="10"/>
+      <c r="H329" s="11"/>
+      <c r="I329" s="6"/>
+    </row>
+    <row r="330" spans="2:9" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B330" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="C329" s="4">
+      <c r="C330" s="4">
         <v>1999</v>
       </c>
-      <c r="D329" s="9">
+      <c r="D330" s="9">
         <v>4.6399999999999997E-2</v>
       </c>
-      <c r="E329" s="5">
+      <c r="E330" s="5">
         <v>3.787E-3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005FEA8976918E9E4CA9E5F6B66A20984B" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3561dcb9a3fdb5125db57ae2676570c7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5da5df77db1d952acd15beca3261efd6" ns3:_="">
     <xsd:import namespace="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -6514,93 +6525,96 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{950E46D5-EFBB-4E0A-AB99-CF981E55F2E6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3881D20D-859E-400B-9953-CEAC761B7F00}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54939A24-AAFB-4C9E-9FA0-E62F2036CAC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3881D20D-859E-400B-9953-CEAC761B7F00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{950E46D5-EFBB-4E0A-AB99-CF981E55F2E6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>