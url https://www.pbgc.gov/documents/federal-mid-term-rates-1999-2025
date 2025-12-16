--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9541F6B5-771A-4C28-A092-21E5F1EC8EC7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{54EC197D-8402-4F99-8D2F-D00306EBAE25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B80B5415-445E-4817-9D43-4D5FDDF627F5}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B80B5415-445E-4817-9D43-4D5FDDF627F5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="19">
   <si>
     <t>December</t>
@@ -876,114 +876,122 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{897C6228-D334-47FC-8336-074606FE86E9}">
   <dimension ref="B1:I327"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.6328125" customWidth="1"/>
     <col min="2" max="2" width="13.36328125" customWidth="1"/>
     <col min="4" max="4" width="20.453125" customWidth="1"/>
     <col min="5" max="5" width="18.1796875" customWidth="1"/>
     <col min="7" max="7" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="32.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="14" x14ac:dyDescent="0.3">
       <c r="B1" s="17" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="14" t="s">
         <v>13</v>
       </c>
       <c r="G1" s="18">
-        <v>45917</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="2:9" ht="49" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="23" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="2:9" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="32" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="7">
         <v>2025</v>
       </c>
-      <c r="D4" s="8"/>
-      <c r="E4" s="2"/>
+      <c r="D4" s="8">
+        <v>3.7900000000000003E-2</v>
+      </c>
+      <c r="E4" s="2">
+        <v>3.1050000000000001E-3</v>
+      </c>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
     </row>
     <row r="5" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B5" s="32" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="7">
         <v>2025</v>
       </c>
-      <c r="D5" s="8"/>
-      <c r="E5" s="2"/>
+      <c r="D5" s="8">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="E5" s="2">
+        <v>3.137E-3</v>
+      </c>
       <c r="G5" s="10"/>
     </row>
     <row r="6" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B6" s="32" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="7">
         <v>2025</v>
       </c>
       <c r="D6" s="8">
         <v>3.8699999999999998E-2</v>
       </c>
       <c r="E6" s="2">
         <v>3.1689999999999999E-3</v>
       </c>
       <c r="H6" s="10"/>
     </row>
     <row r="7" spans="2:9" ht="14.5" x14ac:dyDescent="0.25">
       <c r="B7" s="32" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="7">
         <v>2025</v>
       </c>
       <c r="D7" s="8">
@@ -6323,56 +6331,53 @@
         <v>3.787E-3</v>
       </c>
       <c r="G327" s="10"/>
       <c r="H327" s="11"/>
       <c r="I327" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005FEA8976918E9E4CA9E5F6B66A20984B" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3561dcb9a3fdb5125db57ae2676570c7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5da5df77db1d952acd15beca3261efd6" ns3:_="">
     <xsd:import namespace="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -6478,123 +6483,126 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{950E46D5-EFBB-4E0A-AB99-CF981E55F2E6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3881D20D-859E-400B-9953-CEAC761B7F00}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54939A24-AAFB-4C9E-9FA0-E62F2036CAC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c9d41d7a-4deb-42fd-b0d0-dfd63c40ff7d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3881D20D-859E-400B-9953-CEAC761B7F00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{950E46D5-EFBB-4E0A-AB99-CF981E55F2E6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Federal Mid-Term Rates 1999-2025</dc:title>
+  <dc:title>Federal Mid-term Rates 1999-2005</dc:title>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005FEA8976918E9E4CA9E5F6B66A20984B</vt:lpwstr>
   </property>
 </Properties>
 </file>