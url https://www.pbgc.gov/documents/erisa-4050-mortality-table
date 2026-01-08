--- v0 (2025-12-05)
+++ v1 (2026-01-08)
@@ -1,147 +1,180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/hudecek_david_pbgc_gov/Documents/Annual Updates/2025/4050 mortality/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="23" documentId="8_{8B0D60A9-A5E3-4B4D-B628-CC2153A4DCE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5D6692AF-DD20-4173-9DE2-9D0DEB7E472F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5B2414D9-8D61-42C9-AC1E-B35AF2E4D84C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{EC29E029-F0A5-4624-90A7-99F7B710138B}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EC29E029-F0A5-4624-90A7-99F7B710138B}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="2" r:id="rId1"/>
-    <sheet name="2024" sheetId="1" r:id="rId2"/>
+    <sheet name="2026" sheetId="3" r:id="rId1"/>
+    <sheet name="2025" sheetId="2" r:id="rId2"/>
+    <sheet name="2024" sheetId="1" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B117" i="2" l="1"/>
+  <c r="B117" i="3" l="1"/>
+  <c r="B118" i="3" s="1"/>
+  <c r="B119" i="3" s="1"/>
+  <c r="B120" i="3" s="1"/>
+  <c r="B121" i="3" s="1"/>
+  <c r="B122" i="3" s="1"/>
+  <c r="B123" i="3" s="1"/>
+  <c r="B124" i="3" s="1"/>
+  <c r="B125" i="3" s="1"/>
+  <c r="B126" i="3" s="1"/>
+  <c r="B7" i="3"/>
+  <c r="B8" i="3" s="1"/>
+  <c r="B9" i="3" s="1"/>
+  <c r="B10" i="3" s="1"/>
+  <c r="B11" i="3" s="1"/>
+  <c r="B12" i="3" s="1"/>
+  <c r="B13" i="3" s="1"/>
+  <c r="B14" i="3" s="1"/>
+  <c r="B15" i="3" s="1"/>
+  <c r="B16" i="3" s="1"/>
+  <c r="B17" i="3" s="1"/>
+  <c r="B18" i="3" s="1"/>
+  <c r="B19" i="3" s="1"/>
+  <c r="B117" i="2"/>
   <c r="B118" i="2" s="1"/>
   <c r="B119" i="2" s="1"/>
   <c r="B120" i="2" s="1"/>
   <c r="B121" i="2" s="1"/>
   <c r="B122" i="2" s="1"/>
   <c r="B123" i="2" s="1"/>
   <c r="B124" i="2" s="1"/>
   <c r="B125" i="2" s="1"/>
   <c r="B126" i="2" s="1"/>
   <c r="B7" i="2"/>
   <c r="B8" i="2" s="1"/>
   <c r="B9" i="2" s="1"/>
   <c r="B10" i="2" s="1"/>
   <c r="B11" i="2" s="1"/>
   <c r="B12" i="2" s="1"/>
   <c r="B13" i="2" s="1"/>
   <c r="B14" i="2" s="1"/>
   <c r="B15" i="2" s="1"/>
   <c r="B16" i="2" s="1"/>
   <c r="B17" i="2" s="1"/>
   <c r="B18" i="2" s="1"/>
   <c r="B19" i="2" s="1"/>
   <c r="B117" i="1"/>
   <c r="B118" i="1" s="1"/>
   <c r="B119" i="1" s="1"/>
   <c r="B120" i="1" s="1"/>
   <c r="B121" i="1" s="1"/>
   <c r="B122" i="1" s="1"/>
   <c r="B123" i="1" s="1"/>
   <c r="B124" i="1" s="1"/>
   <c r="B125" i="1" s="1"/>
   <c r="B126" i="1" s="1"/>
   <c r="B15" i="1"/>
   <c r="B16" i="1" s="1"/>
   <c r="B17" i="1" s="1"/>
   <c r="B18" i="1" s="1"/>
   <c r="B19" i="1" s="1"/>
   <c r="B7" i="1"/>
   <c r="B8" i="1" s="1"/>
   <c r="B9" i="1" s="1"/>
   <c r="B10" i="1" s="1"/>
   <c r="B11" i="1" s="1"/>
   <c r="B12" i="1" s="1"/>
   <c r="B13" i="1" s="1"/>
   <c r="B14" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="8">
+  <si>
+    <t xml:space="preserve">ERISA 4050 Mortality Table </t>
+  </si>
+  <si>
+    <t>for Benefit Determination Dates from January 1, 2026 through December 31, 2026</t>
+  </si>
+  <si>
+    <t>per 29 CFR § 4044.53(h)</t>
+  </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Unisex Mortality</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">ERISA 4050 Mortality Table </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>for Benefit Determination Dates from January 1, 2025 through December 31, 2025</t>
   </si>
   <si>
     <t>for Benefit Determination Dates from July 31, 2024
 through December 31, 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -213,79 +246,79 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -560,2440 +593,4002 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{147174C5-401F-426A-9BB3-9D73B8D758FE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{684902AC-C42E-43EC-AB1D-4B27EAA8B95E}">
   <dimension ref="A1:D129"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:D2"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.08984375" customWidth="1"/>
+    <col min="1" max="1" width="10.1796875" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
-    <col min="3" max="3" width="20.81640625" customWidth="1"/>
-    <col min="4" max="4" width="13.08984375" customWidth="1"/>
+    <col min="3" max="3" width="20.7265625" customWidth="1"/>
+    <col min="4" max="4" width="13.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="1" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="5" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="5"/>
+      <c r="A1" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
     </row>
     <row r="2" spans="1:4" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="7" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
     </row>
     <row r="3" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="6" t="s">
+      <c r="A3" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="6"/>
-[...1 lines deleted...]
-      <c r="D3" s="6"/>
+      <c r="B3" s="8"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
     </row>
     <row r="5" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B5" s="2" t="s">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D5" s="1"/>
     </row>
     <row r="6" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B6" s="3">
         <v>0</v>
       </c>
       <c r="C6" s="4">
-        <v>2.0400000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D6" s="8"/>
+        <v>2.0200000000000001E-3</v>
+      </c>
+      <c r="D6" s="5"/>
     </row>
     <row r="7" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B7" s="3">
         <f>1+B6</f>
         <v>1</v>
       </c>
       <c r="C7" s="4">
         <v>1.3999999999999999E-4</v>
       </c>
-      <c r="D7" s="8"/>
+      <c r="D7" s="5"/>
     </row>
     <row r="8" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B8" s="3">
         <f t="shared" ref="B8:B19" si="0">1+B7</f>
         <v>2</v>
       </c>
       <c r="C8" s="4">
         <v>9.0000000000000006E-5</v>
       </c>
-      <c r="D8" s="8"/>
+      <c r="D8" s="5"/>
     </row>
     <row r="9" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B9" s="3">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="C9" s="4">
         <v>6.9999999999999994E-5</v>
       </c>
-      <c r="D9" s="8"/>
+      <c r="D9" s="5"/>
     </row>
     <row r="10" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B10" s="3">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="C10" s="4">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="D10" s="8"/>
+      <c r="D10" s="5"/>
     </row>
     <row r="11" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B11" s="3">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="C11" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D11" s="8"/>
+      <c r="D11" s="5"/>
     </row>
     <row r="12" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B12" s="3">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="C12" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D12" s="8"/>
+      <c r="D12" s="5"/>
     </row>
     <row r="13" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B13" s="3">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="C13" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D13" s="8"/>
+      <c r="D13" s="5"/>
     </row>
     <row r="14" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B14" s="3">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="C14" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D14" s="8"/>
+      <c r="D14" s="5"/>
     </row>
     <row r="15" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B15" s="3">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="C15" s="4">
-        <v>4.0000000000000003E-5</v>
-[...1 lines deleted...]
-      <c r="D15" s="8"/>
+        <v>3.0000000000000001E-5</v>
+      </c>
+      <c r="D15" s="5"/>
     </row>
     <row r="16" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B16" s="3">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="C16" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D16" s="8"/>
+      <c r="D16" s="5"/>
     </row>
     <row r="17" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B17" s="3">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="C17" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D17" s="8"/>
+      <c r="D17" s="5"/>
     </row>
     <row r="18" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B18" s="3">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="C18" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D18" s="8"/>
+      <c r="D18" s="5"/>
     </row>
     <row r="19" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B19" s="3">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="C19" s="4">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="D19" s="8"/>
+      <c r="D19" s="5"/>
     </row>
     <row r="20" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B20" s="3">
         <v>14</v>
       </c>
       <c r="C20" s="4">
         <v>6.9999999999999994E-5</v>
       </c>
-      <c r="D20" s="8"/>
+      <c r="D20" s="5"/>
     </row>
     <row r="21" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B21" s="3">
         <v>15</v>
       </c>
       <c r="C21" s="4">
-        <v>9.0000000000000006E-5</v>
-[...1 lines deleted...]
-      <c r="D21" s="8"/>
+        <v>8.0000000000000007E-5</v>
+      </c>
+      <c r="D21" s="5"/>
     </row>
     <row r="22" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B22" s="3">
         <v>16</v>
       </c>
       <c r="C22" s="4">
         <v>1E-4</v>
       </c>
-      <c r="D22" s="8"/>
+      <c r="D22" s="5"/>
     </row>
     <row r="23" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B23" s="3">
         <v>17</v>
       </c>
       <c r="C23" s="4">
         <v>1.2E-4</v>
       </c>
-      <c r="D23" s="8"/>
+      <c r="D23" s="5"/>
     </row>
     <row r="24" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B24" s="3">
         <v>18</v>
       </c>
       <c r="C24" s="4">
         <v>1.3999999999999999E-4</v>
       </c>
-      <c r="D24" s="8"/>
+      <c r="D24" s="5"/>
     </row>
     <row r="25" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B25" s="3">
         <v>19</v>
       </c>
       <c r="C25" s="4">
         <v>1.4999999999999999E-4</v>
       </c>
-      <c r="D25" s="8"/>
+      <c r="D25" s="5"/>
     </row>
     <row r="26" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B26" s="3">
         <v>20</v>
       </c>
       <c r="C26" s="4">
         <v>1.6000000000000001E-4</v>
       </c>
-      <c r="D26" s="8"/>
+      <c r="D26" s="5"/>
     </row>
     <row r="27" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B27" s="3">
         <v>21</v>
       </c>
       <c r="C27" s="4">
         <v>1.6000000000000001E-4</v>
       </c>
-      <c r="D27" s="8"/>
+      <c r="D27" s="5"/>
     </row>
     <row r="28" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B28" s="3">
         <v>22</v>
       </c>
       <c r="C28" s="4">
         <v>1.7000000000000001E-4</v>
       </c>
-      <c r="D28" s="8"/>
+      <c r="D28" s="5"/>
     </row>
     <row r="29" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B29" s="3">
         <v>23</v>
       </c>
       <c r="C29" s="4">
         <v>1.8000000000000001E-4</v>
       </c>
-      <c r="D29" s="8"/>
+      <c r="D29" s="5"/>
     </row>
     <row r="30" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B30" s="3">
         <v>24</v>
       </c>
       <c r="C30" s="4">
         <v>1.9000000000000001E-4</v>
       </c>
-      <c r="D30" s="8"/>
+      <c r="D30" s="5"/>
     </row>
     <row r="31" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B31" s="3">
         <v>25</v>
       </c>
       <c r="C31" s="4">
         <v>1.9000000000000001E-4</v>
       </c>
-      <c r="D31" s="8"/>
+      <c r="D31" s="5"/>
     </row>
     <row r="32" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B32" s="3">
         <v>26</v>
       </c>
       <c r="C32" s="4">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="D32" s="8"/>
+      <c r="D32" s="5"/>
     </row>
     <row r="33" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B33" s="3">
         <v>27</v>
       </c>
       <c r="C33" s="4">
         <v>2.1000000000000001E-4</v>
       </c>
-      <c r="D33" s="8"/>
+      <c r="D33" s="5"/>
     </row>
     <row r="34" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B34" s="3">
         <v>28</v>
       </c>
       <c r="C34" s="4">
         <v>2.2000000000000001E-4</v>
       </c>
-      <c r="D34" s="8"/>
+      <c r="D34" s="5"/>
     </row>
     <row r="35" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B35" s="3">
         <v>29</v>
       </c>
       <c r="C35" s="4">
         <v>2.3000000000000001E-4</v>
       </c>
-      <c r="D35" s="8"/>
+      <c r="D35" s="5"/>
     </row>
     <row r="36" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B36" s="3">
         <v>30</v>
       </c>
       <c r="C36" s="4">
-        <v>2.5000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D36" s="8"/>
+        <v>2.4000000000000001E-4</v>
+      </c>
+      <c r="D36" s="5"/>
     </row>
     <row r="37" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B37" s="3">
         <v>31</v>
       </c>
       <c r="C37" s="4">
         <v>2.5999999999999998E-4</v>
       </c>
-      <c r="D37" s="8"/>
+      <c r="D37" s="5"/>
     </row>
     <row r="38" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B38" s="3">
         <v>32</v>
       </c>
       <c r="C38" s="4">
         <v>2.7E-4</v>
       </c>
-      <c r="D38" s="8"/>
+      <c r="D38" s="5"/>
     </row>
     <row r="39" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B39" s="3">
         <v>33</v>
       </c>
       <c r="C39" s="4">
         <v>2.9999999999999997E-4</v>
       </c>
-      <c r="D39" s="8"/>
+      <c r="D39" s="5"/>
     </row>
     <row r="40" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B40" s="3">
         <v>34</v>
       </c>
       <c r="C40" s="4">
         <v>3.1E-4</v>
       </c>
-      <c r="D40" s="8"/>
+      <c r="D40" s="5"/>
     </row>
     <row r="41" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B41" s="3">
         <v>35</v>
       </c>
       <c r="C41" s="4">
-        <v>3.4000000000000002E-4</v>
-[...1 lines deleted...]
-      <c r="D41" s="8"/>
+        <v>3.3E-4</v>
+      </c>
+      <c r="D41" s="5"/>
     </row>
     <row r="42" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B42" s="3">
         <v>36</v>
       </c>
       <c r="C42" s="4">
-        <v>3.6000000000000002E-4</v>
-[...1 lines deleted...]
-      <c r="D42" s="8"/>
+        <v>3.5E-4</v>
+      </c>
+      <c r="D42" s="5"/>
     </row>
     <row r="43" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B43" s="3">
         <v>37</v>
       </c>
       <c r="C43" s="4">
-        <v>3.8000000000000002E-4</v>
-[...1 lines deleted...]
-      <c r="D43" s="8"/>
+        <v>3.6999999999999999E-4</v>
+      </c>
+      <c r="D43" s="5"/>
     </row>
     <row r="44" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B44" s="3">
         <v>38</v>
       </c>
       <c r="C44" s="4">
-        <v>4.0000000000000002E-4</v>
-[...1 lines deleted...]
-      <c r="D44" s="8"/>
+        <v>3.8999999999999999E-4</v>
+      </c>
+      <c r="D44" s="5"/>
     </row>
     <row r="45" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B45" s="3">
         <v>39</v>
       </c>
       <c r="C45" s="4">
-        <v>4.2000000000000002E-4</v>
-[...1 lines deleted...]
-      <c r="D45" s="8"/>
+        <v>4.0999999999999999E-4</v>
+      </c>
+      <c r="D45" s="5"/>
     </row>
     <row r="46" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B46" s="3">
         <v>40</v>
       </c>
       <c r="C46" s="4">
-        <v>4.4000000000000002E-4</v>
-[...1 lines deleted...]
-      <c r="D46" s="8"/>
+        <v>4.2999999999999999E-4</v>
+      </c>
+      <c r="D46" s="5"/>
     </row>
     <row r="47" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B47" s="3">
         <v>41</v>
       </c>
       <c r="C47" s="4">
-        <v>4.4999999999999999E-4</v>
-[...1 lines deleted...]
-      <c r="D47" s="8"/>
+        <v>4.4000000000000002E-4</v>
+      </c>
+      <c r="D47" s="5"/>
     </row>
     <row r="48" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B48" s="3">
         <v>42</v>
       </c>
       <c r="C48" s="4">
-        <v>4.6999999999999999E-4</v>
-[...1 lines deleted...]
-      <c r="D48" s="8"/>
+        <v>4.6000000000000001E-4</v>
+      </c>
+      <c r="D48" s="5"/>
     </row>
     <row r="49" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B49" s="3">
         <v>43</v>
       </c>
       <c r="C49" s="4">
-        <v>4.8999999999999998E-4</v>
-[...1 lines deleted...]
-      <c r="D49" s="8"/>
+        <v>4.8000000000000001E-4</v>
+      </c>
+      <c r="D49" s="5"/>
     </row>
     <row r="50" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B50" s="3">
         <v>44</v>
       </c>
       <c r="C50" s="4">
-        <v>5.1000000000000004E-4</v>
-[...1 lines deleted...]
-      <c r="D50" s="8"/>
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="D50" s="5"/>
     </row>
     <row r="51" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B51" s="3">
         <v>45</v>
       </c>
       <c r="C51" s="4">
-        <v>5.2999999999999998E-4</v>
-[...1 lines deleted...]
-      <c r="D51" s="8"/>
+        <v>5.1999999999999995E-4</v>
+      </c>
+      <c r="D51" s="5"/>
     </row>
     <row r="52" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B52" s="3">
         <v>46</v>
       </c>
       <c r="C52" s="4">
-        <v>5.6999999999999998E-4</v>
-[...1 lines deleted...]
-      <c r="D52" s="8"/>
+        <v>5.5999999999999995E-4</v>
+      </c>
+      <c r="D52" s="5"/>
     </row>
     <row r="53" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B53" s="3">
         <v>47</v>
       </c>
       <c r="C53" s="4">
-        <v>5.9999999999999995E-4</v>
-[...1 lines deleted...]
-      <c r="D53" s="8"/>
+        <v>5.9000000000000003E-4</v>
+      </c>
+      <c r="D53" s="5"/>
     </row>
     <row r="54" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B54" s="3">
         <v>48</v>
       </c>
       <c r="C54" s="4">
         <v>6.4000000000000005E-4</v>
       </c>
-      <c r="D54" s="8"/>
+      <c r="D54" s="5"/>
     </row>
     <row r="55" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B55" s="3">
         <v>49</v>
       </c>
       <c r="C55" s="4">
-        <v>6.8999999999999997E-4</v>
-[...1 lines deleted...]
-      <c r="D55" s="8"/>
+        <v>6.8000000000000005E-4</v>
+      </c>
+      <c r="D55" s="5"/>
     </row>
     <row r="56" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B56" s="3">
         <v>50</v>
       </c>
       <c r="C56" s="4">
-        <v>7.6000000000000004E-4</v>
-[...1 lines deleted...]
-      <c r="D56" s="8"/>
+        <v>7.5000000000000002E-4</v>
+      </c>
+      <c r="D56" s="5"/>
     </row>
     <row r="57" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B57" s="3">
         <v>51</v>
       </c>
       <c r="C57" s="4">
-        <v>8.4000000000000003E-4</v>
-[...1 lines deleted...]
-      <c r="D57" s="8"/>
+        <v>8.3000000000000001E-4</v>
+      </c>
+      <c r="D57" s="5"/>
     </row>
     <row r="58" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B58" s="3">
         <v>52</v>
       </c>
       <c r="C58" s="4">
-        <v>9.3999999999999997E-4</v>
-[...1 lines deleted...]
-      <c r="D58" s="8"/>
+        <v>9.2000000000000003E-4</v>
+      </c>
+      <c r="D58" s="5"/>
     </row>
     <row r="59" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B59" s="3">
         <v>53</v>
       </c>
       <c r="C59" s="4">
-        <v>1.0499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="D59" s="8"/>
+        <v>1.0300000000000001E-3</v>
+      </c>
+      <c r="D59" s="5"/>
     </row>
     <row r="60" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B60" s="3">
         <v>54</v>
       </c>
       <c r="C60" s="4">
-        <v>1.1800000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D60" s="8"/>
+        <v>1.17E-3</v>
+      </c>
+      <c r="D60" s="5"/>
     </row>
     <row r="61" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B61" s="3">
         <v>55</v>
       </c>
       <c r="C61" s="4">
-        <v>1.41E-3</v>
-[...1 lines deleted...]
-      <c r="D61" s="8"/>
+        <v>1.39E-3</v>
+      </c>
+      <c r="D61" s="5"/>
     </row>
     <row r="62" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B62" s="3">
         <v>56</v>
       </c>
       <c r="C62" s="4">
-        <v>1.74E-3</v>
-[...1 lines deleted...]
-      <c r="D62" s="8"/>
+        <v>1.72E-3</v>
+      </c>
+      <c r="D62" s="5"/>
     </row>
     <row r="63" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B63" s="3">
         <v>57</v>
       </c>
       <c r="C63" s="4">
-        <v>2.0200000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D63" s="8"/>
+        <v>2E-3</v>
+      </c>
+      <c r="D63" s="5"/>
     </row>
     <row r="64" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B64" s="3">
         <v>58</v>
       </c>
       <c r="C64" s="4">
-        <v>2.3500000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D64" s="8"/>
+        <v>2.32E-3</v>
+      </c>
+      <c r="D64" s="5"/>
     </row>
     <row r="65" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B65" s="3">
         <v>59</v>
       </c>
       <c r="C65" s="4">
-        <v>2.7299999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="D65" s="8"/>
+        <v>2.6900000000000001E-3</v>
+      </c>
+      <c r="D65" s="5"/>
     </row>
     <row r="66" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B66" s="3">
         <v>60</v>
       </c>
       <c r="C66" s="4">
-        <v>3.1700000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D66" s="8"/>
+        <v>3.13E-3</v>
+      </c>
+      <c r="D66" s="5"/>
     </row>
     <row r="67" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B67" s="3">
         <v>61</v>
       </c>
       <c r="C67" s="4">
-        <v>3.65E-3</v>
-[...1 lines deleted...]
-      <c r="D67" s="8"/>
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="D67" s="5"/>
     </row>
     <row r="68" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B68" s="3">
         <v>62</v>
       </c>
       <c r="C68" s="4">
-        <v>4.3400000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D68" s="8"/>
+        <v>4.28E-3</v>
+      </c>
+      <c r="D68" s="5"/>
     </row>
     <row r="69" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B69" s="3">
         <v>63</v>
       </c>
       <c r="C69" s="4">
-        <v>5.0699999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="D69" s="8"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="D69" s="5"/>
     </row>
     <row r="70" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B70" s="3">
         <v>64</v>
       </c>
       <c r="C70" s="4">
-        <v>5.7000000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="D70" s="8"/>
+        <v>5.62E-3</v>
+      </c>
+      <c r="D70" s="5"/>
     </row>
     <row r="71" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B71" s="3">
         <v>65</v>
       </c>
       <c r="C71" s="4">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="D71" s="8"/>
+        <v>6.4099999999999999E-3</v>
+      </c>
+      <c r="D71" s="5"/>
     </row>
     <row r="72" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B72" s="3">
         <v>66</v>
       </c>
       <c r="C72" s="4">
-        <v>7.3800000000000003E-3</v>
-[...1 lines deleted...]
-      <c r="D72" s="8"/>
+        <v>7.2899999999999996E-3</v>
+      </c>
+      <c r="D72" s="5"/>
     </row>
     <row r="73" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B73" s="3">
         <v>67</v>
       </c>
       <c r="C73" s="4">
-        <v>8.2299999999999995E-3</v>
-[...1 lines deleted...]
-      <c r="D73" s="8"/>
+        <v>8.1300000000000001E-3</v>
+      </c>
+      <c r="D73" s="5"/>
     </row>
     <row r="74" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B74" s="3">
         <v>68</v>
       </c>
       <c r="C74" s="4">
-        <v>9.1599999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="D74" s="8"/>
+        <v>9.0399999999999994E-3</v>
+      </c>
+      <c r="D74" s="5"/>
     </row>
     <row r="75" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B75" s="3">
         <v>69</v>
       </c>
       <c r="C75" s="4">
-        <v>1.021E-2</v>
-[...1 lines deleted...]
-      <c r="D75" s="8"/>
+        <v>1.008E-2</v>
+      </c>
+      <c r="D75" s="5"/>
     </row>
     <row r="76" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B76" s="3">
         <v>70</v>
       </c>
       <c r="C76" s="4">
-        <v>1.141E-2</v>
-[...1 lines deleted...]
-      <c r="D76" s="8"/>
+        <v>1.1270000000000001E-2</v>
+      </c>
+      <c r="D76" s="5"/>
     </row>
     <row r="77" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B77" s="3">
         <v>71</v>
       </c>
       <c r="C77" s="4">
-        <v>1.278E-2</v>
-[...1 lines deleted...]
-      <c r="D77" s="8"/>
+        <v>1.2619999999999999E-2</v>
+      </c>
+      <c r="D77" s="5"/>
     </row>
     <row r="78" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B78" s="3">
         <v>72</v>
       </c>
       <c r="C78" s="4">
-        <v>1.435E-2</v>
-[...1 lines deleted...]
-      <c r="D78" s="8"/>
+        <v>1.417E-2</v>
+      </c>
+      <c r="D78" s="5"/>
     </row>
     <row r="79" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B79" s="3">
         <v>73</v>
       </c>
       <c r="C79" s="4">
-        <v>1.6109999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="D79" s="8"/>
+        <v>1.592E-2</v>
+      </c>
+      <c r="D79" s="5"/>
     </row>
     <row r="80" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B80" s="3">
         <v>74</v>
       </c>
       <c r="C80" s="4">
-        <v>1.8149999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="D80" s="8"/>
+        <v>1.7940000000000001E-2</v>
+      </c>
+      <c r="D80" s="5"/>
     </row>
     <row r="81" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B81" s="3">
         <v>75</v>
       </c>
       <c r="C81" s="4">
-        <v>2.0490000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="D81" s="8"/>
+        <v>2.0250000000000001E-2</v>
+      </c>
+      <c r="D81" s="5"/>
     </row>
     <row r="82" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B82" s="3">
         <v>76</v>
       </c>
       <c r="C82" s="4">
-        <v>2.317E-2</v>
-[...1 lines deleted...]
-      <c r="D82" s="8"/>
+        <v>2.291E-2</v>
+      </c>
+      <c r="D82" s="5"/>
     </row>
     <row r="83" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B83" s="3">
         <v>77</v>
       </c>
       <c r="C83" s="4">
-        <v>2.6259999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="D83" s="8"/>
+        <v>2.596E-2</v>
+      </c>
+      <c r="D83" s="5"/>
     </row>
     <row r="84" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B84" s="3">
         <v>78</v>
       </c>
       <c r="C84" s="4">
-        <v>2.9790000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="D84" s="8"/>
+        <v>2.945E-2</v>
+      </c>
+      <c r="D84" s="5"/>
     </row>
     <row r="85" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B85" s="3">
         <v>79</v>
       </c>
       <c r="C85" s="4">
-        <v>3.3820000000000003E-2</v>
-[...1 lines deleted...]
-      <c r="D85" s="8"/>
+        <v>3.3450000000000001E-2</v>
+      </c>
+      <c r="D85" s="5"/>
     </row>
     <row r="86" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B86" s="3">
         <v>80</v>
       </c>
       <c r="C86" s="4">
-        <v>3.8620000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="D86" s="8"/>
+        <v>3.823E-2</v>
+      </c>
+      <c r="D86" s="5"/>
     </row>
     <row r="87" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B87" s="3">
         <v>81</v>
       </c>
       <c r="C87" s="4">
-        <v>4.3560000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="D87" s="8"/>
+        <v>4.3150000000000001E-2</v>
+      </c>
+      <c r="D87" s="5"/>
     </row>
     <row r="88" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B88" s="3">
         <v>82</v>
       </c>
       <c r="C88" s="4">
-        <v>4.9160000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="D88" s="8"/>
+        <v>4.8719999999999999E-2</v>
+      </c>
+      <c r="D88" s="5"/>
     </row>
     <row r="89" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B89" s="3">
         <v>83</v>
       </c>
       <c r="C89" s="4">
-        <v>5.5489999999999998E-2</v>
-[...1 lines deleted...]
-      <c r="D89" s="8"/>
+        <v>5.5019999999999999E-2</v>
+      </c>
+      <c r="D89" s="5"/>
     </row>
     <row r="90" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B90" s="3">
         <v>84</v>
       </c>
       <c r="C90" s="4">
-        <v>6.2670000000000003E-2</v>
-[...1 lines deleted...]
-      <c r="D90" s="8"/>
+        <v>6.2170000000000003E-2</v>
+      </c>
+      <c r="D90" s="5"/>
     </row>
     <row r="91" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B91" s="3">
         <v>85</v>
       </c>
       <c r="C91" s="4">
-        <v>7.0830000000000004E-2</v>
-[...1 lines deleted...]
-      <c r="D91" s="8"/>
+        <v>7.0290000000000005E-2</v>
+      </c>
+      <c r="D91" s="5"/>
     </row>
     <row r="92" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B92" s="3">
         <v>86</v>
       </c>
       <c r="C92" s="4">
-        <v>8.0049999999999996E-2</v>
-[...1 lines deleted...]
-      <c r="D92" s="8"/>
+        <v>7.9469999999999999E-2</v>
+      </c>
+      <c r="D92" s="5"/>
     </row>
     <row r="93" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B93" s="3">
         <v>87</v>
       </c>
       <c r="C93" s="4">
-        <v>9.0440000000000006E-2</v>
-[...1 lines deleted...]
-      <c r="D93" s="8"/>
+        <v>8.9819999999999997E-2</v>
+      </c>
+      <c r="D93" s="5"/>
     </row>
     <row r="94" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B94" s="3">
         <v>88</v>
       </c>
       <c r="C94" s="4">
-        <v>0.1022</v>
-[...1 lines deleted...]
-      <c r="D94" s="8"/>
+        <v>0.10154000000000001</v>
+      </c>
+      <c r="D94" s="5"/>
     </row>
     <row r="95" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B95" s="3">
         <v>89</v>
       </c>
       <c r="C95" s="4">
-        <v>0.11526</v>
-[...1 lines deleted...]
-      <c r="D95" s="8"/>
+        <v>0.11457000000000001</v>
+      </c>
+      <c r="D95" s="5"/>
     </row>
     <row r="96" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B96" s="3">
         <v>90</v>
       </c>
       <c r="C96" s="4">
-        <v>0.12962000000000001</v>
-[...1 lines deleted...]
-      <c r="D96" s="8"/>
+        <v>0.12889</v>
+      </c>
+      <c r="D96" s="5"/>
     </row>
     <row r="97" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B97" s="3">
         <v>91</v>
       </c>
       <c r="C97" s="4">
-        <v>0.14463000000000001</v>
-[...1 lines deleted...]
-      <c r="D97" s="8"/>
+        <v>0.14387</v>
+      </c>
+      <c r="D97" s="5"/>
     </row>
     <row r="98" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B98" s="3">
         <v>92</v>
       </c>
       <c r="C98" s="4">
-        <v>0.16012000000000001</v>
-[...1 lines deleted...]
-      <c r="D98" s="8"/>
+        <v>0.15933</v>
+      </c>
+      <c r="D98" s="5"/>
     </row>
     <row r="99" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B99" s="3">
         <v>93</v>
       </c>
       <c r="C99" s="4">
-        <v>0.17601</v>
-[...1 lines deleted...]
-      <c r="D99" s="8"/>
+        <v>0.17521999999999999</v>
+      </c>
+      <c r="D99" s="5"/>
     </row>
     <row r="100" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B100" s="3">
         <v>94</v>
       </c>
       <c r="C100" s="4">
-        <v>0.19206000000000001</v>
-[...1 lines deleted...]
-      <c r="D100" s="8"/>
+        <v>0.19127</v>
+      </c>
+      <c r="D100" s="5"/>
     </row>
     <row r="101" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B101" s="3">
         <v>95</v>
       </c>
       <c r="C101" s="4">
-        <v>0.20821999999999999</v>
-[...1 lines deleted...]
-      <c r="D101" s="8"/>
+        <v>0.20745</v>
+      </c>
+      <c r="D101" s="5"/>
     </row>
     <row r="102" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B102" s="3">
         <v>96</v>
       </c>
       <c r="C102" s="4">
-        <v>0.22545000000000001</v>
-[...1 lines deleted...]
-      <c r="D102" s="8"/>
+        <v>0.22467000000000001</v>
+      </c>
+      <c r="D102" s="5"/>
     </row>
     <row r="103" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B103" s="3">
         <v>97</v>
       </c>
       <c r="C103" s="4">
-        <v>0.24310999999999999</v>
-[...1 lines deleted...]
-      <c r="D103" s="8"/>
+        <v>0.24234</v>
+      </c>
+      <c r="D103" s="5"/>
     </row>
     <row r="104" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B104" s="3">
         <v>98</v>
       </c>
       <c r="C104" s="4">
-        <v>0.26123000000000002</v>
-[...1 lines deleted...]
-      <c r="D104" s="8"/>
+        <v>0.26047999999999999</v>
+      </c>
+      <c r="D104" s="5"/>
     </row>
     <row r="105" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B105" s="3">
         <v>99</v>
       </c>
       <c r="C105" s="4">
-        <v>0.27986</v>
-[...1 lines deleted...]
-      <c r="D105" s="8"/>
+        <v>0.27911999999999998</v>
+      </c>
+      <c r="D105" s="5"/>
     </row>
     <row r="106" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B106" s="3">
         <v>100</v>
       </c>
       <c r="C106" s="4">
-        <v>0.29887000000000002</v>
-[...1 lines deleted...]
-      <c r="D106" s="8"/>
+        <v>0.29814000000000002</v>
+      </c>
+      <c r="D106" s="5"/>
     </row>
     <row r="107" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B107" s="3">
         <v>101</v>
       </c>
       <c r="C107" s="4">
-        <v>0.31817000000000001</v>
-[...1 lines deleted...]
-      <c r="D107" s="8"/>
+        <v>0.31746000000000002</v>
+      </c>
+      <c r="D107" s="5"/>
     </row>
     <row r="108" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B108" s="3">
         <v>102</v>
       </c>
       <c r="C108" s="4">
-        <v>0.33748</v>
-[...1 lines deleted...]
-      <c r="D108" s="8"/>
+        <v>0.33676</v>
+      </c>
+      <c r="D108" s="5"/>
     </row>
     <row r="109" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B109" s="3">
         <v>103</v>
       </c>
       <c r="C109" s="4">
-        <v>0.35672999999999999</v>
-[...1 lines deleted...]
-      <c r="D109" s="8"/>
+        <v>0.35594999999999999</v>
+      </c>
+      <c r="D109" s="5"/>
     </row>
     <row r="110" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B110" s="3">
         <v>104</v>
       </c>
       <c r="C110" s="4">
-        <v>0.37583</v>
-[...1 lines deleted...]
-      <c r="D110" s="8"/>
+        <v>0.37502000000000002</v>
+      </c>
+      <c r="D110" s="5"/>
     </row>
     <row r="111" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B111" s="3">
         <v>105</v>
       </c>
       <c r="C111" s="4">
-        <v>0.39435999999999999</v>
-[...1 lines deleted...]
-      <c r="D111" s="8"/>
+        <v>0.39354</v>
+      </c>
+      <c r="D111" s="5"/>
     </row>
     <row r="112" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B112" s="3">
         <v>106</v>
       </c>
       <c r="C112" s="4">
-        <v>0.41244999999999998</v>
-[...1 lines deleted...]
-      <c r="D112" s="8"/>
+        <v>0.41166000000000003</v>
+      </c>
+      <c r="D112" s="5"/>
     </row>
     <row r="113" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B113" s="3">
         <v>107</v>
       </c>
       <c r="C113" s="4">
-        <v>0.42998999999999998</v>
-[...1 lines deleted...]
-      <c r="D113" s="8"/>
+        <v>0.42920999999999998</v>
+      </c>
+      <c r="D113" s="5"/>
     </row>
     <row r="114" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B114" s="3">
         <v>108</v>
       </c>
       <c r="C114" s="4">
-        <v>0.44667000000000001</v>
-[...1 lines deleted...]
-      <c r="D114" s="8"/>
+        <v>0.44595000000000001</v>
+      </c>
+      <c r="D114" s="5"/>
     </row>
     <row r="115" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B115" s="3">
         <v>109</v>
       </c>
       <c r="C115" s="4">
-        <v>0.46271000000000001</v>
-[...1 lines deleted...]
-      <c r="D115" s="8"/>
+        <v>0.46204000000000001</v>
+      </c>
+      <c r="D115" s="5"/>
     </row>
     <row r="116" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B116" s="3">
         <v>110</v>
       </c>
       <c r="C116" s="4">
-        <v>0.47567999999999999</v>
-[...1 lines deleted...]
-      <c r="D116" s="8"/>
+        <v>0.47508</v>
+      </c>
+      <c r="D116" s="5"/>
     </row>
     <row r="117" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B117" s="3">
         <f>1+B116</f>
         <v>111</v>
       </c>
       <c r="C117" s="4">
-        <v>0.48416999999999999</v>
-[...1 lines deleted...]
-      <c r="D117" s="8"/>
+        <v>0.48365999999999998</v>
+      </c>
+      <c r="D117" s="5"/>
     </row>
     <row r="118" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B118" s="3">
         <f t="shared" ref="B118:B126" si="1">1+B117</f>
         <v>112</v>
       </c>
       <c r="C118" s="4">
-        <v>0.49225999999999998</v>
-[...1 lines deleted...]
-      <c r="D118" s="8"/>
+        <v>0.49184</v>
+      </c>
+      <c r="D118" s="5"/>
     </row>
     <row r="119" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B119" s="3">
         <f t="shared" si="1"/>
         <v>113</v>
       </c>
       <c r="C119" s="4">
-        <v>0.49634</v>
-[...1 lines deleted...]
-      <c r="D119" s="8"/>
+        <v>0.49602000000000002</v>
+      </c>
+      <c r="D119" s="5"/>
     </row>
     <row r="120" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B120" s="3">
         <f t="shared" si="1"/>
         <v>114</v>
       </c>
       <c r="C120" s="4">
-        <v>0.49773000000000001</v>
-[...1 lines deleted...]
-      <c r="D120" s="8"/>
+        <v>0.49751000000000001</v>
+      </c>
+      <c r="D120" s="5"/>
     </row>
     <row r="121" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B121" s="3">
         <f t="shared" si="1"/>
         <v>115</v>
       </c>
       <c r="C121" s="4">
-        <v>0.49914999999999998</v>
-[...1 lines deleted...]
-      <c r="D121" s="8"/>
+        <v>0.49902999999999997</v>
+      </c>
+      <c r="D121" s="5"/>
     </row>
     <row r="122" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B122" s="3">
         <f t="shared" si="1"/>
         <v>116</v>
       </c>
       <c r="C122" s="4">
-        <v>0.49952999999999997</v>
-[...1 lines deleted...]
-      <c r="D122" s="8"/>
+        <v>0.49945000000000001</v>
+      </c>
+      <c r="D122" s="5"/>
     </row>
     <row r="123" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B123" s="3">
         <f t="shared" si="1"/>
         <v>117</v>
       </c>
       <c r="C123" s="4">
-        <v>0.49973000000000001</v>
-[...1 lines deleted...]
-      <c r="D123" s="8"/>
+        <v>0.49968000000000001</v>
+      </c>
+      <c r="D123" s="5"/>
     </row>
     <row r="124" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B124" s="3">
         <f t="shared" si="1"/>
         <v>118</v>
       </c>
       <c r="C124" s="4">
-        <v>0.49992999999999999</v>
-[...1 lines deleted...]
-      <c r="D124" s="8"/>
+        <v>0.49990000000000001</v>
+      </c>
+      <c r="D124" s="5"/>
     </row>
     <row r="125" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B125" s="3">
         <f t="shared" si="1"/>
         <v>119</v>
       </c>
       <c r="C125" s="4">
         <v>0.5</v>
       </c>
-      <c r="D125" s="8"/>
+      <c r="D125" s="5"/>
     </row>
     <row r="126" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B126" s="3">
         <f t="shared" si="1"/>
         <v>120</v>
       </c>
       <c r="C126" s="4">
         <v>1</v>
       </c>
-      <c r="D126" s="8"/>
+      <c r="D126" s="5"/>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C127" s="1"/>
-      <c r="D127" s="8"/>
+      <c r="D127" s="5"/>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C128" s="1"/>
-      <c r="D128" s="8"/>
+      <c r="D128" s="5"/>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B129" s="1"/>
       <c r="C129" s="1"/>
       <c r="D129" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC282C12-515A-473F-9029-46C0806B9FC9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{147174C5-401F-426A-9BB3-9D73B8D758FE}">
   <dimension ref="A1:D129"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:D2"/>
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.08984375" customWidth="1"/>
+    <col min="1" max="1" width="10.1796875" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
-    <col min="3" max="3" width="20.81640625" customWidth="1"/>
-    <col min="4" max="4" width="13.08984375" customWidth="1"/>
+    <col min="3" max="3" width="20.7265625" customWidth="1"/>
+    <col min="4" max="4" width="13.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="1" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="5" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:4" s="1" customFormat="1" ht="30.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+    </row>
+    <row r="2" spans="1:4" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
     </row>
     <row r="3" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="6" t="s">
+      <c r="A3" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="6"/>
-[...1 lines deleted...]
-      <c r="D3" s="6"/>
+      <c r="B3" s="8"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
     </row>
     <row r="5" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B5" s="2" t="s">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D5" s="1"/>
     </row>
     <row r="6" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B6" s="3">
         <v>0</v>
       </c>
       <c r="C6" s="4">
-        <v>2.0699999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="D6" s="1"/>
+        <v>2.0400000000000001E-3</v>
+      </c>
+      <c r="D6" s="5"/>
     </row>
     <row r="7" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B7" s="3">
         <f>1+B6</f>
         <v>1</v>
       </c>
       <c r="C7" s="4">
-        <v>1.4999999999999999E-4</v>
-[...1 lines deleted...]
-      <c r="D7" s="1"/>
+        <v>1.3999999999999999E-4</v>
+      </c>
+      <c r="D7" s="5"/>
     </row>
     <row r="8" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B8" s="3">
         <f t="shared" ref="B8:B19" si="0">1+B7</f>
         <v>2</v>
       </c>
       <c r="C8" s="4">
-        <v>1E-4</v>
-[...1 lines deleted...]
-      <c r="D8" s="1"/>
+        <v>9.0000000000000006E-5</v>
+      </c>
+      <c r="D8" s="5"/>
     </row>
     <row r="9" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B9" s="3">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="C9" s="4">
-        <v>8.0000000000000007E-5</v>
-[...1 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>6.9999999999999994E-5</v>
+      </c>
+      <c r="D9" s="5"/>
     </row>
     <row r="10" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B10" s="3">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="C10" s="4">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="D10" s="1"/>
+      <c r="D10" s="5"/>
     </row>
     <row r="11" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B11" s="3">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="C11" s="4">
-        <v>6.0000000000000002E-5</v>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+        <v>5.0000000000000002E-5</v>
+      </c>
+      <c r="D11" s="5"/>
     </row>
     <row r="12" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B12" s="3">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="C12" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D12" s="1"/>
+      <c r="D12" s="5"/>
     </row>
     <row r="13" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B13" s="3">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="C13" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D13" s="1"/>
+      <c r="D13" s="5"/>
     </row>
     <row r="14" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B14" s="3">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="C14" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D14" s="1"/>
+      <c r="D14" s="5"/>
     </row>
     <row r="15" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B15" s="3">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="C15" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D15" s="1"/>
+      <c r="D15" s="5"/>
     </row>
     <row r="16" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B16" s="3">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="C16" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D16" s="1"/>
+      <c r="D16" s="5"/>
     </row>
     <row r="17" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B17" s="3">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="C17" s="4">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="D17" s="1"/>
+      <c r="D17" s="5"/>
     </row>
     <row r="18" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B18" s="3">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="C18" s="4">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="D18" s="1"/>
+      <c r="D18" s="5"/>
     </row>
     <row r="19" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B19" s="3">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="C19" s="4">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="D19" s="1"/>
+      <c r="D19" s="5"/>
     </row>
     <row r="20" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B20" s="3">
         <v>14</v>
       </c>
       <c r="C20" s="4">
-        <v>8.0000000000000007E-5</v>
-[...1 lines deleted...]
-      <c r="D20" s="1"/>
+        <v>6.9999999999999994E-5</v>
+      </c>
+      <c r="D20" s="5"/>
     </row>
     <row r="21" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B21" s="3">
         <v>15</v>
       </c>
       <c r="C21" s="4">
         <v>9.0000000000000006E-5</v>
       </c>
-      <c r="D21" s="1"/>
+      <c r="D21" s="5"/>
     </row>
     <row r="22" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B22" s="3">
         <v>16</v>
       </c>
       <c r="C22" s="4">
         <v>1E-4</v>
       </c>
-      <c r="D22" s="1"/>
+      <c r="D22" s="5"/>
     </row>
     <row r="23" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B23" s="3">
         <v>17</v>
       </c>
       <c r="C23" s="4">
         <v>1.2E-4</v>
       </c>
-      <c r="D23" s="1"/>
+      <c r="D23" s="5"/>
     </row>
     <row r="24" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B24" s="3">
         <v>18</v>
       </c>
       <c r="C24" s="4">
         <v>1.3999999999999999E-4</v>
       </c>
-      <c r="D24" s="1"/>
+      <c r="D24" s="5"/>
     </row>
     <row r="25" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B25" s="3">
         <v>19</v>
       </c>
       <c r="C25" s="4">
-        <v>1.6000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D25" s="1"/>
+        <v>1.4999999999999999E-4</v>
+      </c>
+      <c r="D25" s="5"/>
     </row>
     <row r="26" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B26" s="3">
         <v>20</v>
       </c>
       <c r="C26" s="4">
         <v>1.6000000000000001E-4</v>
       </c>
-      <c r="D26" s="1"/>
+      <c r="D26" s="5"/>
     </row>
     <row r="27" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B27" s="3">
         <v>21</v>
       </c>
       <c r="C27" s="4">
-        <v>1.7000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D27" s="1"/>
+        <v>1.6000000000000001E-4</v>
+      </c>
+      <c r="D27" s="5"/>
     </row>
     <row r="28" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B28" s="3">
         <v>22</v>
       </c>
       <c r="C28" s="4">
         <v>1.7000000000000001E-4</v>
       </c>
-      <c r="D28" s="1"/>
+      <c r="D28" s="5"/>
     </row>
     <row r="29" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B29" s="3">
         <v>23</v>
       </c>
       <c r="C29" s="4">
         <v>1.8000000000000001E-4</v>
       </c>
-      <c r="D29" s="1"/>
+      <c r="D29" s="5"/>
     </row>
     <row r="30" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B30" s="3">
         <v>24</v>
       </c>
       <c r="C30" s="4">
         <v>1.9000000000000001E-4</v>
       </c>
-      <c r="D30" s="1"/>
+      <c r="D30" s="5"/>
     </row>
     <row r="31" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B31" s="3">
         <v>25</v>
       </c>
       <c r="C31" s="4">
-        <v>2.0000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D31" s="1"/>
+        <v>1.9000000000000001E-4</v>
+      </c>
+      <c r="D31" s="5"/>
     </row>
     <row r="32" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B32" s="3">
         <v>26</v>
       </c>
       <c r="C32" s="4">
-        <v>2.1000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D32" s="1"/>
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="D32" s="5"/>
     </row>
     <row r="33" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B33" s="3">
         <v>27</v>
       </c>
       <c r="C33" s="4">
-        <v>2.2000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D33" s="1"/>
+        <v>2.1000000000000001E-4</v>
+      </c>
+      <c r="D33" s="5"/>
     </row>
     <row r="34" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B34" s="3">
         <v>28</v>
       </c>
       <c r="C34" s="4">
-        <v>2.3000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D34" s="1"/>
+        <v>2.2000000000000001E-4</v>
+      </c>
+      <c r="D34" s="5"/>
     </row>
     <row r="35" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B35" s="3">
         <v>29</v>
       </c>
       <c r="C35" s="4">
         <v>2.3000000000000001E-4</v>
       </c>
-      <c r="D35" s="1"/>
+      <c r="D35" s="5"/>
     </row>
     <row r="36" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B36" s="3">
         <v>30</v>
       </c>
       <c r="C36" s="4">
         <v>2.5000000000000001E-4</v>
       </c>
-      <c r="D36" s="1"/>
+      <c r="D36" s="5"/>
     </row>
     <row r="37" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B37" s="3">
         <v>31</v>
       </c>
       <c r="C37" s="4">
         <v>2.5999999999999998E-4</v>
       </c>
-      <c r="D37" s="1"/>
+      <c r="D37" s="5"/>
     </row>
     <row r="38" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B38" s="3">
         <v>32</v>
       </c>
       <c r="C38" s="4">
-        <v>2.7999999999999998E-4</v>
-[...1 lines deleted...]
-      <c r="D38" s="1"/>
+        <v>2.7E-4</v>
+      </c>
+      <c r="D38" s="5"/>
     </row>
     <row r="39" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B39" s="3">
         <v>33</v>
       </c>
       <c r="C39" s="4">
         <v>2.9999999999999997E-4</v>
       </c>
-      <c r="D39" s="1"/>
+      <c r="D39" s="5"/>
     </row>
     <row r="40" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B40" s="3">
         <v>34</v>
       </c>
       <c r="C40" s="4">
-        <v>3.2000000000000003E-4</v>
-[...1 lines deleted...]
-      <c r="D40" s="1"/>
+        <v>3.1E-4</v>
+      </c>
+      <c r="D40" s="5"/>
     </row>
     <row r="41" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B41" s="3">
         <v>35</v>
       </c>
       <c r="C41" s="4">
         <v>3.4000000000000002E-4</v>
       </c>
-      <c r="D41" s="1"/>
+      <c r="D41" s="5"/>
     </row>
     <row r="42" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B42" s="3">
         <v>36</v>
       </c>
       <c r="C42" s="4">
         <v>3.6000000000000002E-4</v>
       </c>
-      <c r="D42" s="1"/>
+      <c r="D42" s="5"/>
     </row>
     <row r="43" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B43" s="3">
         <v>37</v>
       </c>
       <c r="C43" s="4">
         <v>3.8000000000000002E-4</v>
       </c>
-      <c r="D43" s="1"/>
+      <c r="D43" s="5"/>
     </row>
     <row r="44" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B44" s="3">
         <v>38</v>
       </c>
       <c r="C44" s="4">
         <v>4.0000000000000002E-4</v>
       </c>
-      <c r="D44" s="1"/>
+      <c r="D44" s="5"/>
     </row>
     <row r="45" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B45" s="3">
         <v>39</v>
       </c>
       <c r="C45" s="4">
-        <v>4.2999999999999999E-4</v>
-[...1 lines deleted...]
-      <c r="D45" s="1"/>
+        <v>4.2000000000000002E-4</v>
+      </c>
+      <c r="D45" s="5"/>
     </row>
     <row r="46" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B46" s="3">
         <v>40</v>
       </c>
       <c r="C46" s="4">
         <v>4.4000000000000002E-4</v>
       </c>
-      <c r="D46" s="1"/>
+      <c r="D46" s="5"/>
     </row>
     <row r="47" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B47" s="3">
         <v>41</v>
       </c>
       <c r="C47" s="4">
-        <v>4.6000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D47" s="1"/>
+        <v>4.4999999999999999E-4</v>
+      </c>
+      <c r="D47" s="5"/>
     </row>
     <row r="48" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B48" s="3">
         <v>42</v>
       </c>
       <c r="C48" s="4">
-        <v>4.8000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D48" s="1"/>
+        <v>4.6999999999999999E-4</v>
+      </c>
+      <c r="D48" s="5"/>
     </row>
     <row r="49" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B49" s="3">
         <v>43</v>
       </c>
       <c r="C49" s="4">
         <v>4.8999999999999998E-4</v>
       </c>
-      <c r="D49" s="1"/>
+      <c r="D49" s="5"/>
     </row>
     <row r="50" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B50" s="3">
         <v>44</v>
       </c>
       <c r="C50" s="4">
-        <v>5.1999999999999995E-4</v>
-[...1 lines deleted...]
-      <c r="D50" s="1"/>
+        <v>5.1000000000000004E-4</v>
+      </c>
+      <c r="D50" s="5"/>
     </row>
     <row r="51" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B51" s="3">
         <v>45</v>
       </c>
       <c r="C51" s="4">
-        <v>5.4000000000000001E-4</v>
-[...1 lines deleted...]
-      <c r="D51" s="1"/>
+        <v>5.2999999999999998E-4</v>
+      </c>
+      <c r="D51" s="5"/>
     </row>
     <row r="52" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B52" s="3">
         <v>46</v>
       </c>
       <c r="C52" s="4">
-        <v>5.8E-4</v>
-[...1 lines deleted...]
-      <c r="D52" s="1"/>
+        <v>5.6999999999999998E-4</v>
+      </c>
+      <c r="D52" s="5"/>
     </row>
     <row r="53" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B53" s="3">
         <v>47</v>
       </c>
       <c r="C53" s="4">
-        <v>6.0999999999999997E-4</v>
-[...1 lines deleted...]
-      <c r="D53" s="1"/>
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="D53" s="5"/>
     </row>
     <row r="54" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B54" s="3">
         <v>48</v>
       </c>
       <c r="C54" s="4">
-        <v>6.4999999999999997E-4</v>
-[...1 lines deleted...]
-      <c r="D54" s="1"/>
+        <v>6.4000000000000005E-4</v>
+      </c>
+      <c r="D54" s="5"/>
     </row>
     <row r="55" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B55" s="3">
         <v>49</v>
       </c>
       <c r="C55" s="4">
-        <v>6.9999999999999999E-4</v>
-[...1 lines deleted...]
-      <c r="D55" s="1"/>
+        <v>6.8999999999999997E-4</v>
+      </c>
+      <c r="D55" s="5"/>
     </row>
     <row r="56" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B56" s="3">
         <v>50</v>
       </c>
       <c r="C56" s="4">
         <v>7.6000000000000004E-4</v>
       </c>
-      <c r="D56" s="1"/>
+      <c r="D56" s="5"/>
     </row>
     <row r="57" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B57" s="3">
         <v>51</v>
       </c>
       <c r="C57" s="4">
-        <v>8.4999999999999995E-4</v>
-[...1 lines deleted...]
-      <c r="D57" s="1"/>
+        <v>8.4000000000000003E-4</v>
+      </c>
+      <c r="D57" s="5"/>
     </row>
     <row r="58" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B58" s="3">
         <v>52</v>
       </c>
       <c r="C58" s="4">
-        <v>9.5E-4</v>
-[...1 lines deleted...]
-      <c r="D58" s="1"/>
+        <v>9.3999999999999997E-4</v>
+      </c>
+      <c r="D58" s="5"/>
     </row>
     <row r="59" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B59" s="3">
         <v>53</v>
       </c>
       <c r="C59" s="4">
-        <v>1.06E-3</v>
-[...1 lines deleted...]
-      <c r="D59" s="1"/>
+        <v>1.0499999999999999E-3</v>
+      </c>
+      <c r="D59" s="5"/>
     </row>
     <row r="60" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B60" s="3">
         <v>54</v>
       </c>
       <c r="C60" s="4">
-        <v>1.1999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="D60" s="1"/>
+        <v>1.1800000000000001E-3</v>
+      </c>
+      <c r="D60" s="5"/>
     </row>
     <row r="61" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B61" s="3">
         <v>55</v>
       </c>
       <c r="C61" s="4">
-        <v>1.4300000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D61" s="1"/>
+        <v>1.41E-3</v>
+      </c>
+      <c r="D61" s="5"/>
     </row>
     <row r="62" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B62" s="3">
         <v>56</v>
       </c>
       <c r="C62" s="4">
-        <v>1.7700000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D62" s="1"/>
+        <v>1.74E-3</v>
+      </c>
+      <c r="D62" s="5"/>
     </row>
     <row r="63" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B63" s="3">
         <v>57</v>
       </c>
       <c r="C63" s="4">
-        <v>2.0500000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="D63" s="1"/>
+        <v>2.0200000000000001E-3</v>
+      </c>
+      <c r="D63" s="5"/>
     </row>
     <row r="64" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B64" s="3">
         <v>58</v>
       </c>
       <c r="C64" s="4">
-        <v>2.3900000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="D64" s="1"/>
+        <v>2.3500000000000001E-3</v>
+      </c>
+      <c r="D64" s="5"/>
     </row>
     <row r="65" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B65" s="3">
         <v>59</v>
       </c>
       <c r="C65" s="4">
-        <v>2.7599999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="D65" s="1"/>
+        <v>2.7299999999999998E-3</v>
+      </c>
+      <c r="D65" s="5"/>
     </row>
     <row r="66" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B66" s="3">
         <v>60</v>
       </c>
       <c r="C66" s="4">
-        <v>3.2100000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="D66" s="1"/>
+        <v>3.1700000000000001E-3</v>
+      </c>
+      <c r="D66" s="5"/>
     </row>
     <row r="67" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B67" s="3">
         <v>61</v>
       </c>
       <c r="C67" s="4">
-        <v>3.7000000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="D67" s="1"/>
+        <v>3.65E-3</v>
+      </c>
+      <c r="D67" s="5"/>
     </row>
     <row r="68" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B68" s="3">
         <v>62</v>
       </c>
       <c r="C68" s="4">
-        <v>4.4099999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="D68" s="1"/>
+        <v>4.3400000000000001E-3</v>
+      </c>
+      <c r="D68" s="5"/>
     </row>
     <row r="69" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B69" s="3">
         <v>63</v>
       </c>
       <c r="C69" s="4">
-        <v>5.1399999999999996E-3</v>
-[...1 lines deleted...]
-      <c r="D69" s="1"/>
+        <v>5.0699999999999999E-3</v>
+      </c>
+      <c r="D69" s="5"/>
     </row>
     <row r="70" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B70" s="3">
         <v>64</v>
       </c>
       <c r="C70" s="4">
-        <v>5.77E-3</v>
-[...1 lines deleted...]
-      <c r="D70" s="1"/>
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="D70" s="5"/>
     </row>
     <row r="71" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B71" s="3">
         <v>65</v>
       </c>
       <c r="C71" s="4">
-        <v>6.5799999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="D71" s="1"/>
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="D71" s="5"/>
     </row>
     <row r="72" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B72" s="3">
         <v>66</v>
       </c>
       <c r="C72" s="4">
-        <v>7.4799999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="D72" s="1"/>
+        <v>7.3800000000000003E-3</v>
+      </c>
+      <c r="D72" s="5"/>
     </row>
     <row r="73" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B73" s="3">
         <v>67</v>
       </c>
       <c r="C73" s="4">
-        <v>8.3400000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="D73" s="1"/>
+        <v>8.2299999999999995E-3</v>
+      </c>
+      <c r="D73" s="5"/>
     </row>
     <row r="74" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B74" s="3">
         <v>68</v>
       </c>
       <c r="C74" s="4">
-        <v>9.2800000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="D74" s="1"/>
+        <v>9.1599999999999997E-3</v>
+      </c>
+      <c r="D74" s="5"/>
     </row>
     <row r="75" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B75" s="3">
         <v>69</v>
       </c>
       <c r="C75" s="4">
-        <v>1.034E-2</v>
-[...1 lines deleted...]
-      <c r="D75" s="1"/>
+        <v>1.021E-2</v>
+      </c>
+      <c r="D75" s="5"/>
     </row>
     <row r="76" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B76" s="3">
         <v>70</v>
       </c>
       <c r="C76" s="4">
-        <v>1.155E-2</v>
-[...1 lines deleted...]
-      <c r="D76" s="1"/>
+        <v>1.141E-2</v>
+      </c>
+      <c r="D76" s="5"/>
     </row>
     <row r="77" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B77" s="3">
         <v>71</v>
       </c>
       <c r="C77" s="4">
-        <v>1.294E-2</v>
-[...1 lines deleted...]
-      <c r="D77" s="1"/>
+        <v>1.278E-2</v>
+      </c>
+      <c r="D77" s="5"/>
     </row>
     <row r="78" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B78" s="3">
         <v>72</v>
       </c>
       <c r="C78" s="4">
-        <v>1.452E-2</v>
-[...1 lines deleted...]
-      <c r="D78" s="1"/>
+        <v>1.435E-2</v>
+      </c>
+      <c r="D78" s="5"/>
     </row>
     <row r="79" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B79" s="3">
         <v>73</v>
       </c>
       <c r="C79" s="4">
-        <v>1.6310000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="D79" s="1"/>
+        <v>1.6109999999999999E-2</v>
+      </c>
+      <c r="D79" s="5"/>
     </row>
     <row r="80" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B80" s="3">
         <v>74</v>
       </c>
       <c r="C80" s="4">
-        <v>1.8370000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="D80" s="1"/>
+        <v>1.8149999999999999E-2</v>
+      </c>
+      <c r="D80" s="5"/>
     </row>
     <row r="81" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B81" s="3">
         <v>75</v>
       </c>
       <c r="C81" s="4">
-        <v>2.0729999999999998E-2</v>
-[...1 lines deleted...]
-      <c r="D81" s="1"/>
+        <v>2.0490000000000001E-2</v>
+      </c>
+      <c r="D81" s="5"/>
     </row>
     <row r="82" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B82" s="3">
         <v>76</v>
       </c>
       <c r="C82" s="4">
-        <v>2.3449999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="D82" s="1"/>
+        <v>2.317E-2</v>
+      </c>
+      <c r="D82" s="5"/>
     </row>
     <row r="83" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B83" s="3">
         <v>77</v>
       </c>
       <c r="C83" s="4">
-        <v>2.656E-2</v>
-[...1 lines deleted...]
-      <c r="D83" s="1"/>
+        <v>2.6259999999999999E-2</v>
+      </c>
+      <c r="D83" s="5"/>
     </row>
     <row r="84" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B84" s="3">
         <v>78</v>
       </c>
       <c r="C84" s="4">
-        <v>3.0120000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="D84" s="1"/>
+        <v>2.9790000000000001E-2</v>
+      </c>
+      <c r="D84" s="5"/>
     </row>
     <row r="85" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B85" s="3">
         <v>79</v>
       </c>
       <c r="C85" s="4">
-        <v>3.4169999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="D85" s="1"/>
+        <v>3.3820000000000003E-2</v>
+      </c>
+      <c r="D85" s="5"/>
     </row>
     <row r="86" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B86" s="3">
         <v>80</v>
       </c>
       <c r="C86" s="4">
-        <v>3.8989999999999997E-2</v>
-[...1 lines deleted...]
-      <c r="D86" s="1"/>
+        <v>3.8620000000000002E-2</v>
+      </c>
+      <c r="D86" s="5"/>
     </row>
     <row r="87" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B87" s="3">
         <v>81</v>
       </c>
       <c r="C87" s="4">
-        <v>4.3950000000000003E-2</v>
-[...1 lines deleted...]
-      <c r="D87" s="1"/>
+        <v>4.3560000000000001E-2</v>
+      </c>
+      <c r="D87" s="5"/>
     </row>
     <row r="88" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B88" s="3">
         <v>82</v>
       </c>
       <c r="C88" s="4">
-        <v>4.9590000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="D88" s="1"/>
+        <v>4.9160000000000002E-2</v>
+      </c>
+      <c r="D88" s="5"/>
     </row>
     <row r="89" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B89" s="3">
         <v>83</v>
       </c>
       <c r="C89" s="4">
-        <v>5.595E-2</v>
-[...1 lines deleted...]
-      <c r="D89" s="1"/>
+        <v>5.5489999999999998E-2</v>
+      </c>
+      <c r="D89" s="5"/>
     </row>
     <row r="90" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B90" s="3">
         <v>84</v>
       </c>
       <c r="C90" s="4">
-        <v>6.3170000000000004E-2</v>
-[...1 lines deleted...]
-      <c r="D90" s="1"/>
+        <v>6.2670000000000003E-2</v>
+      </c>
+      <c r="D90" s="5"/>
     </row>
     <row r="91" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B91" s="3">
         <v>85</v>
       </c>
       <c r="C91" s="4">
-        <v>7.1379999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="D91" s="1"/>
+        <v>7.0830000000000004E-2</v>
+      </c>
+      <c r="D91" s="5"/>
     </row>
     <row r="92" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B92" s="3">
         <v>86</v>
       </c>
       <c r="C92" s="4">
-        <v>8.0629999999999993E-2</v>
-[...1 lines deleted...]
-      <c r="D92" s="1"/>
+        <v>8.0049999999999996E-2</v>
+      </c>
+      <c r="D92" s="5"/>
     </row>
     <row r="93" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B93" s="3">
         <v>87</v>
       </c>
       <c r="C93" s="4">
-        <v>9.1069999999999998E-2</v>
-[...1 lines deleted...]
-      <c r="D93" s="1"/>
+        <v>9.0440000000000006E-2</v>
+      </c>
+      <c r="D93" s="5"/>
     </row>
     <row r="94" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B94" s="3">
         <v>88</v>
       </c>
       <c r="C94" s="4">
-        <v>0.10285999999999999</v>
-[...1 lines deleted...]
-      <c r="D94" s="1"/>
+        <v>0.1022</v>
+      </c>
+      <c r="D94" s="5"/>
     </row>
     <row r="95" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B95" s="3">
         <v>89</v>
       </c>
       <c r="C95" s="4">
-        <v>0.11595999999999999</v>
-[...1 lines deleted...]
-      <c r="D95" s="1"/>
+        <v>0.11526</v>
+      </c>
+      <c r="D95" s="5"/>
     </row>
     <row r="96" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B96" s="3">
         <v>90</v>
       </c>
       <c r="C96" s="4">
-        <v>0.13036</v>
-[...1 lines deleted...]
-      <c r="D96" s="1"/>
+        <v>0.12962000000000001</v>
+      </c>
+      <c r="D96" s="5"/>
     </row>
     <row r="97" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B97" s="3">
         <v>91</v>
       </c>
       <c r="C97" s="4">
-        <v>0.1454</v>
-[...1 lines deleted...]
-      <c r="D97" s="1"/>
+        <v>0.14463000000000001</v>
+      </c>
+      <c r="D97" s="5"/>
     </row>
     <row r="98" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B98" s="3">
         <v>92</v>
       </c>
       <c r="C98" s="4">
-        <v>0.16089999999999999</v>
-[...1 lines deleted...]
-      <c r="D98" s="1"/>
+        <v>0.16012000000000001</v>
+      </c>
+      <c r="D98" s="5"/>
     </row>
     <row r="99" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B99" s="3">
         <v>93</v>
       </c>
       <c r="C99" s="4">
-        <v>0.17679</v>
-[...1 lines deleted...]
-      <c r="D99" s="1"/>
+        <v>0.17601</v>
+      </c>
+      <c r="D99" s="5"/>
     </row>
     <row r="100" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B100" s="3">
         <v>94</v>
       </c>
       <c r="C100" s="4">
-        <v>0.19284000000000001</v>
-[...1 lines deleted...]
-      <c r="D100" s="1"/>
+        <v>0.19206000000000001</v>
+      </c>
+      <c r="D100" s="5"/>
     </row>
     <row r="101" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B101" s="3">
         <v>95</v>
       </c>
       <c r="C101" s="4">
-        <v>0.20898</v>
-[...1 lines deleted...]
-      <c r="D101" s="1"/>
+        <v>0.20821999999999999</v>
+      </c>
+      <c r="D101" s="5"/>
     </row>
     <row r="102" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B102" s="3">
         <v>96</v>
       </c>
       <c r="C102" s="4">
-        <v>0.22620000000000001</v>
-[...1 lines deleted...]
-      <c r="D102" s="1"/>
+        <v>0.22545000000000001</v>
+      </c>
+      <c r="D102" s="5"/>
     </row>
     <row r="103" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B103" s="3">
         <v>97</v>
       </c>
       <c r="C103" s="4">
-        <v>0.24385999999999999</v>
-[...1 lines deleted...]
-      <c r="D103" s="1"/>
+        <v>0.24310999999999999</v>
+      </c>
+      <c r="D103" s="5"/>
     </row>
     <row r="104" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B104" s="3">
         <v>98</v>
       </c>
       <c r="C104" s="4">
-        <v>0.26196000000000003</v>
-[...1 lines deleted...]
-      <c r="D104" s="1"/>
+        <v>0.26123000000000002</v>
+      </c>
+      <c r="D104" s="5"/>
     </row>
     <row r="105" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B105" s="3">
         <v>99</v>
       </c>
       <c r="C105" s="4">
-        <v>0.28059000000000001</v>
-[...1 lines deleted...]
-      <c r="D105" s="1"/>
+        <v>0.27986</v>
+      </c>
+      <c r="D105" s="5"/>
     </row>
     <row r="106" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B106" s="3">
         <v>100</v>
       </c>
       <c r="C106" s="4">
-        <v>0.29959999999999998</v>
-[...1 lines deleted...]
-      <c r="D106" s="1"/>
+        <v>0.29887000000000002</v>
+      </c>
+      <c r="D106" s="5"/>
     </row>
     <row r="107" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B107" s="3">
         <v>101</v>
       </c>
       <c r="C107" s="4">
-        <v>0.31891000000000003</v>
-[...1 lines deleted...]
-      <c r="D107" s="1"/>
+        <v>0.31817000000000001</v>
+      </c>
+      <c r="D107" s="5"/>
     </row>
     <row r="108" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B108" s="3">
         <v>102</v>
       </c>
       <c r="C108" s="4">
-        <v>0.33825</v>
-[...1 lines deleted...]
-      <c r="D108" s="1"/>
+        <v>0.33748</v>
+      </c>
+      <c r="D108" s="5"/>
     </row>
     <row r="109" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B109" s="3">
         <v>103</v>
       </c>
       <c r="C109" s="4">
-        <v>0.35757</v>
-[...1 lines deleted...]
-      <c r="D109" s="1"/>
+        <v>0.35672999999999999</v>
+      </c>
+      <c r="D109" s="5"/>
     </row>
     <row r="110" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B110" s="3">
         <v>104</v>
       </c>
       <c r="C110" s="4">
-        <v>0.37669999999999998</v>
-[...1 lines deleted...]
-      <c r="D110" s="1"/>
+        <v>0.37583</v>
+      </c>
+      <c r="D110" s="5"/>
     </row>
     <row r="111" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B111" s="3">
         <v>105</v>
       </c>
       <c r="C111" s="4">
-        <v>0.39521000000000001</v>
-[...1 lines deleted...]
-      <c r="D111" s="1"/>
+        <v>0.39435999999999999</v>
+      </c>
+      <c r="D111" s="5"/>
     </row>
     <row r="112" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B112" s="3">
         <v>106</v>
       </c>
       <c r="C112" s="4">
-        <v>0.41327000000000003</v>
-[...1 lines deleted...]
-      <c r="D112" s="1"/>
+        <v>0.41244999999999998</v>
+      </c>
+      <c r="D112" s="5"/>
     </row>
     <row r="113" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B113" s="3">
         <v>107</v>
       </c>
       <c r="C113" s="4">
-        <v>0.43080000000000002</v>
-[...1 lines deleted...]
-      <c r="D113" s="1"/>
+        <v>0.42998999999999998</v>
+      </c>
+      <c r="D113" s="5"/>
     </row>
     <row r="114" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B114" s="3">
         <v>108</v>
       </c>
       <c r="C114" s="4">
-        <v>0.44742999999999999</v>
-[...1 lines deleted...]
-      <c r="D114" s="1"/>
+        <v>0.44667000000000001</v>
+      </c>
+      <c r="D114" s="5"/>
     </row>
     <row r="115" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B115" s="3">
         <v>109</v>
       </c>
       <c r="C115" s="4">
-        <v>0.46339000000000002</v>
-[...1 lines deleted...]
-      <c r="D115" s="1"/>
+        <v>0.46271000000000001</v>
+      </c>
+      <c r="D115" s="5"/>
     </row>
     <row r="116" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B116" s="3">
         <v>110</v>
       </c>
       <c r="C116" s="4">
-        <v>0.47627999999999998</v>
-[...1 lines deleted...]
-      <c r="D116" s="1"/>
+        <v>0.47567999999999999</v>
+      </c>
+      <c r="D116" s="5"/>
     </row>
     <row r="117" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B117" s="3">
         <f>1+B116</f>
         <v>111</v>
       </c>
       <c r="C117" s="4">
-        <v>0.48468</v>
-[...1 lines deleted...]
-      <c r="D117" s="1"/>
+        <v>0.48416999999999999</v>
+      </c>
+      <c r="D117" s="5"/>
     </row>
     <row r="118" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B118" s="3">
         <f t="shared" ref="B118:B126" si="1">1+B117</f>
         <v>112</v>
       </c>
       <c r="C118" s="4">
-        <v>0.49268000000000001</v>
-[...1 lines deleted...]
-      <c r="D118" s="1"/>
+        <v>0.49225999999999998</v>
+      </c>
+      <c r="D118" s="5"/>
     </row>
     <row r="119" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B119" s="3">
         <f t="shared" si="1"/>
         <v>113</v>
       </c>
       <c r="C119" s="4">
-        <v>0.49665999999999999</v>
-[...1 lines deleted...]
-      <c r="D119" s="1"/>
+        <v>0.49634</v>
+      </c>
+      <c r="D119" s="5"/>
     </row>
     <row r="120" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B120" s="3">
         <f t="shared" si="1"/>
         <v>114</v>
       </c>
       <c r="C120" s="4">
-        <v>0.49795</v>
-[...1 lines deleted...]
-      <c r="D120" s="1"/>
+        <v>0.49773000000000001</v>
+      </c>
+      <c r="D120" s="5"/>
     </row>
     <row r="121" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B121" s="3">
         <f t="shared" si="1"/>
         <v>115</v>
       </c>
       <c r="C121" s="4">
-        <v>0.49928</v>
-[...1 lines deleted...]
-      <c r="D121" s="1"/>
+        <v>0.49914999999999998</v>
+      </c>
+      <c r="D121" s="5"/>
     </row>
     <row r="122" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B122" s="3">
         <f t="shared" si="1"/>
         <v>116</v>
       </c>
       <c r="C122" s="4">
-        <v>0.49959999999999999</v>
-[...1 lines deleted...]
-      <c r="D122" s="1"/>
+        <v>0.49952999999999997</v>
+      </c>
+      <c r="D122" s="5"/>
     </row>
     <row r="123" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B123" s="3">
         <f t="shared" si="1"/>
         <v>117</v>
       </c>
       <c r="C123" s="4">
-        <v>0.49978</v>
-[...1 lines deleted...]
-      <c r="D123" s="1"/>
+        <v>0.49973000000000001</v>
+      </c>
+      <c r="D123" s="5"/>
     </row>
     <row r="124" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B124" s="3">
         <f t="shared" si="1"/>
         <v>118</v>
       </c>
       <c r="C124" s="4">
-        <v>0.49995000000000001</v>
-[...1 lines deleted...]
-      <c r="D124" s="1"/>
+        <v>0.49992999999999999</v>
+      </c>
+      <c r="D124" s="5"/>
     </row>
     <row r="125" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B125" s="3">
         <f t="shared" si="1"/>
         <v>119</v>
       </c>
       <c r="C125" s="4">
         <v>0.5</v>
       </c>
-      <c r="D125" s="1"/>
+      <c r="D125" s="5"/>
     </row>
     <row r="126" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B126" s="3">
         <f t="shared" si="1"/>
         <v>120</v>
       </c>
       <c r="C126" s="4">
         <v>1</v>
       </c>
-      <c r="D126" s="1"/>
+      <c r="D126" s="5"/>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C127" s="1"/>
-      <c r="D127" s="1"/>
+      <c r="D127" s="5"/>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C128" s="1"/>
-      <c r="D128" s="1"/>
+      <c r="D128" s="5"/>
     </row>
     <row r="129" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B129" s="1"/>
       <c r="C129" s="1"/>
       <c r="D129" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC282C12-515A-473F-9029-46C0806B9FC9}">
+  <dimension ref="A1:D129"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="10.1796875" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="20.7265625" customWidth="1"/>
+    <col min="4" max="4" width="13.1796875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" s="1" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A1" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+    </row>
+    <row r="2" spans="1:4" s="1" customFormat="1" ht="30.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+    </row>
+    <row r="3" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="8"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+    </row>
+    <row r="5" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B5" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="1"/>
+    </row>
+    <row r="6" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B6" s="3">
+        <v>0</v>
+      </c>
+      <c r="C6" s="4">
+        <v>2.0699999999999998E-3</v>
+      </c>
+      <c r="D6" s="1"/>
+    </row>
+    <row r="7" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B7" s="3">
+        <f>1+B6</f>
+        <v>1</v>
+      </c>
+      <c r="C7" s="4">
+        <v>1.4999999999999999E-4</v>
+      </c>
+      <c r="D7" s="1"/>
+    </row>
+    <row r="8" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B8" s="3">
+        <f t="shared" ref="B8:B19" si="0">1+B7</f>
+        <v>2</v>
+      </c>
+      <c r="C8" s="4">
+        <v>1E-4</v>
+      </c>
+      <c r="D8" s="1"/>
+    </row>
+    <row r="9" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B9" s="3">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="C9" s="4">
+        <v>8.0000000000000007E-5</v>
+      </c>
+      <c r="D9" s="1"/>
+    </row>
+    <row r="10" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B10" s="3">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="C10" s="4">
+        <v>6.0000000000000002E-5</v>
+      </c>
+      <c r="D10" s="1"/>
+    </row>
+    <row r="11" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="3">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="C11" s="4">
+        <v>6.0000000000000002E-5</v>
+      </c>
+      <c r="D11" s="1"/>
+    </row>
+    <row r="12" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B12" s="3">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c r="C12" s="4">
+        <v>5.0000000000000002E-5</v>
+      </c>
+      <c r="D12" s="1"/>
+    </row>
+    <row r="13" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B13" s="3">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="C13" s="4">
+        <v>5.0000000000000002E-5</v>
+      </c>
+      <c r="D13" s="1"/>
+    </row>
+    <row r="14" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="3">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="C14" s="4">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="D14" s="1"/>
+    </row>
+    <row r="15" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B15" s="3">
+        <f t="shared" si="0"/>
+        <v>9</v>
+      </c>
+      <c r="C15" s="4">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="D15" s="1"/>
+    </row>
+    <row r="16" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B16" s="3">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="C16" s="4">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="D16" s="1"/>
+    </row>
+    <row r="17" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B17" s="3">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="C17" s="4">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="D17" s="1"/>
+    </row>
+    <row r="18" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B18" s="3">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c r="C18" s="4">
+        <v>5.0000000000000002E-5</v>
+      </c>
+      <c r="D18" s="1"/>
+    </row>
+    <row r="19" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B19" s="3">
+        <f t="shared" si="0"/>
+        <v>13</v>
+      </c>
+      <c r="C19" s="4">
+        <v>6.0000000000000002E-5</v>
+      </c>
+      <c r="D19" s="1"/>
+    </row>
+    <row r="20" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="3">
+        <v>14</v>
+      </c>
+      <c r="C20" s="4">
+        <v>8.0000000000000007E-5</v>
+      </c>
+      <c r="D20" s="1"/>
+    </row>
+    <row r="21" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B21" s="3">
+        <v>15</v>
+      </c>
+      <c r="C21" s="4">
+        <v>9.0000000000000006E-5</v>
+      </c>
+      <c r="D21" s="1"/>
+    </row>
+    <row r="22" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B22" s="3">
+        <v>16</v>
+      </c>
+      <c r="C22" s="4">
+        <v>1E-4</v>
+      </c>
+      <c r="D22" s="1"/>
+    </row>
+    <row r="23" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B23" s="3">
+        <v>17</v>
+      </c>
+      <c r="C23" s="4">
+        <v>1.2E-4</v>
+      </c>
+      <c r="D23" s="1"/>
+    </row>
+    <row r="24" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="3">
+        <v>18</v>
+      </c>
+      <c r="C24" s="4">
+        <v>1.3999999999999999E-4</v>
+      </c>
+      <c r="D24" s="1"/>
+    </row>
+    <row r="25" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B25" s="3">
+        <v>19</v>
+      </c>
+      <c r="C25" s="4">
+        <v>1.6000000000000001E-4</v>
+      </c>
+      <c r="D25" s="1"/>
+    </row>
+    <row r="26" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B26" s="3">
+        <v>20</v>
+      </c>
+      <c r="C26" s="4">
+        <v>1.6000000000000001E-4</v>
+      </c>
+      <c r="D26" s="1"/>
+    </row>
+    <row r="27" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B27" s="3">
+        <v>21</v>
+      </c>
+      <c r="C27" s="4">
+        <v>1.7000000000000001E-4</v>
+      </c>
+      <c r="D27" s="1"/>
+    </row>
+    <row r="28" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="3">
+        <v>22</v>
+      </c>
+      <c r="C28" s="4">
+        <v>1.7000000000000001E-4</v>
+      </c>
+      <c r="D28" s="1"/>
+    </row>
+    <row r="29" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B29" s="3">
+        <v>23</v>
+      </c>
+      <c r="C29" s="4">
+        <v>1.8000000000000001E-4</v>
+      </c>
+      <c r="D29" s="1"/>
+    </row>
+    <row r="30" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B30" s="3">
+        <v>24</v>
+      </c>
+      <c r="C30" s="4">
+        <v>1.9000000000000001E-4</v>
+      </c>
+      <c r="D30" s="1"/>
+    </row>
+    <row r="31" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B31" s="3">
+        <v>25</v>
+      </c>
+      <c r="C31" s="4">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="D31" s="1"/>
+    </row>
+    <row r="32" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B32" s="3">
+        <v>26</v>
+      </c>
+      <c r="C32" s="4">
+        <v>2.1000000000000001E-4</v>
+      </c>
+      <c r="D32" s="1"/>
+    </row>
+    <row r="33" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B33" s="3">
+        <v>27</v>
+      </c>
+      <c r="C33" s="4">
+        <v>2.2000000000000001E-4</v>
+      </c>
+      <c r="D33" s="1"/>
+    </row>
+    <row r="34" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B34" s="3">
+        <v>28</v>
+      </c>
+      <c r="C34" s="4">
+        <v>2.3000000000000001E-4</v>
+      </c>
+      <c r="D34" s="1"/>
+    </row>
+    <row r="35" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B35" s="3">
+        <v>29</v>
+      </c>
+      <c r="C35" s="4">
+        <v>2.3000000000000001E-4</v>
+      </c>
+      <c r="D35" s="1"/>
+    </row>
+    <row r="36" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="3">
+        <v>30</v>
+      </c>
+      <c r="C36" s="4">
+        <v>2.5000000000000001E-4</v>
+      </c>
+      <c r="D36" s="1"/>
+    </row>
+    <row r="37" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B37" s="3">
+        <v>31</v>
+      </c>
+      <c r="C37" s="4">
+        <v>2.5999999999999998E-4</v>
+      </c>
+      <c r="D37" s="1"/>
+    </row>
+    <row r="38" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B38" s="3">
+        <v>32</v>
+      </c>
+      <c r="C38" s="4">
+        <v>2.7999999999999998E-4</v>
+      </c>
+      <c r="D38" s="1"/>
+    </row>
+    <row r="39" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B39" s="3">
+        <v>33</v>
+      </c>
+      <c r="C39" s="4">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="D39" s="1"/>
+    </row>
+    <row r="40" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B40" s="3">
+        <v>34</v>
+      </c>
+      <c r="C40" s="4">
+        <v>3.2000000000000003E-4</v>
+      </c>
+      <c r="D40" s="1"/>
+    </row>
+    <row r="41" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B41" s="3">
+        <v>35</v>
+      </c>
+      <c r="C41" s="4">
+        <v>3.4000000000000002E-4</v>
+      </c>
+      <c r="D41" s="1"/>
+    </row>
+    <row r="42" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B42" s="3">
+        <v>36</v>
+      </c>
+      <c r="C42" s="4">
+        <v>3.6000000000000002E-4</v>
+      </c>
+      <c r="D42" s="1"/>
+    </row>
+    <row r="43" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B43" s="3">
+        <v>37</v>
+      </c>
+      <c r="C43" s="4">
+        <v>3.8000000000000002E-4</v>
+      </c>
+      <c r="D43" s="1"/>
+    </row>
+    <row r="44" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B44" s="3">
+        <v>38</v>
+      </c>
+      <c r="C44" s="4">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="D44" s="1"/>
+    </row>
+    <row r="45" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B45" s="3">
+        <v>39</v>
+      </c>
+      <c r="C45" s="4">
+        <v>4.2999999999999999E-4</v>
+      </c>
+      <c r="D45" s="1"/>
+    </row>
+    <row r="46" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B46" s="3">
+        <v>40</v>
+      </c>
+      <c r="C46" s="4">
+        <v>4.4000000000000002E-4</v>
+      </c>
+      <c r="D46" s="1"/>
+    </row>
+    <row r="47" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B47" s="3">
+        <v>41</v>
+      </c>
+      <c r="C47" s="4">
+        <v>4.6000000000000001E-4</v>
+      </c>
+      <c r="D47" s="1"/>
+    </row>
+    <row r="48" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B48" s="3">
+        <v>42</v>
+      </c>
+      <c r="C48" s="4">
+        <v>4.8000000000000001E-4</v>
+      </c>
+      <c r="D48" s="1"/>
+    </row>
+    <row r="49" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B49" s="3">
+        <v>43</v>
+      </c>
+      <c r="C49" s="4">
+        <v>4.8999999999999998E-4</v>
+      </c>
+      <c r="D49" s="1"/>
+    </row>
+    <row r="50" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B50" s="3">
+        <v>44</v>
+      </c>
+      <c r="C50" s="4">
+        <v>5.1999999999999995E-4</v>
+      </c>
+      <c r="D50" s="1"/>
+    </row>
+    <row r="51" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B51" s="3">
+        <v>45</v>
+      </c>
+      <c r="C51" s="4">
+        <v>5.4000000000000001E-4</v>
+      </c>
+      <c r="D51" s="1"/>
+    </row>
+    <row r="52" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B52" s="3">
+        <v>46</v>
+      </c>
+      <c r="C52" s="4">
+        <v>5.8E-4</v>
+      </c>
+      <c r="D52" s="1"/>
+    </row>
+    <row r="53" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B53" s="3">
+        <v>47</v>
+      </c>
+      <c r="C53" s="4">
+        <v>6.0999999999999997E-4</v>
+      </c>
+      <c r="D53" s="1"/>
+    </row>
+    <row r="54" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B54" s="3">
+        <v>48</v>
+      </c>
+      <c r="C54" s="4">
+        <v>6.4999999999999997E-4</v>
+      </c>
+      <c r="D54" s="1"/>
+    </row>
+    <row r="55" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B55" s="3">
+        <v>49</v>
+      </c>
+      <c r="C55" s="4">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="D55" s="1"/>
+    </row>
+    <row r="56" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B56" s="3">
+        <v>50</v>
+      </c>
+      <c r="C56" s="4">
+        <v>7.6000000000000004E-4</v>
+      </c>
+      <c r="D56" s="1"/>
+    </row>
+    <row r="57" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="3">
+        <v>51</v>
+      </c>
+      <c r="C57" s="4">
+        <v>8.4999999999999995E-4</v>
+      </c>
+      <c r="D57" s="1"/>
+    </row>
+    <row r="58" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="3">
+        <v>52</v>
+      </c>
+      <c r="C58" s="4">
+        <v>9.5E-4</v>
+      </c>
+      <c r="D58" s="1"/>
+    </row>
+    <row r="59" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="3">
+        <v>53</v>
+      </c>
+      <c r="C59" s="4">
+        <v>1.06E-3</v>
+      </c>
+      <c r="D59" s="1"/>
+    </row>
+    <row r="60" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B60" s="3">
+        <v>54</v>
+      </c>
+      <c r="C60" s="4">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="D60" s="1"/>
+    </row>
+    <row r="61" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B61" s="3">
+        <v>55</v>
+      </c>
+      <c r="C61" s="4">
+        <v>1.4300000000000001E-3</v>
+      </c>
+      <c r="D61" s="1"/>
+    </row>
+    <row r="62" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B62" s="3">
+        <v>56</v>
+      </c>
+      <c r="C62" s="4">
+        <v>1.7700000000000001E-3</v>
+      </c>
+      <c r="D62" s="1"/>
+    </row>
+    <row r="63" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="3">
+        <v>57</v>
+      </c>
+      <c r="C63" s="4">
+        <v>2.0500000000000002E-3</v>
+      </c>
+      <c r="D63" s="1"/>
+    </row>
+    <row r="64" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B64" s="3">
+        <v>58</v>
+      </c>
+      <c r="C64" s="4">
+        <v>2.3900000000000002E-3</v>
+      </c>
+      <c r="D64" s="1"/>
+    </row>
+    <row r="65" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B65" s="3">
+        <v>59</v>
+      </c>
+      <c r="C65" s="4">
+        <v>2.7599999999999999E-3</v>
+      </c>
+      <c r="D65" s="1"/>
+    </row>
+    <row r="66" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B66" s="3">
+        <v>60</v>
+      </c>
+      <c r="C66" s="4">
+        <v>3.2100000000000002E-3</v>
+      </c>
+      <c r="D66" s="1"/>
+    </row>
+    <row r="67" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B67" s="3">
+        <v>61</v>
+      </c>
+      <c r="C67" s="4">
+        <v>3.7000000000000002E-3</v>
+      </c>
+      <c r="D67" s="1"/>
+    </row>
+    <row r="68" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B68" s="3">
+        <v>62</v>
+      </c>
+      <c r="C68" s="4">
+        <v>4.4099999999999999E-3</v>
+      </c>
+      <c r="D68" s="1"/>
+    </row>
+    <row r="69" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B69" s="3">
+        <v>63</v>
+      </c>
+      <c r="C69" s="4">
+        <v>5.1399999999999996E-3</v>
+      </c>
+      <c r="D69" s="1"/>
+    </row>
+    <row r="70" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B70" s="3">
+        <v>64</v>
+      </c>
+      <c r="C70" s="4">
+        <v>5.77E-3</v>
+      </c>
+      <c r="D70" s="1"/>
+    </row>
+    <row r="71" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B71" s="3">
+        <v>65</v>
+      </c>
+      <c r="C71" s="4">
+        <v>6.5799999999999999E-3</v>
+      </c>
+      <c r="D71" s="1"/>
+    </row>
+    <row r="72" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B72" s="3">
+        <v>66</v>
+      </c>
+      <c r="C72" s="4">
+        <v>7.4799999999999997E-3</v>
+      </c>
+      <c r="D72" s="1"/>
+    </row>
+    <row r="73" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B73" s="3">
+        <v>67</v>
+      </c>
+      <c r="C73" s="4">
+        <v>8.3400000000000002E-3</v>
+      </c>
+      <c r="D73" s="1"/>
+    </row>
+    <row r="74" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B74" s="3">
+        <v>68</v>
+      </c>
+      <c r="C74" s="4">
+        <v>9.2800000000000001E-3</v>
+      </c>
+      <c r="D74" s="1"/>
+    </row>
+    <row r="75" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B75" s="3">
+        <v>69</v>
+      </c>
+      <c r="C75" s="4">
+        <v>1.034E-2</v>
+      </c>
+      <c r="D75" s="1"/>
+    </row>
+    <row r="76" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B76" s="3">
+        <v>70</v>
+      </c>
+      <c r="C76" s="4">
+        <v>1.155E-2</v>
+      </c>
+      <c r="D76" s="1"/>
+    </row>
+    <row r="77" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B77" s="3">
+        <v>71</v>
+      </c>
+      <c r="C77" s="4">
+        <v>1.294E-2</v>
+      </c>
+      <c r="D77" s="1"/>
+    </row>
+    <row r="78" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B78" s="3">
+        <v>72</v>
+      </c>
+      <c r="C78" s="4">
+        <v>1.452E-2</v>
+      </c>
+      <c r="D78" s="1"/>
+    </row>
+    <row r="79" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B79" s="3">
+        <v>73</v>
+      </c>
+      <c r="C79" s="4">
+        <v>1.6310000000000002E-2</v>
+      </c>
+      <c r="D79" s="1"/>
+    </row>
+    <row r="80" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B80" s="3">
+        <v>74</v>
+      </c>
+      <c r="C80" s="4">
+        <v>1.8370000000000001E-2</v>
+      </c>
+      <c r="D80" s="1"/>
+    </row>
+    <row r="81" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B81" s="3">
+        <v>75</v>
+      </c>
+      <c r="C81" s="4">
+        <v>2.0729999999999998E-2</v>
+      </c>
+      <c r="D81" s="1"/>
+    </row>
+    <row r="82" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B82" s="3">
+        <v>76</v>
+      </c>
+      <c r="C82" s="4">
+        <v>2.3449999999999999E-2</v>
+      </c>
+      <c r="D82" s="1"/>
+    </row>
+    <row r="83" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B83" s="3">
+        <v>77</v>
+      </c>
+      <c r="C83" s="4">
+        <v>2.656E-2</v>
+      </c>
+      <c r="D83" s="1"/>
+    </row>
+    <row r="84" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B84" s="3">
+        <v>78</v>
+      </c>
+      <c r="C84" s="4">
+        <v>3.0120000000000001E-2</v>
+      </c>
+      <c r="D84" s="1"/>
+    </row>
+    <row r="85" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B85" s="3">
+        <v>79</v>
+      </c>
+      <c r="C85" s="4">
+        <v>3.4169999999999999E-2</v>
+      </c>
+      <c r="D85" s="1"/>
+    </row>
+    <row r="86" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B86" s="3">
+        <v>80</v>
+      </c>
+      <c r="C86" s="4">
+        <v>3.8989999999999997E-2</v>
+      </c>
+      <c r="D86" s="1"/>
+    </row>
+    <row r="87" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B87" s="3">
+        <v>81</v>
+      </c>
+      <c r="C87" s="4">
+        <v>4.3950000000000003E-2</v>
+      </c>
+      <c r="D87" s="1"/>
+    </row>
+    <row r="88" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B88" s="3">
+        <v>82</v>
+      </c>
+      <c r="C88" s="4">
+        <v>4.9590000000000002E-2</v>
+      </c>
+      <c r="D88" s="1"/>
+    </row>
+    <row r="89" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B89" s="3">
+        <v>83</v>
+      </c>
+      <c r="C89" s="4">
+        <v>5.595E-2</v>
+      </c>
+      <c r="D89" s="1"/>
+    </row>
+    <row r="90" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B90" s="3">
+        <v>84</v>
+      </c>
+      <c r="C90" s="4">
+        <v>6.3170000000000004E-2</v>
+      </c>
+      <c r="D90" s="1"/>
+    </row>
+    <row r="91" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B91" s="3">
+        <v>85</v>
+      </c>
+      <c r="C91" s="4">
+        <v>7.1379999999999999E-2</v>
+      </c>
+      <c r="D91" s="1"/>
+    </row>
+    <row r="92" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B92" s="3">
+        <v>86</v>
+      </c>
+      <c r="C92" s="4">
+        <v>8.0629999999999993E-2</v>
+      </c>
+      <c r="D92" s="1"/>
+    </row>
+    <row r="93" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B93" s="3">
+        <v>87</v>
+      </c>
+      <c r="C93" s="4">
+        <v>9.1069999999999998E-2</v>
+      </c>
+      <c r="D93" s="1"/>
+    </row>
+    <row r="94" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B94" s="3">
+        <v>88</v>
+      </c>
+      <c r="C94" s="4">
+        <v>0.10285999999999999</v>
+      </c>
+      <c r="D94" s="1"/>
+    </row>
+    <row r="95" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B95" s="3">
+        <v>89</v>
+      </c>
+      <c r="C95" s="4">
+        <v>0.11595999999999999</v>
+      </c>
+      <c r="D95" s="1"/>
+    </row>
+    <row r="96" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B96" s="3">
+        <v>90</v>
+      </c>
+      <c r="C96" s="4">
+        <v>0.13036</v>
+      </c>
+      <c r="D96" s="1"/>
+    </row>
+    <row r="97" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B97" s="3">
+        <v>91</v>
+      </c>
+      <c r="C97" s="4">
+        <v>0.1454</v>
+      </c>
+      <c r="D97" s="1"/>
+    </row>
+    <row r="98" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B98" s="3">
+        <v>92</v>
+      </c>
+      <c r="C98" s="4">
+        <v>0.16089999999999999</v>
+      </c>
+      <c r="D98" s="1"/>
+    </row>
+    <row r="99" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B99" s="3">
+        <v>93</v>
+      </c>
+      <c r="C99" s="4">
+        <v>0.17679</v>
+      </c>
+      <c r="D99" s="1"/>
+    </row>
+    <row r="100" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B100" s="3">
+        <v>94</v>
+      </c>
+      <c r="C100" s="4">
+        <v>0.19284000000000001</v>
+      </c>
+      <c r="D100" s="1"/>
+    </row>
+    <row r="101" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B101" s="3">
+        <v>95</v>
+      </c>
+      <c r="C101" s="4">
+        <v>0.20898</v>
+      </c>
+      <c r="D101" s="1"/>
+    </row>
+    <row r="102" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B102" s="3">
+        <v>96</v>
+      </c>
+      <c r="C102" s="4">
+        <v>0.22620000000000001</v>
+      </c>
+      <c r="D102" s="1"/>
+    </row>
+    <row r="103" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B103" s="3">
+        <v>97</v>
+      </c>
+      <c r="C103" s="4">
+        <v>0.24385999999999999</v>
+      </c>
+      <c r="D103" s="1"/>
+    </row>
+    <row r="104" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B104" s="3">
+        <v>98</v>
+      </c>
+      <c r="C104" s="4">
+        <v>0.26196000000000003</v>
+      </c>
+      <c r="D104" s="1"/>
+    </row>
+    <row r="105" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B105" s="3">
+        <v>99</v>
+      </c>
+      <c r="C105" s="4">
+        <v>0.28059000000000001</v>
+      </c>
+      <c r="D105" s="1"/>
+    </row>
+    <row r="106" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B106" s="3">
+        <v>100</v>
+      </c>
+      <c r="C106" s="4">
+        <v>0.29959999999999998</v>
+      </c>
+      <c r="D106" s="1"/>
+    </row>
+    <row r="107" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B107" s="3">
+        <v>101</v>
+      </c>
+      <c r="C107" s="4">
+        <v>0.31891000000000003</v>
+      </c>
+      <c r="D107" s="1"/>
+    </row>
+    <row r="108" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B108" s="3">
+        <v>102</v>
+      </c>
+      <c r="C108" s="4">
+        <v>0.33825</v>
+      </c>
+      <c r="D108" s="1"/>
+    </row>
+    <row r="109" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B109" s="3">
+        <v>103</v>
+      </c>
+      <c r="C109" s="4">
+        <v>0.35757</v>
+      </c>
+      <c r="D109" s="1"/>
+    </row>
+    <row r="110" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B110" s="3">
+        <v>104</v>
+      </c>
+      <c r="C110" s="4">
+        <v>0.37669999999999998</v>
+      </c>
+      <c r="D110" s="1"/>
+    </row>
+    <row r="111" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B111" s="3">
+        <v>105</v>
+      </c>
+      <c r="C111" s="4">
+        <v>0.39521000000000001</v>
+      </c>
+      <c r="D111" s="1"/>
+    </row>
+    <row r="112" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B112" s="3">
+        <v>106</v>
+      </c>
+      <c r="C112" s="4">
+        <v>0.41327000000000003</v>
+      </c>
+      <c r="D112" s="1"/>
+    </row>
+    <row r="113" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B113" s="3">
+        <v>107</v>
+      </c>
+      <c r="C113" s="4">
+        <v>0.43080000000000002</v>
+      </c>
+      <c r="D113" s="1"/>
+    </row>
+    <row r="114" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B114" s="3">
+        <v>108</v>
+      </c>
+      <c r="C114" s="4">
+        <v>0.44742999999999999</v>
+      </c>
+      <c r="D114" s="1"/>
+    </row>
+    <row r="115" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B115" s="3">
+        <v>109</v>
+      </c>
+      <c r="C115" s="4">
+        <v>0.46339000000000002</v>
+      </c>
+      <c r="D115" s="1"/>
+    </row>
+    <row r="116" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B116" s="3">
+        <v>110</v>
+      </c>
+      <c r="C116" s="4">
+        <v>0.47627999999999998</v>
+      </c>
+      <c r="D116" s="1"/>
+    </row>
+    <row r="117" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B117" s="3">
+        <f>1+B116</f>
+        <v>111</v>
+      </c>
+      <c r="C117" s="4">
+        <v>0.48468</v>
+      </c>
+      <c r="D117" s="1"/>
+    </row>
+    <row r="118" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B118" s="3">
+        <f t="shared" ref="B118:B126" si="1">1+B117</f>
+        <v>112</v>
+      </c>
+      <c r="C118" s="4">
+        <v>0.49268000000000001</v>
+      </c>
+      <c r="D118" s="1"/>
+    </row>
+    <row r="119" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B119" s="3">
+        <f t="shared" si="1"/>
+        <v>113</v>
+      </c>
+      <c r="C119" s="4">
+        <v>0.49665999999999999</v>
+      </c>
+      <c r="D119" s="1"/>
+    </row>
+    <row r="120" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B120" s="3">
+        <f t="shared" si="1"/>
+        <v>114</v>
+      </c>
+      <c r="C120" s="4">
+        <v>0.49795</v>
+      </c>
+      <c r="D120" s="1"/>
+    </row>
+    <row r="121" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B121" s="3">
+        <f t="shared" si="1"/>
+        <v>115</v>
+      </c>
+      <c r="C121" s="4">
+        <v>0.49928</v>
+      </c>
+      <c r="D121" s="1"/>
+    </row>
+    <row r="122" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B122" s="3">
+        <f t="shared" si="1"/>
+        <v>116</v>
+      </c>
+      <c r="C122" s="4">
+        <v>0.49959999999999999</v>
+      </c>
+      <c r="D122" s="1"/>
+    </row>
+    <row r="123" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B123" s="3">
+        <f t="shared" si="1"/>
+        <v>117</v>
+      </c>
+      <c r="C123" s="4">
+        <v>0.49978</v>
+      </c>
+      <c r="D123" s="1"/>
+    </row>
+    <row r="124" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B124" s="3">
+        <f t="shared" si="1"/>
+        <v>118</v>
+      </c>
+      <c r="C124" s="4">
+        <v>0.49995000000000001</v>
+      </c>
+      <c r="D124" s="1"/>
+    </row>
+    <row r="125" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B125" s="3">
+        <f t="shared" si="1"/>
+        <v>119</v>
+      </c>
+      <c r="C125" s="4">
+        <v>0.5</v>
+      </c>
+      <c r="D125" s="1"/>
+    </row>
+    <row r="126" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B126" s="3">
+        <f t="shared" si="1"/>
+        <v>120</v>
+      </c>
+      <c r="C126" s="4">
+        <v>1</v>
+      </c>
+      <c r="D126" s="1"/>
+    </row>
+    <row r="127" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B127" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+    </row>
+    <row r="128" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B128" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+    </row>
+    <row r="129" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B129" s="1"/>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A3:D3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="PRAD Document" ma:contentTypeID="0x010100E09C6A4FD85CD94DB99934580C23925724002B93F2389D7E204E845CA33040935D1C" ma:contentTypeVersion="23" ma:contentTypeDescription="Documents with Controlled Unclassified Information (CUI) flag and markings." ma:contentTypeScope="" ma:versionID="0692fe5bec21fd32750fbb7dc913214e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="51bfac6119c9a2c6fe519ac50e569d3b" ns2:_="">
+    <xsd:import namespace="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PBGCCUI" minOccurs="0"/>
+                <xsd:element ref="ns2:Marking" minOccurs="0"/>
+                <xsd:element ref="ns2:MoveField" minOccurs="0"/>
+                <xsd:element ref="ns2:RecordNotification" minOccurs="0"/>
+                <xsd:element ref="ns2:WorkingCopyURL" minOccurs="0"/>
+                <xsd:element ref="ns2:bb9566753ea64e0fbe15cf4eea17e8e8" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:AllMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:j08bdb5906ec4b57b3f4e7e25498f056" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PBGCCUI" ma:index="8" nillable="true" ma:displayName="CUI" ma:description="*Enterprise Column* Indicates if Controlled Unclassified Information (CUI) or not." ma:format="RadioButtons" ma:internalName="PBGCCUI">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Marking" ma:index="9" nillable="true" ma:displayName="CUI Marking" ma:description="*Enterprise Column* Controlled Unclassified Information (CUI) marking. An asterisk (*) indicates that safeguarding, dissemination, marking and/or decontrol measures that differ from General Guidelines are required by statute, regulation, or Government-wide policy. See https://www.archives.gov/cui/registry/category-list.html for" ma:internalName="Marking">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Financial*"/>
+                    <xsd:enumeration value="Financial: Retirement"/>
+                    <xsd:enumeration value="General"/>
+                    <xsd:enumeration value="General Business Proprietary"/>
+                    <xsd:enumeration value="Legal Privilege"/>
+                    <xsd:enumeration value="Personnel Security Information"/>
+                    <xsd:enumeration value="Physical Security"/>
+                    <xsd:enumeration value="Privacy"/>
+                    <xsd:enumeration value="Procurement and Acquisition*"/>
+                    <xsd:enumeration value="Sensitive Security Information"/>
+                    <xsd:enumeration value="Tax*"/>
+                    <xsd:enumeration value="Whistleblower Identity"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MoveField" ma:index="10" nillable="true" ma:displayName="MoveField" ma:default="0" ma:hidden="true" ma:internalName="MoveField" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="2"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RecordNotification" ma:index="11" nillable="true" ma:displayName="RecordNotification" ma:hidden="true" ma:internalName="RecordNotification" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="WorkingCopyURL" ma:index="12" nillable="true" ma:displayName="WorkingCopyURL" ma:hidden="true" ma:internalName="WorkingCopyURL" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="bb9566753ea64e0fbe15cf4eea17e8e8" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="bb9566753ea64e0fbe15cf4eea17e8e8" ma:taxonomyFieldName="PRAD_Document_Status" ma:displayName="Document Status" ma:default="5928;#Draft|8b602063-81a7-4444-80ff-7ce3b8151217" ma:fieldId="{bb956675-3ea6-4e0f-be15-cf4eea17e8e8}" ma:sspId="b04b9a93-b54f-4549-9b70-040003075d6a" ma:termSetId="4097c74e-68f4-46ee-b686-59cc2719f708" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{491bd9d0-e5b3-4c92-ab4d-1bb0dbc017c7}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5f3443fc-942e-49a9-a87f-14faa0f18537">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{491bd9d0-e5b3-4c92-ab4d-1bb0dbc017c7}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="5f3443fc-942e-49a9-a87f-14faa0f18537">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="AllMetadata" ma:index="17" nillable="true" ma:displayName="AllMetadata" ma:hidden="true" ma:internalName="AllMetadata" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="j08bdb5906ec4b57b3f4e7e25498f056" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="j08bdb5906ec4b57b3f4e7e25498f056" ma:taxonomyFieldName="PRAD_x0020_Document_x0020_Type" ma:displayName="PRAD Document Type" ma:default="" ma:fieldId="{308bdb59-06ec-4b57-b3f4-e7e25498f056}" ma:sspId="b04b9a93-b54f-4549-9b70-040003075d6a" ma:termSetId="3a1f7b6b-7b9a-4a46-9dc8-8a8fa8084f37" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="b04b9a93-b54f-4549-9b70-040003075d6a" ContentTypeId="0x010100E09C6A4FD85CD94DB99934580C239257" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <AllMetadata xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" xsi:nil="true"/>
+    <MoveField xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4">0</MoveField>
+    <bb9566753ea64e0fbe15cf4eea17e8e8 xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Draft</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8b602063-81a7-4444-80ff-7ce3b8151217</TermId>
+        </TermInfo>
+      </Terms>
+    </bb9566753ea64e0fbe15cf4eea17e8e8>
+    <j08bdb5906ec4b57b3f4e7e25498f056 xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </j08bdb5906ec4b57b3f4e7e25498f056>
+    <RecordNotification xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" xsi:nil="true"/>
+    <PBGCCUI xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" xsi:nil="true"/>
+    <Marking xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" xsi:nil="true"/>
+    <WorkingCopyURL xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4" xsi:nil="true"/>
+    <TaxCatchAll xmlns="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4">
+      <Value>5928</Value>
+    </TaxCatchAll>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DE7CF3B-6B8D-45BC-BB3A-DE634967B1C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78613145-4A92-4683-835C-F623D933E8B7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD3AD64F-2960-4EFB-A7A7-81AF65029361}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{939FFCE9-EAB8-42DA-9E2B-CDC97E1DF4FE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="42a8a83a-5e27-410c-a1fc-7c5ac4e503f4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4050 Mortality Table</dc:title>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100E09C6A4FD85CD94DB99934580C23925724002B93F2389D7E204E845CA33040935D1C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PRAD_Document_Status">
+    <vt:lpwstr>5928;#Draft|8b602063-81a7-4444-80ff-7ce3b8151217</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Source_x0020_Path">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="mae72c5ce76549959ffe5c76f1536250">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="PRAD_x0020_Document_x0020_Type">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="PRAD Document Type">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Source Path">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>