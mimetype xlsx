--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{62624ABC-8C4E-40AC-BFA7-4DF94646C9B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7DDEE3BC-F285-4578-B063-2DEDBB4957EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{465DDA4A-A9EA-42E3-AC00-6F316C3B8BB1}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{465DDA4A-A9EA-42E3-AC00-6F316C3B8BB1}"/>
   </bookViews>
   <sheets>
     <sheet name="4044 Yield Curves - 2025" sheetId="12" r:id="rId1"/>
     <sheet name="4044 Yield Curves - 2024" sheetId="11" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -173,100 +173,100 @@
   <c r="B45" i="11" s="1"/>
   <c r="B46" i="11" s="1"/>
   <c r="B47" i="11" s="1"/>
   <c r="B48" i="11" s="1"/>
   <c r="B49" i="11" s="1"/>
   <c r="B50" i="11" s="1"/>
   <c r="B51" i="11" s="1"/>
   <c r="B52" i="11" s="1"/>
   <c r="B53" i="11" s="1"/>
   <c r="B54" i="11" s="1"/>
   <c r="B55" i="11" s="1"/>
   <c r="B56" i="11" s="1"/>
   <c r="B57" i="11" s="1"/>
   <c r="B58" i="11" s="1"/>
   <c r="B59" i="11" s="1"/>
   <c r="B60" i="11" s="1"/>
   <c r="B61" i="11" s="1"/>
   <c r="B62" i="11" s="1"/>
   <c r="B63" i="11" s="1"/>
   <c r="B64" i="11" s="1"/>
   <c r="B65" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="10">
   <si>
     <t>30.0+</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>ERISA 4044 Yield Curves</t>
   </si>
   <si>
     <t>4044 Yield Curves*</t>
   </si>
   <si>
     <t xml:space="preserve">* For valuation dates that are not the last day of a month, the 4044 yield curve to be used for 4044 purposes is the yield curve as of the last day of the prior month.   </t>
   </si>
   <si>
     <t>Last Updated: January 16, 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The table below shows the yield curves developed in accordance </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>§</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 4044.54 of PBGC's 4044 regulation.  For valuation dates on or after July 31, 2024, these yield curves serve as the interest assumption when determining the present value of annuities in involuntary and distress terminations of single-employer plans.  They are also used for other purposes, including, but not limited to, 4010 reporting and certain withdrawal liability calcuations.</t>
     </r>
   </si>
   <si>
     <t>Not Yet</t>
   </si>
   <si>
     <t>Available</t>
   </si>
   <si>
-    <t>Last Updated: September 17, 2025</t>
+    <t>Last Updated: December 5, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0_);\(0.0\)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -553,68 +553,70 @@
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="13" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="23">
     <cellStyle name="Comma 2" xfId="9" xr:uid="{117A03BF-F6E4-4D7B-8A2F-D882E15C0D8E}"/>
     <cellStyle name="Comma 2 2" xfId="13" xr:uid="{51D6A31C-47FF-47C7-AB57-4DA00838D872}"/>
     <cellStyle name="Comma 3" xfId="7" xr:uid="{D4FD34ED-11D5-43D3-8EF2-4F8F39A138D7}"/>
     <cellStyle name="Comma 4" xfId="17" xr:uid="{7C7DD4BC-937C-4ED1-9868-30AD643D942E}"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{E1171679-2AA9-43E6-A1A9-E59D55E005CF}"/>
     <cellStyle name="Hyperlink 2" xfId="20" xr:uid="{728E838B-E8A7-4DFA-8A63-0958C821ABCD}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{1402BB17-7CCB-4AF7-A0D1-5049B5513890}"/>
     <cellStyle name="Normal 2 2" xfId="11" xr:uid="{E16C4E6B-470A-43D7-A6CA-7DB077EA0ADF}"/>
     <cellStyle name="Normal 2 2 2" xfId="12" xr:uid="{1528E48D-A0EA-4DEE-A96A-1D9664A8CCAC}"/>
     <cellStyle name="Normal 2 2 3" xfId="19" xr:uid="{4C18874B-7F8B-4474-A1FE-9542C4DB58A2}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{2F777E7B-FE20-425E-AFE9-6B22EDED0266}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{CFF222B3-7251-44BC-AA86-C6355F88EACB}"/>
     <cellStyle name="Normal 5" xfId="10" xr:uid="{61BC1CCB-7894-431F-BD48-1A9CC717907B}"/>
     <cellStyle name="Normal 6" xfId="15" xr:uid="{803709C1-F068-4949-978E-29258C1A781B}"/>
     <cellStyle name="Normal 7" xfId="16" xr:uid="{FEAF2EA8-1F7B-4172-A061-DC1F6275044F}"/>
     <cellStyle name="Normal 8" xfId="22" xr:uid="{2610AB5C-66DC-438B-90D9-B1F74AE6FB6E}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="8" xr:uid="{70F0F292-1305-4423-8331-D7A4A876CC3E}"/>
     <cellStyle name="Percent 2 2" xfId="14" xr:uid="{EF27DFC0-362B-40E6-9343-D215668E8CAC}"/>
     <cellStyle name="Percent 2 3" xfId="21" xr:uid="{623E3EFC-0BA7-4108-A426-046F0ED4B6CF}"/>
@@ -929,129 +931,129 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{505CA890-E7F0-4488-A51E-D7CB441FA050}">
   <dimension ref="A1:Q73"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="O1" sqref="O1"/>
+    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="14" width="11.6328125" style="4" customWidth="1"/>
     <col min="15" max="15" width="7.6328125" style="4" customWidth="1"/>
     <col min="16" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="O1" s="18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="22" t="s">
+      <c r="A3" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="22"/>
-[...12 lines deleted...]
-      <c r="O3" s="22"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="24"/>
       <c r="P3" s="14"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
     </row>
     <row r="5" spans="1:17" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2025</v>
       </c>
-      <c r="C5" s="24" t="s">
+      <c r="C5" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="25"/>
-[...9 lines deleted...]
-      <c r="N5" s="26"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="27"/>
+      <c r="I5" s="27"/>
+      <c r="J5" s="27"/>
+      <c r="K5" s="27"/>
+      <c r="L5" s="27"/>
+      <c r="M5" s="27"/>
+      <c r="N5" s="28"/>
     </row>
     <row r="6" spans="1:17" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,1,31)</f>
         <v>45688</v>
       </c>
       <c r="D6" s="8">
         <f t="shared" ref="D6:I6" si="0">EOMONTH(EDATE(C6,1),0)</f>
         <v>45716</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" si="0"/>
         <v>45747</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45777</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45808</v>
       </c>
@@ -1061,2245 +1063,2477 @@
       </c>
       <c r="I6" s="8">
         <f t="shared" si="0"/>
         <v>45869</v>
       </c>
       <c r="J6" s="8">
         <f>EOMONTH(EDATE(I6,1),0)</f>
         <v>45900</v>
       </c>
       <c r="K6" s="8">
         <f t="shared" ref="K6:N6" si="1">EOMONTH(EDATE(J6,1),0)</f>
         <v>45930</v>
       </c>
       <c r="L6" s="8">
         <f t="shared" si="1"/>
         <v>45961</v>
       </c>
       <c r="M6" s="8">
         <f t="shared" si="1"/>
         <v>45991</v>
       </c>
       <c r="N6" s="8">
         <f t="shared" si="1"/>
         <v>46022</v>
       </c>
-      <c r="P6" s="29"/>
+      <c r="P6" s="23"/>
     </row>
     <row r="7" spans="1:17" ht="14" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="13">
         <v>0.5</v>
       </c>
       <c r="C7" s="16">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="D7" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
       <c r="E7" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
       <c r="F7" s="20">
         <v>4.7E-2</v>
       </c>
       <c r="G7" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="H7" s="16">
         <v>4.6799999999999994E-2</v>
       </c>
       <c r="I7" s="16">
         <v>4.8100000000000004E-2</v>
       </c>
-      <c r="J7" s="27">
+      <c r="J7" s="29">
         <v>4.5799999999999993E-2</v>
       </c>
-      <c r="K7" s="16"/>
-      <c r="L7" s="16"/>
+      <c r="K7" s="16">
+        <v>4.3300000000000005E-2</v>
+      </c>
+      <c r="L7" s="16">
+        <v>4.4299999999999999E-2</v>
+      </c>
       <c r="M7" s="16"/>
       <c r="N7" s="16"/>
       <c r="P7" s="21"/>
-      <c r="Q7" s="27"/>
+      <c r="Q7" s="22"/>
     </row>
     <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B8" s="9">
         <f>B7+0.5</f>
         <v>1</v>
       </c>
       <c r="C8" s="16">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="D8" s="16">
         <v>4.6899999999999997E-2</v>
       </c>
       <c r="E8" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="F8" s="20">
         <v>4.5599999999999995E-2</v>
       </c>
       <c r="G8" s="16">
         <v>4.7299999999999995E-2</v>
       </c>
       <c r="H8" s="16">
         <v>4.5599999999999995E-2</v>
       </c>
       <c r="I8" s="16">
         <v>4.7299999999999995E-2</v>
       </c>
-      <c r="J8" s="27">
+      <c r="J8" s="29">
         <v>4.4600000000000001E-2</v>
       </c>
-      <c r="K8" s="16"/>
-      <c r="L8" s="16"/>
+      <c r="K8" s="16">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="L8" s="16">
+        <v>4.4000000000000004E-2</v>
+      </c>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="P8" s="21"/>
-      <c r="Q8" s="27"/>
+      <c r="Q8" s="22"/>
     </row>
     <row r="9" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" s="9">
         <f t="shared" ref="B9:B65" si="2">B8+0.5</f>
         <v>1.5</v>
       </c>
       <c r="C9" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="D9" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="E9" s="16">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="F9" s="20">
         <v>4.4500000000000005E-2</v>
       </c>
       <c r="G9" s="16">
         <v>4.6400000000000004E-2</v>
       </c>
       <c r="H9" s="16">
         <v>4.4600000000000001E-2</v>
       </c>
       <c r="I9" s="16">
         <v>4.6600000000000003E-2</v>
       </c>
-      <c r="J9" s="27">
+      <c r="J9" s="29">
         <v>4.36E-2</v>
       </c>
-      <c r="K9" s="19" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="K9" s="16">
+        <v>4.2800000000000005E-2</v>
+      </c>
+      <c r="L9" s="16">
+        <v>4.3799999999999999E-2</v>
       </c>
       <c r="M9" s="19" t="s">
         <v>7</v>
       </c>
       <c r="N9" s="19" t="s">
         <v>7</v>
       </c>
       <c r="P9" s="21"/>
-      <c r="Q9" s="27"/>
+      <c r="Q9" s="22"/>
     </row>
     <row r="10" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="9">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="C10" s="16">
         <v>4.8599999999999997E-2</v>
       </c>
       <c r="D10" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="E10" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
       <c r="F10" s="20">
         <v>4.3900000000000002E-2</v>
       </c>
       <c r="G10" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
       <c r="H10" s="16">
         <v>4.41E-2</v>
       </c>
       <c r="I10" s="16">
         <v>4.6100000000000002E-2</v>
       </c>
-      <c r="J10" s="27">
+      <c r="J10" s="29">
         <v>4.2999999999999997E-2</v>
       </c>
-      <c r="K10" s="19" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="K10" s="16">
+        <v>4.2700000000000002E-2</v>
+      </c>
+      <c r="L10" s="16">
+        <v>4.3700000000000003E-2</v>
       </c>
       <c r="M10" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N10" s="19" t="s">
         <v>8</v>
       </c>
       <c r="P10" s="21"/>
-      <c r="Q10" s="27"/>
+      <c r="Q10" s="22"/>
     </row>
     <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="9">
         <f t="shared" si="2"/>
         <v>2.5</v>
       </c>
       <c r="C11" s="16">
         <v>4.8899999999999999E-2</v>
       </c>
       <c r="D11" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="E11" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
       <c r="F11" s="20">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="G11" s="16">
         <v>4.58E-2</v>
       </c>
       <c r="H11" s="16">
         <v>4.3900000000000002E-2</v>
       </c>
       <c r="I11" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="J11" s="27">
+      <c r="J11" s="29">
         <v>4.2800000000000005E-2</v>
       </c>
-      <c r="K11" s="16"/>
-      <c r="L11" s="16"/>
+      <c r="K11" s="16">
+        <v>4.2800000000000005E-2</v>
+      </c>
+      <c r="L11" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
       <c r="M11" s="16"/>
       <c r="N11" s="16"/>
       <c r="P11" s="21"/>
-      <c r="Q11" s="27"/>
+      <c r="Q11" s="22"/>
     </row>
     <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B12" s="9">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="C12" s="16">
         <v>4.9299999999999997E-2</v>
       </c>
       <c r="D12" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="E12" s="16">
         <v>4.6100000000000002E-2</v>
       </c>
       <c r="F12" s="20">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="G12" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
       <c r="H12" s="16">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="I12" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="J12" s="27">
+      <c r="J12" s="29">
         <v>4.2899999999999994E-2</v>
       </c>
-      <c r="K12" s="16"/>
-      <c r="L12" s="16"/>
+      <c r="K12" s="16">
+        <v>4.3099999999999999E-2</v>
+      </c>
+      <c r="L12" s="16">
+        <v>4.41E-2</v>
+      </c>
       <c r="M12" s="16"/>
       <c r="N12" s="16"/>
       <c r="P12" s="21"/>
-      <c r="Q12" s="27"/>
+      <c r="Q12" s="22"/>
     </row>
     <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B13" s="9">
         <f t="shared" si="2"/>
         <v>3.5</v>
       </c>
       <c r="C13" s="16">
         <v>4.9599999999999998E-2</v>
       </c>
       <c r="D13" s="16">
         <v>4.6800000000000001E-2</v>
       </c>
       <c r="E13" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="F13" s="20">
         <v>4.4400000000000002E-2</v>
       </c>
       <c r="G13" s="16">
         <v>4.6200000000000005E-2</v>
       </c>
       <c r="H13" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
       <c r="I13" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
-      <c r="J13" s="27">
+      <c r="J13" s="29">
         <v>4.3200000000000002E-2</v>
       </c>
-      <c r="K13" s="16"/>
-      <c r="L13" s="16"/>
+      <c r="K13" s="16">
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="L13" s="16">
+        <v>4.4400000000000002E-2</v>
+      </c>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="P13" s="21"/>
-      <c r="Q13" s="27"/>
+      <c r="Q13" s="22"/>
     </row>
     <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B14" s="9">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="C14" s="16">
         <v>5.0099999999999999E-2</v>
       </c>
       <c r="D14" s="16">
         <v>4.7099999999999996E-2</v>
       </c>
       <c r="E14" s="16">
         <v>4.6899999999999997E-2</v>
       </c>
       <c r="F14" s="20">
         <v>4.5000000000000005E-2</v>
       </c>
       <c r="G14" s="16">
         <v>4.6699999999999998E-2</v>
       </c>
       <c r="H14" s="16">
         <v>4.4700000000000004E-2</v>
       </c>
       <c r="I14" s="16">
         <v>4.6300000000000001E-2</v>
       </c>
-      <c r="J14" s="27">
+      <c r="J14" s="29">
         <v>4.3700000000000003E-2</v>
       </c>
-      <c r="K14" s="16"/>
-      <c r="L14" s="16"/>
+      <c r="K14" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="L14" s="16">
+        <v>4.48E-2</v>
+      </c>
       <c r="M14" s="16"/>
       <c r="N14" s="16"/>
       <c r="P14" s="21"/>
-      <c r="Q14" s="27"/>
+      <c r="Q14" s="22"/>
     </row>
     <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B15" s="9">
         <f t="shared" si="2"/>
         <v>4.5</v>
       </c>
       <c r="C15" s="16">
         <v>5.04E-2</v>
       </c>
       <c r="D15" s="16">
         <v>4.7500000000000001E-2</v>
       </c>
       <c r="E15" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
       <c r="F15" s="20">
         <v>4.5700000000000005E-2</v>
       </c>
       <c r="G15" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
       <c r="H15" s="16">
         <v>4.5200000000000004E-2</v>
       </c>
       <c r="I15" s="16">
         <v>4.6699999999999998E-2</v>
       </c>
-      <c r="J15" s="27">
+      <c r="J15" s="29">
         <v>4.4200000000000003E-2</v>
       </c>
-      <c r="K15" s="16"/>
-      <c r="L15" s="16"/>
+      <c r="K15" s="16">
+        <v>4.4299999999999999E-2</v>
+      </c>
+      <c r="L15" s="16">
+        <v>4.5200000000000004E-2</v>
+      </c>
       <c r="M15" s="16"/>
       <c r="N15" s="16"/>
       <c r="P15" s="21"/>
-      <c r="Q15" s="27"/>
+      <c r="Q15" s="22"/>
     </row>
     <row r="16" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B16" s="9">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
       <c r="C16" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
       <c r="D16" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
       <c r="E16" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
       <c r="F16" s="20">
         <v>4.6400000000000004E-2</v>
       </c>
       <c r="G16" s="16">
         <v>4.7800000000000002E-2</v>
       </c>
       <c r="H16" s="16">
         <v>4.58E-2</v>
       </c>
       <c r="I16" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
-      <c r="J16" s="27">
+      <c r="J16" s="29">
         <v>4.4900000000000002E-2</v>
       </c>
-      <c r="K16" s="16"/>
-      <c r="L16" s="16"/>
+      <c r="K16" s="16">
+        <v>4.4900000000000002E-2</v>
+      </c>
+      <c r="L16" s="16">
+        <v>4.5700000000000005E-2</v>
+      </c>
       <c r="M16" s="16"/>
       <c r="N16" s="16"/>
       <c r="P16" s="21"/>
-      <c r="Q16" s="27"/>
+      <c r="Q16" s="22"/>
     </row>
     <row r="17" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B17" s="9">
         <f t="shared" si="2"/>
         <v>5.5</v>
       </c>
       <c r="C17" s="16">
         <v>5.1200000000000002E-2</v>
       </c>
       <c r="D17" s="16">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="E17" s="16">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="F17" s="20">
         <v>4.7E-2</v>
       </c>
       <c r="G17" s="16">
         <v>4.8399999999999999E-2</v>
       </c>
       <c r="H17" s="16">
         <v>4.6300000000000001E-2</v>
       </c>
       <c r="I17" s="16">
         <v>4.7599999999999996E-2</v>
       </c>
-      <c r="J17" s="27">
+      <c r="J17" s="29">
         <v>4.5499999999999999E-2</v>
       </c>
-      <c r="K17" s="16"/>
-      <c r="L17" s="16"/>
+      <c r="K17" s="16">
+        <v>4.5399999999999996E-2</v>
+      </c>
+      <c r="L17" s="16">
+        <v>4.6199999999999998E-2</v>
+      </c>
       <c r="M17" s="16"/>
       <c r="N17" s="16"/>
       <c r="P17" s="21"/>
-      <c r="Q17" s="27"/>
+      <c r="Q17" s="22"/>
     </row>
     <row r="18" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B18" s="9">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="C18" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="D18" s="16">
         <v>4.87E-2</v>
       </c>
       <c r="E18" s="16">
         <v>4.8800000000000003E-2</v>
       </c>
       <c r="F18" s="20">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="G18" s="16">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="H18" s="16">
         <v>4.7E-2</v>
       </c>
       <c r="I18" s="16">
         <v>4.82E-2</v>
       </c>
-      <c r="J18" s="27">
+      <c r="J18" s="29">
         <v>4.6300000000000001E-2</v>
       </c>
-      <c r="K18" s="16"/>
-      <c r="L18" s="16"/>
+      <c r="K18" s="16">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="L18" s="16">
+        <v>4.6800000000000001E-2</v>
+      </c>
       <c r="M18" s="16"/>
       <c r="N18" s="16"/>
       <c r="P18" s="21"/>
-      <c r="Q18" s="27"/>
+      <c r="Q18" s="22"/>
     </row>
     <row r="19" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B19" s="9">
         <f t="shared" si="2"/>
         <v>6.5</v>
       </c>
       <c r="C19" s="16">
         <v>5.21E-2</v>
       </c>
       <c r="D19" s="16">
         <v>4.9100000000000005E-2</v>
       </c>
       <c r="E19" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
       <c r="F19" s="20">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="G19" s="16">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="H19" s="16">
         <v>4.7500000000000001E-2</v>
       </c>
       <c r="I19" s="16">
         <v>4.87E-2</v>
       </c>
-      <c r="J19" s="27">
+      <c r="J19" s="29">
         <v>4.7E-2</v>
       </c>
-      <c r="K19" s="16"/>
-      <c r="L19" s="16"/>
+      <c r="K19" s="16">
+        <v>4.65E-2</v>
+      </c>
+      <c r="L19" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
       <c r="M19" s="16"/>
       <c r="N19" s="16"/>
       <c r="P19" s="21"/>
-      <c r="Q19" s="27"/>
+      <c r="Q19" s="22"/>
     </row>
     <row r="20" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="9">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
       <c r="C20" s="16">
         <v>5.2400000000000002E-2</v>
       </c>
       <c r="D20" s="16">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="E20" s="16">
         <v>4.9800000000000004E-2</v>
       </c>
       <c r="F20" s="20">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="G20" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="H20" s="16">
         <v>4.8100000000000004E-2</v>
       </c>
       <c r="I20" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
-      <c r="J20" s="27">
+      <c r="J20" s="29">
         <v>4.7699999999999999E-2</v>
       </c>
-      <c r="K20" s="16"/>
-      <c r="L20" s="16"/>
+      <c r="K20" s="16">
+        <v>4.7100000000000003E-2</v>
+      </c>
+      <c r="L20" s="16">
+        <v>4.7800000000000002E-2</v>
+      </c>
       <c r="M20" s="16"/>
       <c r="N20" s="16"/>
       <c r="P20" s="21"/>
-      <c r="Q20" s="27"/>
+      <c r="Q20" s="22"/>
     </row>
     <row r="21" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="9">
         <f t="shared" si="2"/>
         <v>7.5</v>
       </c>
       <c r="C21" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="D21" s="16">
         <v>4.99E-2</v>
       </c>
       <c r="E21" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="F21" s="20">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="G21" s="16">
         <v>5.1000000000000004E-2</v>
       </c>
       <c r="H21" s="16">
         <v>4.8800000000000003E-2</v>
       </c>
       <c r="I21" s="16">
         <v>4.99E-2</v>
       </c>
-      <c r="J21" s="27">
+      <c r="J21" s="29">
         <v>4.8399999999999999E-2</v>
       </c>
-      <c r="K21" s="16"/>
-      <c r="L21" s="16"/>
+      <c r="K21" s="16">
+        <v>4.7599999999999996E-2</v>
+      </c>
+      <c r="L21" s="16">
+        <v>4.8299999999999996E-2</v>
+      </c>
       <c r="M21" s="16"/>
       <c r="N21" s="16"/>
       <c r="P21" s="21"/>
-      <c r="Q21" s="27"/>
+      <c r="Q21" s="22"/>
     </row>
     <row r="22" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B22" s="9">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>5.3200000000000004E-2</v>
       </c>
       <c r="D22" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="E22" s="16">
         <v>5.0800000000000005E-2</v>
       </c>
       <c r="F22" s="20">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="G22" s="16">
         <v>5.1700000000000003E-2</v>
       </c>
       <c r="H22" s="16">
         <v>4.9500000000000002E-2</v>
       </c>
       <c r="I22" s="16">
         <v>5.0499999999999996E-2</v>
       </c>
-      <c r="J22" s="27">
+      <c r="J22" s="29">
         <v>4.9099999999999998E-2</v>
       </c>
-      <c r="K22" s="16"/>
-      <c r="L22" s="16"/>
+      <c r="K22" s="16">
+        <v>4.8299999999999996E-2</v>
+      </c>
+      <c r="L22" s="16">
+        <v>4.8899999999999999E-2</v>
+      </c>
       <c r="M22" s="16"/>
       <c r="N22" s="16"/>
       <c r="P22" s="21"/>
-      <c r="Q22" s="27"/>
+      <c r="Q22" s="22"/>
     </row>
     <row r="23" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="9">
         <f t="shared" si="2"/>
         <v>8.5</v>
       </c>
       <c r="C23" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="D23" s="16">
         <v>5.0599999999999999E-2</v>
       </c>
       <c r="E23" s="16">
         <v>5.11E-2</v>
       </c>
       <c r="F23" s="20">
         <v>5.0799999999999998E-2</v>
       </c>
       <c r="G23" s="16">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="H23" s="16">
         <v>0.05</v>
       </c>
       <c r="I23" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
-      <c r="J23" s="27">
+      <c r="J23" s="29">
         <v>4.9599999999999998E-2</v>
       </c>
-      <c r="K23" s="16"/>
-      <c r="L23" s="16"/>
+      <c r="K23" s="16">
+        <v>4.87E-2</v>
+      </c>
+      <c r="L23" s="16">
+        <v>4.9299999999999997E-2</v>
+      </c>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="P23" s="21"/>
-      <c r="Q23" s="27"/>
+      <c r="Q23" s="22"/>
     </row>
     <row r="24" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B24" s="9">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="C24" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="D24" s="16">
         <v>5.1000000000000004E-2</v>
       </c>
       <c r="E24" s="16">
         <v>5.1499999999999997E-2</v>
       </c>
       <c r="F24" s="20">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="G24" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="H24" s="16">
         <v>5.0599999999999999E-2</v>
       </c>
       <c r="I24" s="16">
         <v>5.1499999999999997E-2</v>
       </c>
-      <c r="J24" s="27">
+      <c r="J24" s="29">
         <v>5.04E-2</v>
       </c>
-      <c r="K24" s="16"/>
-      <c r="L24" s="16"/>
+      <c r="K24" s="16">
+        <v>4.9300000000000004E-2</v>
+      </c>
+      <c r="L24" s="16">
+        <v>4.99E-2</v>
+      </c>
       <c r="M24" s="16"/>
       <c r="N24" s="16"/>
       <c r="P24" s="21"/>
-      <c r="Q24" s="27"/>
+      <c r="Q24" s="22"/>
     </row>
     <row r="25" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B25" s="9">
         <f t="shared" si="2"/>
         <v>9.5</v>
       </c>
       <c r="C25" s="16">
         <v>5.4199999999999998E-2</v>
       </c>
       <c r="D25" s="16">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="E25" s="16">
         <v>5.1900000000000002E-2</v>
       </c>
       <c r="F25" s="20">
         <v>5.1699999999999996E-2</v>
       </c>
       <c r="G25" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="H25" s="16">
         <v>5.0999999999999997E-2</v>
       </c>
       <c r="I25" s="16">
         <v>5.1899999999999995E-2</v>
       </c>
-      <c r="J25" s="27">
+      <c r="J25" s="29">
         <v>5.0900000000000001E-2</v>
       </c>
-      <c r="K25" s="16"/>
-      <c r="L25" s="16"/>
+      <c r="K25" s="16">
+        <v>4.9699999999999994E-2</v>
+      </c>
+      <c r="L25" s="16">
+        <v>5.0299999999999997E-2</v>
+      </c>
       <c r="M25" s="16"/>
       <c r="N25" s="16"/>
       <c r="P25" s="21"/>
-      <c r="Q25" s="27"/>
+      <c r="Q25" s="22"/>
     </row>
     <row r="26" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B26" s="9">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="C26" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="D26" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="E26" s="16">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="F26" s="20">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="G26" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="H26" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="I26" s="16">
         <v>5.2399999999999995E-2</v>
       </c>
-      <c r="J26" s="27">
+      <c r="J26" s="29">
         <v>5.16E-2</v>
       </c>
-      <c r="K26" s="16"/>
-      <c r="L26" s="16"/>
+      <c r="K26" s="16">
+        <v>5.0199999999999995E-2</v>
+      </c>
+      <c r="L26" s="16">
+        <v>5.0700000000000002E-2</v>
+      </c>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="P26" s="21"/>
-      <c r="Q26" s="27"/>
+      <c r="Q26" s="22"/>
     </row>
     <row r="27" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B27" s="9">
         <f t="shared" si="2"/>
         <v>10.5</v>
       </c>
       <c r="C27" s="16">
         <v>5.4799999999999995E-2</v>
       </c>
       <c r="D27" s="16">
         <v>5.1899999999999995E-2</v>
       </c>
       <c r="E27" s="16">
         <v>5.2599999999999994E-2</v>
       </c>
       <c r="F27" s="20">
         <v>5.2700000000000004E-2</v>
       </c>
       <c r="G27" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="H27" s="16">
         <v>5.2000000000000005E-2</v>
       </c>
       <c r="I27" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
-      <c r="J27" s="27">
+      <c r="J27" s="29">
         <v>5.21E-2</v>
       </c>
-      <c r="K27" s="16"/>
-      <c r="L27" s="16"/>
+      <c r="K27" s="16">
+        <v>5.0700000000000002E-2</v>
+      </c>
+      <c r="L27" s="16">
+        <v>5.11E-2</v>
+      </c>
       <c r="M27" s="16"/>
       <c r="N27" s="16"/>
       <c r="P27" s="21"/>
-      <c r="Q27" s="27"/>
+      <c r="Q27" s="22"/>
     </row>
     <row r="28" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B28" s="9">
         <f t="shared" si="2"/>
         <v>11</v>
       </c>
       <c r="C28" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="D28" s="16">
         <v>5.2199999999999996E-2</v>
       </c>
       <c r="E28" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="F28" s="20">
         <v>5.3100000000000001E-2</v>
       </c>
       <c r="G28" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="H28" s="16">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="I28" s="16">
         <v>5.33E-2</v>
       </c>
-      <c r="J28" s="27">
+      <c r="J28" s="29">
         <v>5.2700000000000004E-2</v>
       </c>
-      <c r="K28" s="16"/>
-      <c r="L28" s="16"/>
+      <c r="K28" s="16">
+        <v>5.11E-2</v>
+      </c>
+      <c r="L28" s="16">
+        <v>5.1500000000000004E-2</v>
+      </c>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="P28" s="21"/>
-      <c r="Q28" s="27"/>
+      <c r="Q28" s="22"/>
     </row>
     <row r="29" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B29" s="9">
         <f t="shared" si="2"/>
         <v>11.5</v>
       </c>
       <c r="C29" s="16">
         <v>5.5299999999999995E-2</v>
       </c>
       <c r="D29" s="16">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="E29" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="F29" s="20">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="G29" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="H29" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="I29" s="16">
         <v>5.3700000000000005E-2</v>
       </c>
-      <c r="J29" s="27">
+      <c r="J29" s="29">
         <v>5.3000000000000005E-2</v>
       </c>
-      <c r="K29" s="16"/>
-      <c r="L29" s="16"/>
+      <c r="K29" s="16">
+        <v>5.1400000000000001E-2</v>
+      </c>
+      <c r="L29" s="16">
+        <v>5.1700000000000003E-2</v>
+      </c>
       <c r="M29" s="16"/>
       <c r="N29" s="16"/>
       <c r="P29" s="21"/>
-      <c r="Q29" s="27"/>
+      <c r="Q29" s="22"/>
     </row>
     <row r="30" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B30" s="9">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="C30" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="D30" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="E30" s="16">
         <v>5.3699999999999998E-2</v>
       </c>
       <c r="F30" s="20">
         <v>5.4100000000000002E-2</v>
       </c>
       <c r="G30" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="H30" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="I30" s="16">
         <v>5.4200000000000005E-2</v>
       </c>
-      <c r="J30" s="27">
+      <c r="J30" s="29">
         <v>5.3600000000000002E-2</v>
       </c>
-      <c r="K30" s="16"/>
-      <c r="L30" s="16"/>
+      <c r="K30" s="16">
+        <v>5.1900000000000002E-2</v>
+      </c>
+      <c r="L30" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="P30" s="21"/>
-      <c r="Q30" s="27"/>
+      <c r="Q30" s="22"/>
     </row>
     <row r="31" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B31" s="9">
         <f t="shared" si="2"/>
         <v>12.5</v>
       </c>
       <c r="C31" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="D31" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E31" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="F31" s="20">
         <v>5.45E-2</v>
       </c>
       <c r="G31" s="16">
         <v>5.6099999999999997E-2</v>
       </c>
       <c r="H31" s="16">
         <v>5.3899999999999997E-2</v>
       </c>
       <c r="I31" s="16">
         <v>5.4399999999999997E-2</v>
       </c>
-      <c r="J31" s="27">
+      <c r="J31" s="29">
         <v>5.3899999999999997E-2</v>
       </c>
-      <c r="K31" s="16"/>
-      <c r="L31" s="16"/>
+      <c r="K31" s="16">
+        <v>5.2199999999999996E-2</v>
+      </c>
+      <c r="L31" s="16">
+        <v>5.2400000000000002E-2</v>
+      </c>
       <c r="M31" s="16"/>
       <c r="N31" s="16"/>
       <c r="P31" s="21"/>
-      <c r="Q31" s="27"/>
+      <c r="Q31" s="22"/>
     </row>
     <row r="32" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B32" s="9">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="C32" s="16">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="D32" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="E32" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="F32" s="20">
         <v>5.4899999999999997E-2</v>
       </c>
       <c r="G32" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="H32" s="16">
         <v>5.4399999999999997E-2</v>
       </c>
       <c r="I32" s="16">
         <v>5.4799999999999995E-2</v>
       </c>
-      <c r="J32" s="27">
+      <c r="J32" s="29">
         <v>5.4399999999999997E-2</v>
       </c>
-      <c r="K32" s="16"/>
-      <c r="L32" s="16"/>
+      <c r="K32" s="16">
+        <v>5.2599999999999994E-2</v>
+      </c>
+      <c r="L32" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="P32" s="21"/>
-      <c r="Q32" s="27"/>
+      <c r="Q32" s="22"/>
     </row>
     <row r="33" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B33" s="9">
         <f t="shared" si="2"/>
         <v>13.5</v>
       </c>
       <c r="C33" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
       <c r="D33" s="16">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="E33" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="F33" s="20">
         <v>5.5200000000000006E-2</v>
       </c>
       <c r="G33" s="16">
         <v>5.6900000000000006E-2</v>
       </c>
       <c r="H33" s="16">
         <v>5.4700000000000006E-2</v>
       </c>
       <c r="I33" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="J33" s="27">
+      <c r="J33" s="29">
         <v>5.4800000000000001E-2</v>
       </c>
-      <c r="K33" s="16"/>
-      <c r="L33" s="16"/>
+      <c r="K33" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="L33" s="16">
+        <v>5.3000000000000005E-2</v>
+      </c>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="P33" s="21"/>
-      <c r="Q33" s="27"/>
+      <c r="Q33" s="22"/>
     </row>
     <row r="34" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B34" s="9">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="C34" s="16">
         <v>5.6500000000000002E-2</v>
       </c>
       <c r="D34" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="E34" s="16">
         <v>5.4900000000000004E-2</v>
       </c>
       <c r="F34" s="20">
         <v>5.5500000000000001E-2</v>
       </c>
       <c r="G34" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="H34" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="I34" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
-      <c r="J34" s="27">
+      <c r="J34" s="29">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="K34" s="16"/>
-      <c r="L34" s="16"/>
+      <c r="K34" s="16">
+        <v>5.33E-2</v>
+      </c>
+      <c r="L34" s="16">
+        <v>5.3400000000000003E-2</v>
+      </c>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="P34" s="21"/>
-      <c r="Q34" s="27"/>
+      <c r="Q34" s="22"/>
     </row>
     <row r="35" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B35" s="9">
         <f t="shared" si="2"/>
         <v>14.5</v>
       </c>
       <c r="C35" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="D35" s="16">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="E35" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
       <c r="F35" s="20">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="G35" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="H35" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="I35" s="16">
         <v>5.57E-2</v>
       </c>
-      <c r="J35" s="27">
+      <c r="J35" s="29">
         <v>5.5400000000000005E-2</v>
       </c>
-      <c r="K35" s="16"/>
-      <c r="L35" s="16"/>
+      <c r="K35" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="L35" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
       <c r="M35" s="16"/>
       <c r="N35" s="16"/>
       <c r="P35" s="21"/>
-      <c r="Q35" s="27"/>
+      <c r="Q35" s="22"/>
     </row>
     <row r="36" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B36" s="9">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="C36" s="16">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="D36" s="16">
         <v>5.4199999999999998E-2</v>
       </c>
       <c r="E36" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="F36" s="20">
         <v>5.62E-2</v>
       </c>
       <c r="G36" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="H36" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="I36" s="16">
         <v>5.6100000000000004E-2</v>
       </c>
-      <c r="J36" s="27">
+      <c r="J36" s="29">
         <v>5.5900000000000005E-2</v>
       </c>
-      <c r="K36" s="16"/>
-      <c r="L36" s="16"/>
+      <c r="K36" s="16">
+        <v>5.3900000000000003E-2</v>
+      </c>
+      <c r="L36" s="16">
+        <v>5.3800000000000001E-2</v>
+      </c>
       <c r="M36" s="16"/>
       <c r="N36" s="16"/>
       <c r="P36" s="21"/>
-      <c r="Q36" s="27"/>
+      <c r="Q36" s="22"/>
     </row>
     <row r="37" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B37" s="9">
         <f t="shared" si="2"/>
         <v>15.5</v>
       </c>
       <c r="C37" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="D37" s="16">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="E37" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="F37" s="20">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="G37" s="16">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="H37" s="16">
         <v>5.5999999999999994E-2</v>
       </c>
       <c r="I37" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
-      <c r="J37" s="27">
+      <c r="J37" s="29">
         <v>5.62E-2</v>
       </c>
-      <c r="K37" s="16"/>
-      <c r="L37" s="16"/>
+      <c r="K37" s="16">
+        <v>5.4100000000000002E-2</v>
+      </c>
+      <c r="L37" s="16">
+        <v>5.3999999999999999E-2</v>
+      </c>
       <c r="M37" s="16"/>
       <c r="N37" s="16"/>
       <c r="P37" s="21"/>
-      <c r="Q37" s="27"/>
+      <c r="Q37" s="22"/>
     </row>
     <row r="38" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B38" s="9">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="C38" s="16">
         <v>5.7100000000000005E-2</v>
       </c>
       <c r="D38" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="E38" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="F38" s="20">
         <v>5.67E-2</v>
       </c>
       <c r="G38" s="16">
         <v>5.8499999999999996E-2</v>
       </c>
       <c r="H38" s="16">
         <v>5.6299999999999996E-2</v>
       </c>
       <c r="I38" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
-      <c r="J38" s="27">
+      <c r="J38" s="29">
         <v>5.6500000000000002E-2</v>
       </c>
-      <c r="K38" s="16"/>
-      <c r="L38" s="16"/>
+      <c r="K38" s="16">
+        <v>5.45E-2</v>
+      </c>
+      <c r="L38" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
       <c r="M38" s="16"/>
       <c r="N38" s="16"/>
       <c r="P38" s="21"/>
-      <c r="Q38" s="27"/>
+      <c r="Q38" s="22"/>
     </row>
     <row r="39" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B39" s="9">
         <f t="shared" si="2"/>
         <v>16.5</v>
       </c>
       <c r="C39" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="D39" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="E39" s="16">
         <v>5.6100000000000004E-2</v>
       </c>
       <c r="F39" s="20">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="G39" s="16">
         <v>5.8700000000000002E-2</v>
       </c>
       <c r="H39" s="16">
         <v>5.6600000000000004E-2</v>
       </c>
       <c r="I39" s="16">
         <v>5.67E-2</v>
       </c>
-      <c r="J39" s="27">
+      <c r="J39" s="29">
         <v>5.67E-2</v>
       </c>
-      <c r="K39" s="16"/>
-      <c r="L39" s="16"/>
+      <c r="K39" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
+      <c r="L39" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
       <c r="M39" s="16"/>
       <c r="N39" s="16"/>
       <c r="P39" s="21"/>
-      <c r="Q39" s="27"/>
+      <c r="Q39" s="22"/>
     </row>
     <row r="40" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B40" s="9">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="C40" s="16">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="D40" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="E40" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
       <c r="F40" s="20">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="G40" s="16">
         <v>5.8900000000000001E-2</v>
       </c>
       <c r="H40" s="16">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="I40" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="J40" s="27">
+      <c r="J40" s="29">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="K40" s="16"/>
-      <c r="L40" s="16"/>
+      <c r="K40" s="16">
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="L40" s="16">
+        <v>5.4699999999999999E-2</v>
+      </c>
       <c r="M40" s="16"/>
       <c r="N40" s="16"/>
       <c r="P40" s="21"/>
-      <c r="Q40" s="27"/>
+      <c r="Q40" s="22"/>
     </row>
     <row r="41" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B41" s="9">
         <f t="shared" si="2"/>
         <v>17.5</v>
       </c>
       <c r="C41" s="16">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="D41" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="E41" s="16">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="F41" s="20">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="G41" s="16">
         <v>5.91E-2</v>
       </c>
       <c r="H41" s="16">
         <v>5.6999999999999995E-2</v>
       </c>
       <c r="I41" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="J41" s="27">
+      <c r="J41" s="29">
         <v>5.7100000000000005E-2</v>
       </c>
-      <c r="K41" s="16"/>
-      <c r="L41" s="16"/>
+      <c r="K41" s="16">
+        <v>5.4900000000000004E-2</v>
+      </c>
+      <c r="L41" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
       <c r="M41" s="16"/>
       <c r="N41" s="16"/>
       <c r="P41" s="21"/>
-      <c r="Q41" s="27"/>
+      <c r="Q41" s="22"/>
     </row>
     <row r="42" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B42" s="9">
         <f t="shared" si="2"/>
         <v>18</v>
       </c>
       <c r="C42" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="D42" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="E42" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="F42" s="20">
         <v>5.7499999999999996E-2</v>
       </c>
       <c r="G42" s="16">
         <v>5.9400000000000001E-2</v>
       </c>
       <c r="H42" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="I42" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="J42" s="27">
+      <c r="J42" s="29">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="K42" s="16"/>
-      <c r="L42" s="16"/>
+      <c r="K42" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="L42" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
       <c r="M42" s="16"/>
       <c r="N42" s="16"/>
       <c r="P42" s="21"/>
-      <c r="Q42" s="27"/>
+      <c r="Q42" s="22"/>
     </row>
     <row r="43" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B43" s="9">
         <f t="shared" si="2"/>
         <v>18.5</v>
       </c>
       <c r="C43" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="D43" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="E43" s="16">
         <v>5.6800000000000003E-2</v>
       </c>
       <c r="F43" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G43" s="16">
         <v>5.9500000000000004E-2</v>
       </c>
       <c r="H43" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="I43" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="J43" s="27">
+      <c r="J43" s="29">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="K43" s="16"/>
-      <c r="L43" s="16"/>
+      <c r="K43" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="L43" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
       <c r="M43" s="16"/>
       <c r="N43" s="16"/>
       <c r="P43" s="21"/>
-      <c r="Q43" s="27"/>
+      <c r="Q43" s="22"/>
     </row>
     <row r="44" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B44" s="9">
         <f t="shared" si="2"/>
         <v>19</v>
       </c>
       <c r="C44" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D44" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
       <c r="E44" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="F44" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G44" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H44" s="16">
         <v>5.7600000000000005E-2</v>
       </c>
       <c r="I44" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J44" s="27">
+      <c r="J44" s="29">
         <v>5.7799999999999997E-2</v>
       </c>
-      <c r="K44" s="16"/>
-      <c r="L44" s="16"/>
+      <c r="K44" s="16">
+        <v>5.5599999999999997E-2</v>
+      </c>
+      <c r="L44" s="16">
+        <v>5.5E-2</v>
+      </c>
       <c r="M44" s="16"/>
       <c r="N44" s="16"/>
       <c r="P44" s="21"/>
-      <c r="Q44" s="27"/>
+      <c r="Q44" s="22"/>
     </row>
     <row r="45" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B45" s="9">
         <f t="shared" si="2"/>
         <v>19.5</v>
       </c>
       <c r="C45" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D45" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="E45" s="16">
         <v>5.6999999999999995E-2</v>
       </c>
       <c r="F45" s="20">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="G45" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H45" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="I45" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J45" s="27">
+      <c r="J45" s="29">
         <v>5.7799999999999997E-2</v>
       </c>
-      <c r="K45" s="16"/>
-      <c r="L45" s="16"/>
+      <c r="K45" s="16">
+        <v>5.5600000000000004E-2</v>
+      </c>
+      <c r="L45" s="16">
+        <v>5.5E-2</v>
+      </c>
       <c r="M45" s="16"/>
       <c r="N45" s="16"/>
       <c r="P45" s="21"/>
-      <c r="Q45" s="27"/>
+      <c r="Q45" s="22"/>
     </row>
     <row r="46" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B46" s="9">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="C46" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D46" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E46" s="16">
         <v>5.7199999999999994E-2</v>
       </c>
       <c r="F46" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G46" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H46" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I46" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J46" s="27">
+      <c r="J46" s="29">
         <v>5.8000000000000003E-2</v>
       </c>
-      <c r="K46" s="16"/>
-      <c r="L46" s="16"/>
+      <c r="K46" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L46" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
       <c r="M46" s="16"/>
       <c r="N46" s="16"/>
       <c r="P46" s="21"/>
-      <c r="Q46" s="27"/>
+      <c r="Q46" s="22"/>
     </row>
     <row r="47" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B47" s="9">
         <f t="shared" si="2"/>
         <v>20.5</v>
       </c>
       <c r="C47" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D47" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E47" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F47" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G47" s="16">
         <v>5.9800000000000006E-2</v>
       </c>
       <c r="H47" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I47" s="16">
         <v>5.7699999999999994E-2</v>
       </c>
-      <c r="J47" s="27">
+      <c r="J47" s="29">
         <v>5.7999999999999996E-2</v>
       </c>
-      <c r="K47" s="16"/>
-      <c r="L47" s="16"/>
+      <c r="K47" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L47" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
       <c r="M47" s="16"/>
       <c r="N47" s="16"/>
       <c r="P47" s="21"/>
-      <c r="Q47" s="27"/>
+      <c r="Q47" s="22"/>
     </row>
     <row r="48" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B48" s="9">
         <f t="shared" si="2"/>
         <v>21</v>
       </c>
       <c r="C48" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D48" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E48" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F48" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G48" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H48" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="I48" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
-      <c r="J48" s="27">
+      <c r="J48" s="29">
         <v>5.8099999999999999E-2</v>
       </c>
-      <c r="K48" s="16"/>
-      <c r="L48" s="16"/>
+      <c r="K48" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L48" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="M48" s="16"/>
       <c r="N48" s="16"/>
       <c r="P48" s="21"/>
-      <c r="Q48" s="27"/>
+      <c r="Q48" s="22"/>
     </row>
     <row r="49" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B49" s="9">
         <f t="shared" si="2"/>
         <v>21.5</v>
       </c>
       <c r="C49" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D49" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E49" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="F49" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G49" s="16">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H49" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="I49" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J49" s="27">
+      <c r="J49" s="29">
         <v>5.8099999999999999E-2</v>
       </c>
-      <c r="K49" s="16"/>
-      <c r="L49" s="16"/>
+      <c r="K49" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L49" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
       <c r="M49" s="16"/>
       <c r="N49" s="16"/>
       <c r="P49" s="21"/>
-      <c r="Q49" s="27"/>
+      <c r="Q49" s="22"/>
     </row>
     <row r="50" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B50" s="9">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="C50" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="D50" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E50" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F50" s="20">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G50" s="16">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H50" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I50" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J50" s="27">
+      <c r="J50" s="29">
         <v>5.8200000000000002E-2</v>
       </c>
-      <c r="K50" s="16"/>
-      <c r="L50" s="16"/>
+      <c r="K50" s="16">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="L50" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="M50" s="16"/>
       <c r="N50" s="16"/>
       <c r="P50" s="21"/>
-      <c r="Q50" s="27"/>
+      <c r="Q50" s="22"/>
     </row>
     <row r="51" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B51" s="9">
         <f t="shared" si="2"/>
         <v>22.5</v>
       </c>
       <c r="C51" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D51" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E51" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="F51" s="20">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G51" s="16">
         <v>0.06</v>
       </c>
       <c r="H51" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="I51" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J51" s="27">
+      <c r="J51" s="29">
         <v>5.8200000000000002E-2</v>
       </c>
-      <c r="K51" s="16"/>
-      <c r="L51" s="16"/>
+      <c r="K51" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="L51" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M51" s="16"/>
       <c r="N51" s="16"/>
       <c r="P51" s="21"/>
-      <c r="Q51" s="27"/>
+      <c r="Q51" s="22"/>
     </row>
     <row r="52" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B52" s="9">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="C52" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D52" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="E52" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="F52" s="20">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G52" s="16">
         <v>0.06</v>
       </c>
       <c r="H52" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="I52" s="16">
         <v>5.7600000000000005E-2</v>
       </c>
-      <c r="J52" s="27">
+      <c r="J52" s="29">
         <v>5.8300000000000005E-2</v>
       </c>
-      <c r="K52" s="16"/>
-      <c r="L52" s="16"/>
+      <c r="K52" s="16">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="L52" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="M52" s="16"/>
       <c r="N52" s="16"/>
       <c r="P52" s="21"/>
-      <c r="Q52" s="27"/>
+      <c r="Q52" s="22"/>
     </row>
     <row r="53" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B53" s="9">
         <f t="shared" si="2"/>
         <v>23.5</v>
       </c>
       <c r="C53" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D53" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E53" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F53" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G53" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H53" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I53" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J53" s="27">
+      <c r="J53" s="29">
         <v>5.8200000000000002E-2</v>
       </c>
-      <c r="K53" s="16"/>
-      <c r="L53" s="16"/>
+      <c r="K53" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="L53" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M53" s="16"/>
       <c r="N53" s="16"/>
       <c r="P53" s="21"/>
-      <c r="Q53" s="27"/>
+      <c r="Q53" s="22"/>
     </row>
     <row r="54" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B54" s="9">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="C54" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D54" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E54" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F54" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G54" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H54" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="I54" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J54" s="27">
+      <c r="J54" s="29">
         <v>5.8299999999999998E-2</v>
       </c>
-      <c r="K54" s="16"/>
-      <c r="L54" s="16"/>
+      <c r="K54" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="L54" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
       <c r="M54" s="16"/>
       <c r="N54" s="16"/>
       <c r="P54" s="21"/>
-      <c r="Q54" s="27"/>
+      <c r="Q54" s="22"/>
     </row>
     <row r="55" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B55" s="9">
         <f t="shared" si="2"/>
         <v>24.5</v>
       </c>
       <c r="C55" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D55" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E55" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F55" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G55" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H55" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I55" s="16">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="J55" s="27">
+      <c r="J55" s="29">
         <v>5.8199999999999995E-2</v>
       </c>
-      <c r="K55" s="16"/>
-      <c r="L55" s="16"/>
+      <c r="K55" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L55" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
       <c r="M55" s="16"/>
       <c r="N55" s="16"/>
       <c r="P55" s="21"/>
-      <c r="Q55" s="27"/>
+      <c r="Q55" s="22"/>
     </row>
     <row r="56" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B56" s="9">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="C56" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D56" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E56" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F56" s="20">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="G56" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H56" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I56" s="16">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="J56" s="27">
+      <c r="J56" s="29">
         <v>5.8299999999999998E-2</v>
       </c>
-      <c r="K56" s="16"/>
-      <c r="L56" s="16"/>
+      <c r="K56" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L56" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
       <c r="M56" s="16"/>
       <c r="N56" s="16"/>
       <c r="P56" s="21"/>
-      <c r="Q56" s="27"/>
+      <c r="Q56" s="22"/>
     </row>
     <row r="57" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B57" s="9">
         <f t="shared" si="2"/>
         <v>25.5</v>
       </c>
       <c r="C57" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D57" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E57" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F57" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G57" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H57" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I57" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="J57" s="27">
+      <c r="J57" s="29">
         <v>5.8200000000000002E-2</v>
       </c>
-      <c r="K57" s="16"/>
-      <c r="L57" s="16"/>
+      <c r="K57" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L57" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M57" s="16"/>
       <c r="N57" s="16"/>
       <c r="P57" s="21"/>
-      <c r="Q57" s="27"/>
+      <c r="Q57" s="22"/>
     </row>
     <row r="58" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B58" s="9">
         <f t="shared" si="2"/>
         <v>26</v>
       </c>
       <c r="C58" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D58" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E58" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F58" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G58" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H58" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I58" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="J58" s="27">
+      <c r="J58" s="29">
         <v>5.8299999999999998E-2</v>
       </c>
-      <c r="K58" s="16"/>
-      <c r="L58" s="16"/>
+      <c r="K58" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L58" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M58" s="16"/>
       <c r="N58" s="16"/>
       <c r="P58" s="21"/>
-      <c r="Q58" s="27"/>
+      <c r="Q58" s="22"/>
     </row>
     <row r="59" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B59" s="9">
         <f t="shared" si="2"/>
         <v>26.5</v>
       </c>
       <c r="C59" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D59" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E59" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F59" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G59" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H59" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I59" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J59" s="27">
+      <c r="J59" s="29">
         <v>5.8199999999999995E-2</v>
       </c>
-      <c r="K59" s="16"/>
-      <c r="L59" s="16"/>
+      <c r="K59" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L59" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M59" s="16"/>
       <c r="N59" s="16"/>
       <c r="P59" s="21"/>
-      <c r="Q59" s="27"/>
+      <c r="Q59" s="22"/>
     </row>
     <row r="60" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B60" s="9">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="C60" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D60" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E60" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F60" s="20">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="G60" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H60" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I60" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J60" s="27">
+      <c r="J60" s="29">
         <v>5.8199999999999995E-2</v>
       </c>
-      <c r="K60" s="16"/>
-      <c r="L60" s="16"/>
+      <c r="K60" s="16">
+        <v>5.5599999999999997E-2</v>
+      </c>
+      <c r="L60" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M60" s="16"/>
       <c r="N60" s="16"/>
       <c r="P60" s="21"/>
-      <c r="Q60" s="27"/>
+      <c r="Q60" s="22"/>
     </row>
     <row r="61" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B61" s="9">
         <f t="shared" si="2"/>
         <v>27.5</v>
       </c>
       <c r="C61" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D61" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E61" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="F61" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G61" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H61" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I61" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J61" s="27">
+      <c r="J61" s="29">
         <v>5.8299999999999998E-2</v>
       </c>
-      <c r="K61" s="16"/>
-      <c r="L61" s="16"/>
+      <c r="K61" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L61" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
       <c r="M61" s="16"/>
       <c r="N61" s="16"/>
       <c r="P61" s="21"/>
-      <c r="Q61" s="27"/>
+      <c r="Q61" s="22"/>
     </row>
     <row r="62" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B62" s="9">
         <f t="shared" si="2"/>
         <v>28</v>
       </c>
       <c r="C62" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="D62" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="E62" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="F62" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G62" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H62" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I62" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J62" s="27">
+      <c r="J62" s="29">
         <v>5.8400000000000001E-2</v>
       </c>
-      <c r="K62" s="16"/>
-      <c r="L62" s="16"/>
+      <c r="K62" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L62" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
       <c r="M62" s="16"/>
       <c r="N62" s="16"/>
       <c r="P62" s="21"/>
-      <c r="Q62" s="27"/>
+      <c r="Q62" s="22"/>
     </row>
     <row r="63" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B63" s="9">
         <f t="shared" si="2"/>
         <v>28.5</v>
       </c>
       <c r="C63" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D63" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E63" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F63" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G63" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H63" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I63" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J63" s="27">
+      <c r="J63" s="29">
         <v>5.8400000000000001E-2</v>
       </c>
-      <c r="K63" s="16"/>
-      <c r="L63" s="16"/>
+      <c r="K63" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L63" s="16">
+        <v>5.5E-2</v>
+      </c>
       <c r="M63" s="16"/>
       <c r="N63" s="16"/>
       <c r="P63" s="21"/>
-      <c r="Q63" s="27"/>
+      <c r="Q63" s="22"/>
     </row>
     <row r="64" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B64" s="9">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="C64" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D64" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E64" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F64" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G64" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H64" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I64" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J64" s="27">
+      <c r="J64" s="29">
         <v>5.8400000000000001E-2</v>
       </c>
-      <c r="K64" s="16"/>
-      <c r="L64" s="16"/>
+      <c r="K64" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L64" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="M64" s="16"/>
       <c r="N64" s="16"/>
       <c r="P64" s="21"/>
-      <c r="Q64" s="27"/>
+      <c r="Q64" s="22"/>
     </row>
     <row r="65" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B65" s="9">
         <f t="shared" si="2"/>
         <v>29.5</v>
       </c>
       <c r="C65" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D65" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E65" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F65" s="20">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="G65" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H65" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I65" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J65" s="27">
+      <c r="J65" s="29">
         <v>5.8499999999999996E-2</v>
       </c>
-      <c r="K65" s="16"/>
-      <c r="L65" s="16"/>
+      <c r="K65" s="16">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="L65" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
       <c r="M65" s="16"/>
       <c r="N65" s="16"/>
       <c r="P65" s="21"/>
-      <c r="Q65" s="27"/>
+      <c r="Q65" s="22"/>
     </row>
     <row r="66" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.79E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.79E-2</v>
       </c>
       <c r="I66" s="17">
         <v>5.74E-2</v>
       </c>
-      <c r="J66" s="28">
+      <c r="J66" s="17">
         <v>5.8599999999999999E-2</v>
       </c>
-      <c r="K66" s="17"/>
-      <c r="L66" s="17"/>
+      <c r="K66" s="17">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="L66" s="17">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="M66" s="17"/>
       <c r="N66" s="17"/>
       <c r="P66" s="21"/>
-      <c r="Q66" s="27"/>
+      <c r="Q66" s="22"/>
     </row>
     <row r="67" spans="2:17" x14ac:dyDescent="0.3">
       <c r="P67" s="21"/>
     </row>
     <row r="68" spans="2:17" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="23" t="s">
+      <c r="B68" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="23"/>
-[...10 lines deleted...]
-      <c r="N68" s="23"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="25"/>
+      <c r="E68" s="25"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+      <c r="H68" s="25"/>
+      <c r="I68" s="25"/>
+      <c r="J68" s="25"/>
+      <c r="K68" s="25"/>
+      <c r="L68" s="25"/>
+      <c r="M68" s="25"/>
+      <c r="N68" s="25"/>
       <c r="O68" s="15"/>
       <c r="P68" s="21"/>
       <c r="Q68" s="15"/>
     </row>
     <row r="69" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="6"/>
       <c r="D69" s="6"/>
       <c r="E69" s="6"/>
       <c r="F69" s="6"/>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
       <c r="P69" s="21"/>
     </row>
     <row r="70" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
       <c r="C70" s="6"/>
       <c r="D70" s="6"/>
       <c r="E70" s="6"/>
       <c r="F70" s="6"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
@@ -3334,84 +3568,84 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="8" width="11.6328125" style="4" customWidth="1"/>
     <col min="9" max="9" width="7.6328125" style="4" customWidth="1"/>
     <col min="10" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="I1" s="18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="22" t="s">
+      <c r="A3" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="22"/>
-[...6 lines deleted...]
-      <c r="I3" s="22"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
       <c r="J3" s="14"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:10" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2024</v>
       </c>
-      <c r="C5" s="24" t="s">
+      <c r="C5" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="25"/>
-[...3 lines deleted...]
-      <c r="H5" s="26"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="28"/>
     </row>
     <row r="6" spans="1:10" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,7,31)</f>
         <v>45504</v>
       </c>
       <c r="D6" s="8">
         <f>EOMONTH(EDATE(C6,1),0)</f>
         <v>45535</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" ref="E6:H6" si="0">EOMONTH(EDATE(D6,1),0)</f>
         <v>45565</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45596</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45626</v>
       </c>
@@ -4837,59 +5071,59 @@
     </row>
     <row r="66" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.7800000000000004E-2</v>
       </c>
     </row>
     <row r="68" spans="2:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="23" t="s">
+      <c r="B68" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="23"/>
-[...4 lines deleted...]
-      <c r="H68" s="23"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="25"/>
+      <c r="E68" s="25"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+      <c r="H68" s="25"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
     </row>
     <row r="69" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
     </row>
     <row r="70" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B68:H68"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>