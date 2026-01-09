--- v1 (2025-12-15)
+++ v2 (2026-01-09)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7DDEE3BC-F285-4578-B063-2DEDBB4957EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{13D3F21B-FD3B-403A-9C21-DB30E0196FF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{465DDA4A-A9EA-42E3-AC00-6F316C3B8BB1}"/>
   </bookViews>
   <sheets>
     <sheet name="4044 Yield Curves - 2025" sheetId="12" r:id="rId1"/>
     <sheet name="4044 Yield Curves - 2024" sheetId="11" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -173,100 +173,100 @@
   <c r="B45" i="11" s="1"/>
   <c r="B46" i="11" s="1"/>
   <c r="B47" i="11" s="1"/>
   <c r="B48" i="11" s="1"/>
   <c r="B49" i="11" s="1"/>
   <c r="B50" i="11" s="1"/>
   <c r="B51" i="11" s="1"/>
   <c r="B52" i="11" s="1"/>
   <c r="B53" i="11" s="1"/>
   <c r="B54" i="11" s="1"/>
   <c r="B55" i="11" s="1"/>
   <c r="B56" i="11" s="1"/>
   <c r="B57" i="11" s="1"/>
   <c r="B58" i="11" s="1"/>
   <c r="B59" i="11" s="1"/>
   <c r="B60" i="11" s="1"/>
   <c r="B61" i="11" s="1"/>
   <c r="B62" i="11" s="1"/>
   <c r="B63" i="11" s="1"/>
   <c r="B64" i="11" s="1"/>
   <c r="B65" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="10">
   <si>
     <t>30.0+</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>ERISA 4044 Yield Curves</t>
   </si>
   <si>
     <t>4044 Yield Curves*</t>
   </si>
   <si>
     <t xml:space="preserve">* For valuation dates that are not the last day of a month, the 4044 yield curve to be used for 4044 purposes is the yield curve as of the last day of the prior month.   </t>
   </si>
   <si>
     <t>Last Updated: January 16, 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The table below shows the yield curves developed in accordance </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>§</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 4044.54 of PBGC's 4044 regulation.  For valuation dates on or after July 31, 2024, these yield curves serve as the interest assumption when determining the present value of annuities in involuntary and distress terminations of single-employer plans.  They are also used for other purposes, including, but not limited to, 4010 reporting and certain withdrawal liability calcuations.</t>
     </r>
   </si>
   <si>
     <t>Not Yet</t>
   </si>
   <si>
     <t>Available</t>
   </si>
   <si>
-    <t>Last Updated: December 5, 2025</t>
+    <t>Last Updated: December 19, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0_);\(0.0\)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -557,67 +557,67 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="13" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="23">
     <cellStyle name="Comma 2" xfId="9" xr:uid="{117A03BF-F6E4-4D7B-8A2F-D882E15C0D8E}"/>
     <cellStyle name="Comma 2 2" xfId="13" xr:uid="{51D6A31C-47FF-47C7-AB57-4DA00838D872}"/>
     <cellStyle name="Comma 3" xfId="7" xr:uid="{D4FD34ED-11D5-43D3-8EF2-4F8F39A138D7}"/>
     <cellStyle name="Comma 4" xfId="17" xr:uid="{7C7DD4BC-937C-4ED1-9868-30AD643D942E}"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{E1171679-2AA9-43E6-A1A9-E59D55E005CF}"/>
     <cellStyle name="Hyperlink 2" xfId="20" xr:uid="{728E838B-E8A7-4DFA-8A63-0958C821ABCD}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{1402BB17-7CCB-4AF7-A0D1-5049B5513890}"/>
     <cellStyle name="Normal 2 2" xfId="11" xr:uid="{E16C4E6B-470A-43D7-A6CA-7DB077EA0ADF}"/>
     <cellStyle name="Normal 2 2 2" xfId="12" xr:uid="{1528E48D-A0EA-4DEE-A96A-1D9664A8CCAC}"/>
     <cellStyle name="Normal 2 2 3" xfId="19" xr:uid="{4C18874B-7F8B-4474-A1FE-9542C4DB58A2}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{2F777E7B-FE20-425E-AFE9-6B22EDED0266}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{CFF222B3-7251-44BC-AA86-C6355F88EACB}"/>
     <cellStyle name="Normal 5" xfId="10" xr:uid="{61BC1CCB-7894-431F-BD48-1A9CC717907B}"/>
     <cellStyle name="Normal 6" xfId="15" xr:uid="{803709C1-F068-4949-978E-29258C1A781B}"/>
     <cellStyle name="Normal 7" xfId="16" xr:uid="{FEAF2EA8-1F7B-4172-A061-DC1F6275044F}"/>
     <cellStyle name="Normal 8" xfId="22" xr:uid="{2610AB5C-66DC-438B-90D9-B1F74AE6FB6E}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="8" xr:uid="{70F0F292-1305-4423-8331-D7A4A876CC3E}"/>
     <cellStyle name="Percent 2 2" xfId="14" xr:uid="{EF27DFC0-362B-40E6-9343-D215668E8CAC}"/>
     <cellStyle name="Percent 2 3" xfId="21" xr:uid="{623E3EFC-0BA7-4108-A426-046F0ED4B6CF}"/>
     <cellStyle name="Percent 3" xfId="6" xr:uid="{7E986645-49F8-412D-AE2D-01ACDDDD58CA}"/>
@@ -931,129 +931,129 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{505CA890-E7F0-4488-A51E-D7CB441FA050}">
   <dimension ref="A1:Q73"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="J1" sqref="J1"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="14" width="11.6328125" style="4" customWidth="1"/>
     <col min="15" max="15" width="7.6328125" style="4" customWidth="1"/>
     <col min="16" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="O1" s="18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="24"/>
-[...12 lines deleted...]
-      <c r="O3" s="24"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+      <c r="J3" s="25"/>
+      <c r="K3" s="25"/>
+      <c r="L3" s="25"/>
+      <c r="M3" s="25"/>
+      <c r="N3" s="25"/>
+      <c r="O3" s="25"/>
       <c r="P3" s="14"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
     </row>
     <row r="5" spans="1:17" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2025</v>
       </c>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="27"/>
-[...9 lines deleted...]
-      <c r="N5" s="28"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+      <c r="K5" s="28"/>
+      <c r="L5" s="28"/>
+      <c r="M5" s="28"/>
+      <c r="N5" s="29"/>
     </row>
     <row r="6" spans="1:17" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,1,31)</f>
         <v>45688</v>
       </c>
       <c r="D6" s="8">
         <f t="shared" ref="D6:I6" si="0">EOMONTH(EDATE(C6,1),0)</f>
         <v>45716</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" si="0"/>
         <v>45747</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45777</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45808</v>
       </c>
@@ -1090,2450 +1090,2566 @@
     <row r="7" spans="1:17" ht="14" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="13">
         <v>0.5</v>
       </c>
       <c r="C7" s="16">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="D7" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
       <c r="E7" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
       <c r="F7" s="20">
         <v>4.7E-2</v>
       </c>
       <c r="G7" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="H7" s="16">
         <v>4.6799999999999994E-2</v>
       </c>
       <c r="I7" s="16">
         <v>4.8100000000000004E-2</v>
       </c>
-      <c r="J7" s="29">
+      <c r="J7" s="24">
         <v>4.5799999999999993E-2</v>
       </c>
       <c r="K7" s="16">
         <v>4.3300000000000005E-2</v>
       </c>
       <c r="L7" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
-      <c r="M7" s="16"/>
+      <c r="M7" s="16">
+        <v>4.3500000000000004E-2</v>
+      </c>
       <c r="N7" s="16"/>
       <c r="P7" s="21"/>
       <c r="Q7" s="22"/>
     </row>
     <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B8" s="9">
         <f>B7+0.5</f>
         <v>1</v>
       </c>
       <c r="C8" s="16">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="D8" s="16">
         <v>4.6899999999999997E-2</v>
       </c>
       <c r="E8" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="F8" s="20">
         <v>4.5599999999999995E-2</v>
       </c>
       <c r="G8" s="16">
         <v>4.7299999999999995E-2</v>
       </c>
       <c r="H8" s="16">
         <v>4.5599999999999995E-2</v>
       </c>
       <c r="I8" s="16">
         <v>4.7299999999999995E-2</v>
       </c>
-      <c r="J8" s="29">
+      <c r="J8" s="24">
         <v>4.4600000000000001E-2</v>
       </c>
       <c r="K8" s="16">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="L8" s="16">
         <v>4.4000000000000004E-2</v>
       </c>
-      <c r="M8" s="16"/>
+      <c r="M8" s="16">
+        <v>4.3099999999999999E-2</v>
+      </c>
       <c r="N8" s="16"/>
       <c r="P8" s="21"/>
       <c r="Q8" s="22"/>
     </row>
     <row r="9" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" s="9">
         <f t="shared" ref="B9:B65" si="2">B8+0.5</f>
         <v>1.5</v>
       </c>
       <c r="C9" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="D9" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="E9" s="16">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="F9" s="20">
         <v>4.4500000000000005E-2</v>
       </c>
       <c r="G9" s="16">
         <v>4.6400000000000004E-2</v>
       </c>
       <c r="H9" s="16">
         <v>4.4600000000000001E-2</v>
       </c>
       <c r="I9" s="16">
         <v>4.6600000000000003E-2</v>
       </c>
-      <c r="J9" s="29">
+      <c r="J9" s="24">
         <v>4.36E-2</v>
       </c>
       <c r="K9" s="16">
         <v>4.2800000000000005E-2</v>
       </c>
       <c r="L9" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
-      <c r="M9" s="19" t="s">
-        <v>7</v>
+      <c r="M9" s="16">
+        <v>4.2900000000000001E-2</v>
       </c>
       <c r="N9" s="19" t="s">
         <v>7</v>
       </c>
       <c r="P9" s="21"/>
       <c r="Q9" s="22"/>
     </row>
     <row r="10" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="9">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="C10" s="16">
         <v>4.8599999999999997E-2</v>
       </c>
       <c r="D10" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="E10" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
       <c r="F10" s="20">
         <v>4.3900000000000002E-2</v>
       </c>
       <c r="G10" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
       <c r="H10" s="16">
         <v>4.41E-2</v>
       </c>
       <c r="I10" s="16">
         <v>4.6100000000000002E-2</v>
       </c>
-      <c r="J10" s="29">
+      <c r="J10" s="24">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="K10" s="16">
         <v>4.2700000000000002E-2</v>
       </c>
       <c r="L10" s="16">
         <v>4.3700000000000003E-2</v>
       </c>
-      <c r="M10" s="19" t="s">
-        <v>8</v>
+      <c r="M10" s="16">
+        <v>4.2800000000000005E-2</v>
       </c>
       <c r="N10" s="19" t="s">
         <v>8</v>
       </c>
       <c r="P10" s="21"/>
       <c r="Q10" s="22"/>
     </row>
     <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="9">
         <f t="shared" si="2"/>
         <v>2.5</v>
       </c>
       <c r="C11" s="16">
         <v>4.8899999999999999E-2</v>
       </c>
       <c r="D11" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="E11" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
       <c r="F11" s="20">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="G11" s="16">
         <v>4.58E-2</v>
       </c>
       <c r="H11" s="16">
         <v>4.3900000000000002E-2</v>
       </c>
       <c r="I11" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="J11" s="29">
+      <c r="J11" s="24">
         <v>4.2800000000000005E-2</v>
       </c>
       <c r="K11" s="16">
         <v>4.2800000000000005E-2</v>
       </c>
       <c r="L11" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
-      <c r="M11" s="16"/>
+      <c r="M11" s="16">
+        <v>4.2900000000000001E-2</v>
+      </c>
       <c r="N11" s="16"/>
       <c r="P11" s="21"/>
       <c r="Q11" s="22"/>
     </row>
     <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B12" s="9">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="C12" s="16">
         <v>4.9299999999999997E-2</v>
       </c>
       <c r="D12" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="E12" s="16">
         <v>4.6100000000000002E-2</v>
       </c>
       <c r="F12" s="20">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="G12" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
       <c r="H12" s="16">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="I12" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="J12" s="29">
+      <c r="J12" s="24">
         <v>4.2899999999999994E-2</v>
       </c>
       <c r="K12" s="16">
         <v>4.3099999999999999E-2</v>
       </c>
       <c r="L12" s="16">
         <v>4.41E-2</v>
       </c>
-      <c r="M12" s="16"/>
+      <c r="M12" s="16">
+        <v>4.3200000000000002E-2</v>
+      </c>
       <c r="N12" s="16"/>
       <c r="P12" s="21"/>
       <c r="Q12" s="22"/>
     </row>
     <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B13" s="9">
         <f t="shared" si="2"/>
         <v>3.5</v>
       </c>
       <c r="C13" s="16">
         <v>4.9599999999999998E-2</v>
       </c>
       <c r="D13" s="16">
         <v>4.6800000000000001E-2</v>
       </c>
       <c r="E13" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="F13" s="20">
         <v>4.4400000000000002E-2</v>
       </c>
       <c r="G13" s="16">
         <v>4.6200000000000005E-2</v>
       </c>
       <c r="H13" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
       <c r="I13" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
-      <c r="J13" s="29">
+      <c r="J13" s="24">
         <v>4.3200000000000002E-2</v>
       </c>
       <c r="K13" s="16">
         <v>4.3400000000000001E-2</v>
       </c>
       <c r="L13" s="16">
         <v>4.4400000000000002E-2</v>
       </c>
-      <c r="M13" s="16"/>
+      <c r="M13" s="16">
+        <v>4.3400000000000001E-2</v>
+      </c>
       <c r="N13" s="16"/>
       <c r="P13" s="21"/>
       <c r="Q13" s="22"/>
     </row>
     <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B14" s="9">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="C14" s="16">
         <v>5.0099999999999999E-2</v>
       </c>
       <c r="D14" s="16">
         <v>4.7099999999999996E-2</v>
       </c>
       <c r="E14" s="16">
         <v>4.6899999999999997E-2</v>
       </c>
       <c r="F14" s="20">
         <v>4.5000000000000005E-2</v>
       </c>
       <c r="G14" s="16">
         <v>4.6699999999999998E-2</v>
       </c>
       <c r="H14" s="16">
         <v>4.4700000000000004E-2</v>
       </c>
       <c r="I14" s="16">
         <v>4.6300000000000001E-2</v>
       </c>
-      <c r="J14" s="29">
+      <c r="J14" s="24">
         <v>4.3700000000000003E-2</v>
       </c>
       <c r="K14" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="L14" s="16">
         <v>4.48E-2</v>
       </c>
-      <c r="M14" s="16"/>
+      <c r="M14" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
       <c r="N14" s="16"/>
       <c r="P14" s="21"/>
       <c r="Q14" s="22"/>
     </row>
     <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B15" s="9">
         <f t="shared" si="2"/>
         <v>4.5</v>
       </c>
       <c r="C15" s="16">
         <v>5.04E-2</v>
       </c>
       <c r="D15" s="16">
         <v>4.7500000000000001E-2</v>
       </c>
       <c r="E15" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
       <c r="F15" s="20">
         <v>4.5700000000000005E-2</v>
       </c>
       <c r="G15" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
       <c r="H15" s="16">
         <v>4.5200000000000004E-2</v>
       </c>
       <c r="I15" s="16">
         <v>4.6699999999999998E-2</v>
       </c>
-      <c r="J15" s="29">
+      <c r="J15" s="24">
         <v>4.4200000000000003E-2</v>
       </c>
       <c r="K15" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
       <c r="L15" s="16">
         <v>4.5200000000000004E-2</v>
       </c>
-      <c r="M15" s="16"/>
+      <c r="M15" s="16">
+        <v>4.4200000000000003E-2</v>
+      </c>
       <c r="N15" s="16"/>
       <c r="P15" s="21"/>
       <c r="Q15" s="22"/>
     </row>
     <row r="16" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B16" s="9">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
       <c r="C16" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
       <c r="D16" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
       <c r="E16" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
       <c r="F16" s="20">
         <v>4.6400000000000004E-2</v>
       </c>
       <c r="G16" s="16">
         <v>4.7800000000000002E-2</v>
       </c>
       <c r="H16" s="16">
         <v>4.58E-2</v>
       </c>
       <c r="I16" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
-      <c r="J16" s="29">
+      <c r="J16" s="24">
         <v>4.4900000000000002E-2</v>
       </c>
       <c r="K16" s="16">
         <v>4.4900000000000002E-2</v>
       </c>
       <c r="L16" s="16">
         <v>4.5700000000000005E-2</v>
       </c>
-      <c r="M16" s="16"/>
+      <c r="M16" s="16">
+        <v>4.4700000000000004E-2</v>
+      </c>
       <c r="N16" s="16"/>
       <c r="P16" s="21"/>
       <c r="Q16" s="22"/>
     </row>
     <row r="17" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B17" s="9">
         <f t="shared" si="2"/>
         <v>5.5</v>
       </c>
       <c r="C17" s="16">
         <v>5.1200000000000002E-2</v>
       </c>
       <c r="D17" s="16">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="E17" s="16">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="F17" s="20">
         <v>4.7E-2</v>
       </c>
       <c r="G17" s="16">
         <v>4.8399999999999999E-2</v>
       </c>
       <c r="H17" s="16">
         <v>4.6300000000000001E-2</v>
       </c>
       <c r="I17" s="16">
         <v>4.7599999999999996E-2</v>
       </c>
-      <c r="J17" s="29">
+      <c r="J17" s="24">
         <v>4.5499999999999999E-2</v>
       </c>
       <c r="K17" s="16">
         <v>4.5399999999999996E-2</v>
       </c>
       <c r="L17" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
-      <c r="M17" s="16"/>
+      <c r="M17" s="16">
+        <v>4.5199999999999997E-2</v>
+      </c>
       <c r="N17" s="16"/>
       <c r="P17" s="21"/>
       <c r="Q17" s="22"/>
     </row>
     <row r="18" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B18" s="9">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="C18" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="D18" s="16">
         <v>4.87E-2</v>
       </c>
       <c r="E18" s="16">
         <v>4.8800000000000003E-2</v>
       </c>
       <c r="F18" s="20">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="G18" s="16">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="H18" s="16">
         <v>4.7E-2</v>
       </c>
       <c r="I18" s="16">
         <v>4.82E-2</v>
       </c>
-      <c r="J18" s="29">
+      <c r="J18" s="24">
         <v>4.6300000000000001E-2</v>
       </c>
       <c r="K18" s="16">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="L18" s="16">
         <v>4.6800000000000001E-2</v>
       </c>
-      <c r="M18" s="16"/>
+      <c r="M18" s="16">
+        <v>4.58E-2</v>
+      </c>
       <c r="N18" s="16"/>
       <c r="P18" s="21"/>
       <c r="Q18" s="22"/>
     </row>
     <row r="19" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B19" s="9">
         <f t="shared" si="2"/>
         <v>6.5</v>
       </c>
       <c r="C19" s="16">
         <v>5.21E-2</v>
       </c>
       <c r="D19" s="16">
         <v>4.9100000000000005E-2</v>
       </c>
       <c r="E19" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
       <c r="F19" s="20">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="G19" s="16">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="H19" s="16">
         <v>4.7500000000000001E-2</v>
       </c>
       <c r="I19" s="16">
         <v>4.87E-2</v>
       </c>
-      <c r="J19" s="29">
+      <c r="J19" s="24">
         <v>4.7E-2</v>
       </c>
       <c r="K19" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="L19" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
-      <c r="M19" s="16"/>
+      <c r="M19" s="16">
+        <v>4.6199999999999998E-2</v>
+      </c>
       <c r="N19" s="16"/>
       <c r="P19" s="21"/>
       <c r="Q19" s="22"/>
     </row>
     <row r="20" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="9">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
       <c r="C20" s="16">
         <v>5.2400000000000002E-2</v>
       </c>
       <c r="D20" s="16">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="E20" s="16">
         <v>4.9800000000000004E-2</v>
       </c>
       <c r="F20" s="20">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="G20" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="H20" s="16">
         <v>4.8100000000000004E-2</v>
       </c>
       <c r="I20" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
-      <c r="J20" s="29">
+      <c r="J20" s="24">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="K20" s="16">
         <v>4.7100000000000003E-2</v>
       </c>
       <c r="L20" s="16">
         <v>4.7800000000000002E-2</v>
       </c>
-      <c r="M20" s="16"/>
+      <c r="M20" s="16">
+        <v>4.6800000000000001E-2</v>
+      </c>
       <c r="N20" s="16"/>
       <c r="P20" s="21"/>
       <c r="Q20" s="22"/>
     </row>
     <row r="21" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="9">
         <f t="shared" si="2"/>
         <v>7.5</v>
       </c>
       <c r="C21" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="D21" s="16">
         <v>4.99E-2</v>
       </c>
       <c r="E21" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="F21" s="20">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="G21" s="16">
         <v>5.1000000000000004E-2</v>
       </c>
       <c r="H21" s="16">
         <v>4.8800000000000003E-2</v>
       </c>
       <c r="I21" s="16">
         <v>4.99E-2</v>
       </c>
-      <c r="J21" s="29">
+      <c r="J21" s="24">
         <v>4.8399999999999999E-2</v>
       </c>
       <c r="K21" s="16">
         <v>4.7599999999999996E-2</v>
       </c>
       <c r="L21" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
-      <c r="M21" s="16"/>
+      <c r="M21" s="16">
+        <v>4.7399999999999998E-2</v>
+      </c>
       <c r="N21" s="16"/>
       <c r="P21" s="21"/>
       <c r="Q21" s="22"/>
     </row>
     <row r="22" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B22" s="9">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>5.3200000000000004E-2</v>
       </c>
       <c r="D22" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="E22" s="16">
         <v>5.0800000000000005E-2</v>
       </c>
       <c r="F22" s="20">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="G22" s="16">
         <v>5.1700000000000003E-2</v>
       </c>
       <c r="H22" s="16">
         <v>4.9500000000000002E-2</v>
       </c>
       <c r="I22" s="16">
         <v>5.0499999999999996E-2</v>
       </c>
-      <c r="J22" s="29">
+      <c r="J22" s="24">
         <v>4.9099999999999998E-2</v>
       </c>
       <c r="K22" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="L22" s="16">
         <v>4.8899999999999999E-2</v>
       </c>
-      <c r="M22" s="16"/>
+      <c r="M22" s="16">
+        <v>4.7899999999999998E-2</v>
+      </c>
       <c r="N22" s="16"/>
       <c r="P22" s="21"/>
       <c r="Q22" s="22"/>
     </row>
     <row r="23" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="9">
         <f t="shared" si="2"/>
         <v>8.5</v>
       </c>
       <c r="C23" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="D23" s="16">
         <v>5.0599999999999999E-2</v>
       </c>
       <c r="E23" s="16">
         <v>5.11E-2</v>
       </c>
       <c r="F23" s="20">
         <v>5.0799999999999998E-2</v>
       </c>
       <c r="G23" s="16">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="H23" s="16">
         <v>0.05</v>
       </c>
       <c r="I23" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
-      <c r="J23" s="29">
+      <c r="J23" s="24">
         <v>4.9599999999999998E-2</v>
       </c>
       <c r="K23" s="16">
         <v>4.87E-2</v>
       </c>
       <c r="L23" s="16">
         <v>4.9299999999999997E-2</v>
       </c>
-      <c r="M23" s="16"/>
+      <c r="M23" s="16">
+        <v>4.8399999999999999E-2</v>
+      </c>
       <c r="N23" s="16"/>
       <c r="P23" s="21"/>
       <c r="Q23" s="22"/>
     </row>
     <row r="24" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B24" s="9">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="C24" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="D24" s="16">
         <v>5.1000000000000004E-2</v>
       </c>
       <c r="E24" s="16">
         <v>5.1499999999999997E-2</v>
       </c>
       <c r="F24" s="20">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="G24" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="H24" s="16">
         <v>5.0599999999999999E-2</v>
       </c>
       <c r="I24" s="16">
         <v>5.1499999999999997E-2</v>
       </c>
-      <c r="J24" s="29">
+      <c r="J24" s="24">
         <v>5.04E-2</v>
       </c>
       <c r="K24" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
       <c r="L24" s="16">
         <v>4.99E-2</v>
       </c>
-      <c r="M24" s="16"/>
+      <c r="M24" s="16">
+        <v>4.8899999999999999E-2</v>
+      </c>
       <c r="N24" s="16"/>
       <c r="P24" s="21"/>
       <c r="Q24" s="22"/>
     </row>
     <row r="25" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B25" s="9">
         <f t="shared" si="2"/>
         <v>9.5</v>
       </c>
       <c r="C25" s="16">
         <v>5.4199999999999998E-2</v>
       </c>
       <c r="D25" s="16">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="E25" s="16">
         <v>5.1900000000000002E-2</v>
       </c>
       <c r="F25" s="20">
         <v>5.1699999999999996E-2</v>
       </c>
       <c r="G25" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="H25" s="16">
         <v>5.0999999999999997E-2</v>
       </c>
       <c r="I25" s="16">
         <v>5.1899999999999995E-2</v>
       </c>
-      <c r="J25" s="29">
+      <c r="J25" s="24">
         <v>5.0900000000000001E-2</v>
       </c>
       <c r="K25" s="16">
         <v>4.9699999999999994E-2</v>
       </c>
       <c r="L25" s="16">
         <v>5.0299999999999997E-2</v>
       </c>
-      <c r="M25" s="16"/>
+      <c r="M25" s="16">
+        <v>4.9300000000000004E-2</v>
+      </c>
       <c r="N25" s="16"/>
       <c r="P25" s="21"/>
       <c r="Q25" s="22"/>
     </row>
     <row r="26" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B26" s="9">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="C26" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="D26" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="E26" s="16">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="F26" s="20">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="G26" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="H26" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="I26" s="16">
         <v>5.2399999999999995E-2</v>
       </c>
-      <c r="J26" s="29">
+      <c r="J26" s="24">
         <v>5.16E-2</v>
       </c>
       <c r="K26" s="16">
         <v>5.0199999999999995E-2</v>
       </c>
       <c r="L26" s="16">
         <v>5.0700000000000002E-2</v>
       </c>
-      <c r="M26" s="16"/>
+      <c r="M26" s="16">
+        <v>4.99E-2</v>
+      </c>
       <c r="N26" s="16"/>
       <c r="P26" s="21"/>
       <c r="Q26" s="22"/>
     </row>
     <row r="27" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B27" s="9">
         <f t="shared" si="2"/>
         <v>10.5</v>
       </c>
       <c r="C27" s="16">
         <v>5.4799999999999995E-2</v>
       </c>
       <c r="D27" s="16">
         <v>5.1899999999999995E-2</v>
       </c>
       <c r="E27" s="16">
         <v>5.2599999999999994E-2</v>
       </c>
       <c r="F27" s="20">
         <v>5.2700000000000004E-2</v>
       </c>
       <c r="G27" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="H27" s="16">
         <v>5.2000000000000005E-2</v>
       </c>
       <c r="I27" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
-      <c r="J27" s="29">
+      <c r="J27" s="24">
         <v>5.21E-2</v>
       </c>
       <c r="K27" s="16">
         <v>5.0700000000000002E-2</v>
       </c>
       <c r="L27" s="16">
         <v>5.11E-2</v>
       </c>
-      <c r="M27" s="16"/>
+      <c r="M27" s="16">
+        <v>5.0099999999999999E-2</v>
+      </c>
       <c r="N27" s="16"/>
       <c r="P27" s="21"/>
       <c r="Q27" s="22"/>
     </row>
     <row r="28" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B28" s="9">
         <f t="shared" si="2"/>
         <v>11</v>
       </c>
       <c r="C28" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="D28" s="16">
         <v>5.2199999999999996E-2</v>
       </c>
       <c r="E28" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="F28" s="20">
         <v>5.3100000000000001E-2</v>
       </c>
       <c r="G28" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="H28" s="16">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="I28" s="16">
         <v>5.33E-2</v>
       </c>
-      <c r="J28" s="29">
+      <c r="J28" s="24">
         <v>5.2700000000000004E-2</v>
       </c>
       <c r="K28" s="16">
         <v>5.11E-2</v>
       </c>
       <c r="L28" s="16">
         <v>5.1500000000000004E-2</v>
       </c>
-      <c r="M28" s="16"/>
+      <c r="M28" s="16">
+        <v>5.0700000000000002E-2</v>
+      </c>
       <c r="N28" s="16"/>
       <c r="P28" s="21"/>
       <c r="Q28" s="22"/>
     </row>
     <row r="29" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B29" s="9">
         <f t="shared" si="2"/>
         <v>11.5</v>
       </c>
       <c r="C29" s="16">
         <v>5.5299999999999995E-2</v>
       </c>
       <c r="D29" s="16">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="E29" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="F29" s="20">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="G29" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="H29" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="I29" s="16">
         <v>5.3700000000000005E-2</v>
       </c>
-      <c r="J29" s="29">
+      <c r="J29" s="24">
         <v>5.3000000000000005E-2</v>
       </c>
       <c r="K29" s="16">
         <v>5.1400000000000001E-2</v>
       </c>
       <c r="L29" s="16">
         <v>5.1700000000000003E-2</v>
       </c>
-      <c r="M29" s="16"/>
+      <c r="M29" s="16">
+        <v>5.0900000000000001E-2</v>
+      </c>
       <c r="N29" s="16"/>
       <c r="P29" s="21"/>
       <c r="Q29" s="22"/>
     </row>
     <row r="30" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B30" s="9">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="C30" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="D30" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="E30" s="16">
         <v>5.3699999999999998E-2</v>
       </c>
       <c r="F30" s="20">
         <v>5.4100000000000002E-2</v>
       </c>
       <c r="G30" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="H30" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="I30" s="16">
         <v>5.4200000000000005E-2</v>
       </c>
-      <c r="J30" s="29">
+      <c r="J30" s="24">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="K30" s="16">
         <v>5.1900000000000002E-2</v>
       </c>
       <c r="L30" s="16">
         <v>5.2200000000000003E-2</v>
       </c>
-      <c r="M30" s="16"/>
+      <c r="M30" s="16">
+        <v>5.1400000000000001E-2</v>
+      </c>
       <c r="N30" s="16"/>
       <c r="P30" s="21"/>
       <c r="Q30" s="22"/>
     </row>
     <row r="31" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B31" s="9">
         <f t="shared" si="2"/>
         <v>12.5</v>
       </c>
       <c r="C31" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="D31" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E31" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="F31" s="20">
         <v>5.45E-2</v>
       </c>
       <c r="G31" s="16">
         <v>5.6099999999999997E-2</v>
       </c>
       <c r="H31" s="16">
         <v>5.3899999999999997E-2</v>
       </c>
       <c r="I31" s="16">
         <v>5.4399999999999997E-2</v>
       </c>
-      <c r="J31" s="29">
+      <c r="J31" s="24">
         <v>5.3899999999999997E-2</v>
       </c>
       <c r="K31" s="16">
         <v>5.2199999999999996E-2</v>
       </c>
       <c r="L31" s="16">
         <v>5.2400000000000002E-2</v>
       </c>
-      <c r="M31" s="16"/>
+      <c r="M31" s="16">
+        <v>5.1700000000000003E-2</v>
+      </c>
       <c r="N31" s="16"/>
       <c r="P31" s="21"/>
       <c r="Q31" s="22"/>
     </row>
     <row r="32" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B32" s="9">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="C32" s="16">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="D32" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="E32" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="F32" s="20">
         <v>5.4899999999999997E-2</v>
       </c>
       <c r="G32" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="H32" s="16">
         <v>5.4399999999999997E-2</v>
       </c>
       <c r="I32" s="16">
         <v>5.4799999999999995E-2</v>
       </c>
-      <c r="J32" s="29">
+      <c r="J32" s="24">
         <v>5.4399999999999997E-2</v>
       </c>
       <c r="K32" s="16">
         <v>5.2599999999999994E-2</v>
       </c>
       <c r="L32" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
-      <c r="M32" s="16"/>
+      <c r="M32" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
       <c r="N32" s="16"/>
       <c r="P32" s="21"/>
       <c r="Q32" s="22"/>
     </row>
     <row r="33" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B33" s="9">
         <f t="shared" si="2"/>
         <v>13.5</v>
       </c>
       <c r="C33" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
       <c r="D33" s="16">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="E33" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="F33" s="20">
         <v>5.5200000000000006E-2</v>
       </c>
       <c r="G33" s="16">
         <v>5.6900000000000006E-2</v>
       </c>
       <c r="H33" s="16">
         <v>5.4700000000000006E-2</v>
       </c>
       <c r="I33" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="J33" s="29">
+      <c r="J33" s="24">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="K33" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
       <c r="L33" s="16">
         <v>5.3000000000000005E-2</v>
       </c>
-      <c r="M33" s="16"/>
+      <c r="M33" s="16">
+        <v>5.2500000000000005E-2</v>
+      </c>
       <c r="N33" s="16"/>
       <c r="P33" s="21"/>
       <c r="Q33" s="22"/>
     </row>
     <row r="34" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B34" s="9">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="C34" s="16">
         <v>5.6500000000000002E-2</v>
       </c>
       <c r="D34" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="E34" s="16">
         <v>5.4900000000000004E-2</v>
       </c>
       <c r="F34" s="20">
         <v>5.5500000000000001E-2</v>
       </c>
       <c r="G34" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="H34" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="I34" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
-      <c r="J34" s="29">
+      <c r="J34" s="24">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="K34" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="L34" s="16">
         <v>5.3400000000000003E-2</v>
       </c>
-      <c r="M34" s="16"/>
+      <c r="M34" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
       <c r="N34" s="16"/>
       <c r="P34" s="21"/>
       <c r="Q34" s="22"/>
     </row>
     <row r="35" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B35" s="9">
         <f t="shared" si="2"/>
         <v>14.5</v>
       </c>
       <c r="C35" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="D35" s="16">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="E35" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
       <c r="F35" s="20">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="G35" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="H35" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="I35" s="16">
         <v>5.57E-2</v>
       </c>
-      <c r="J35" s="29">
+      <c r="J35" s="24">
         <v>5.5400000000000005E-2</v>
       </c>
       <c r="K35" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="L35" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
-      <c r="M35" s="16"/>
+      <c r="M35" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
       <c r="N35" s="16"/>
       <c r="P35" s="21"/>
       <c r="Q35" s="22"/>
     </row>
     <row r="36" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B36" s="9">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="C36" s="16">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="D36" s="16">
         <v>5.4199999999999998E-2</v>
       </c>
       <c r="E36" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="F36" s="20">
         <v>5.62E-2</v>
       </c>
       <c r="G36" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="H36" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="I36" s="16">
         <v>5.6100000000000004E-2</v>
       </c>
-      <c r="J36" s="29">
+      <c r="J36" s="24">
         <v>5.5900000000000005E-2</v>
       </c>
       <c r="K36" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="L36" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
-      <c r="M36" s="16"/>
+      <c r="M36" s="16">
+        <v>5.3400000000000003E-2</v>
+      </c>
       <c r="N36" s="16"/>
       <c r="P36" s="21"/>
       <c r="Q36" s="22"/>
     </row>
     <row r="37" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B37" s="9">
         <f t="shared" si="2"/>
         <v>15.5</v>
       </c>
       <c r="C37" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="D37" s="16">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="E37" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="F37" s="20">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="G37" s="16">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="H37" s="16">
         <v>5.5999999999999994E-2</v>
       </c>
       <c r="I37" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
-      <c r="J37" s="29">
+      <c r="J37" s="24">
         <v>5.62E-2</v>
       </c>
       <c r="K37" s="16">
         <v>5.4100000000000002E-2</v>
       </c>
       <c r="L37" s="16">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="M37" s="16"/>
+      <c r="M37" s="16">
+        <v>5.3600000000000002E-2</v>
+      </c>
       <c r="N37" s="16"/>
       <c r="P37" s="21"/>
       <c r="Q37" s="22"/>
     </row>
     <row r="38" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B38" s="9">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="C38" s="16">
         <v>5.7100000000000005E-2</v>
       </c>
       <c r="D38" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="E38" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="F38" s="20">
         <v>5.67E-2</v>
       </c>
       <c r="G38" s="16">
         <v>5.8499999999999996E-2</v>
       </c>
       <c r="H38" s="16">
         <v>5.6299999999999996E-2</v>
       </c>
       <c r="I38" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
-      <c r="J38" s="29">
+      <c r="J38" s="24">
         <v>5.6500000000000002E-2</v>
       </c>
       <c r="K38" s="16">
         <v>5.45E-2</v>
       </c>
       <c r="L38" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
-      <c r="M38" s="16"/>
+      <c r="M38" s="16">
+        <v>5.3999999999999999E-2</v>
+      </c>
       <c r="N38" s="16"/>
       <c r="P38" s="21"/>
       <c r="Q38" s="22"/>
     </row>
     <row r="39" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B39" s="9">
         <f t="shared" si="2"/>
         <v>16.5</v>
       </c>
       <c r="C39" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="D39" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="E39" s="16">
         <v>5.6100000000000004E-2</v>
       </c>
       <c r="F39" s="20">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="G39" s="16">
         <v>5.8700000000000002E-2</v>
       </c>
       <c r="H39" s="16">
         <v>5.6600000000000004E-2</v>
       </c>
       <c r="I39" s="16">
         <v>5.67E-2</v>
       </c>
-      <c r="J39" s="29">
+      <c r="J39" s="24">
         <v>5.67E-2</v>
       </c>
       <c r="K39" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="L39" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
-      <c r="M39" s="16"/>
+      <c r="M39" s="16">
+        <v>5.4099999999999995E-2</v>
+      </c>
       <c r="N39" s="16"/>
       <c r="P39" s="21"/>
       <c r="Q39" s="22"/>
     </row>
     <row r="40" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B40" s="9">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="C40" s="16">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="D40" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="E40" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
       <c r="F40" s="20">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="G40" s="16">
         <v>5.8900000000000001E-2</v>
       </c>
       <c r="H40" s="16">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="I40" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="J40" s="29">
+      <c r="J40" s="24">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="K40" s="16">
         <v>5.4899999999999997E-2</v>
       </c>
       <c r="L40" s="16">
         <v>5.4699999999999999E-2</v>
       </c>
-      <c r="M40" s="16"/>
+      <c r="M40" s="16">
+        <v>5.4400000000000004E-2</v>
+      </c>
       <c r="N40" s="16"/>
       <c r="P40" s="21"/>
       <c r="Q40" s="22"/>
     </row>
     <row r="41" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B41" s="9">
         <f t="shared" si="2"/>
         <v>17.5</v>
       </c>
       <c r="C41" s="16">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="D41" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="E41" s="16">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="F41" s="20">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="G41" s="16">
         <v>5.91E-2</v>
       </c>
       <c r="H41" s="16">
         <v>5.6999999999999995E-2</v>
       </c>
       <c r="I41" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="J41" s="29">
+      <c r="J41" s="24">
         <v>5.7100000000000005E-2</v>
       </c>
       <c r="K41" s="16">
         <v>5.4900000000000004E-2</v>
       </c>
       <c r="L41" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
-      <c r="M41" s="16"/>
+      <c r="M41" s="16">
+        <v>5.4400000000000004E-2</v>
+      </c>
       <c r="N41" s="16"/>
       <c r="P41" s="21"/>
       <c r="Q41" s="22"/>
     </row>
     <row r="42" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B42" s="9">
         <f t="shared" si="2"/>
         <v>18</v>
       </c>
       <c r="C42" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="D42" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="E42" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="F42" s="20">
         <v>5.7499999999999996E-2</v>
       </c>
       <c r="G42" s="16">
         <v>5.9400000000000001E-2</v>
       </c>
       <c r="H42" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="I42" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="J42" s="29">
+      <c r="J42" s="24">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="K42" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="L42" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
-      <c r="M42" s="16"/>
+      <c r="M42" s="16">
+        <v>5.4699999999999999E-2</v>
+      </c>
       <c r="N42" s="16"/>
       <c r="P42" s="21"/>
       <c r="Q42" s="22"/>
     </row>
     <row r="43" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B43" s="9">
         <f t="shared" si="2"/>
         <v>18.5</v>
       </c>
       <c r="C43" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="D43" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="E43" s="16">
         <v>5.6800000000000003E-2</v>
       </c>
       <c r="F43" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G43" s="16">
         <v>5.9500000000000004E-2</v>
       </c>
       <c r="H43" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="I43" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="J43" s="29">
+      <c r="J43" s="24">
         <v>5.7499999999999996E-2</v>
       </c>
       <c r="K43" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="L43" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
-      <c r="M43" s="16"/>
+      <c r="M43" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
       <c r="N43" s="16"/>
       <c r="P43" s="21"/>
       <c r="Q43" s="22"/>
     </row>
     <row r="44" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B44" s="9">
         <f t="shared" si="2"/>
         <v>19</v>
       </c>
       <c r="C44" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D44" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
       <c r="E44" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="F44" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G44" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H44" s="16">
         <v>5.7600000000000005E-2</v>
       </c>
       <c r="I44" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J44" s="29">
+      <c r="J44" s="24">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="K44" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="L44" s="16">
         <v>5.5E-2</v>
       </c>
-      <c r="M44" s="16"/>
+      <c r="M44" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
       <c r="N44" s="16"/>
       <c r="P44" s="21"/>
       <c r="Q44" s="22"/>
     </row>
     <row r="45" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B45" s="9">
         <f t="shared" si="2"/>
         <v>19.5</v>
       </c>
       <c r="C45" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D45" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="E45" s="16">
         <v>5.6999999999999995E-2</v>
       </c>
       <c r="F45" s="20">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="G45" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H45" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="I45" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J45" s="29">
+      <c r="J45" s="24">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="K45" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="L45" s="16">
         <v>5.5E-2</v>
       </c>
-      <c r="M45" s="16"/>
+      <c r="M45" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
       <c r="N45" s="16"/>
       <c r="P45" s="21"/>
       <c r="Q45" s="22"/>
     </row>
     <row r="46" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B46" s="9">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="C46" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D46" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E46" s="16">
         <v>5.7199999999999994E-2</v>
       </c>
       <c r="F46" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G46" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H46" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I46" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J46" s="29">
+      <c r="J46" s="24">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="K46" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L46" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="M46" s="16"/>
+      <c r="M46" s="16">
+        <v>5.5299999999999995E-2</v>
+      </c>
       <c r="N46" s="16"/>
       <c r="P46" s="21"/>
       <c r="Q46" s="22"/>
     </row>
     <row r="47" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B47" s="9">
         <f t="shared" si="2"/>
         <v>20.5</v>
       </c>
       <c r="C47" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D47" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E47" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F47" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G47" s="16">
         <v>5.9800000000000006E-2</v>
       </c>
       <c r="H47" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I47" s="16">
         <v>5.7699999999999994E-2</v>
       </c>
-      <c r="J47" s="29">
+      <c r="J47" s="24">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="K47" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L47" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="M47" s="16"/>
+      <c r="M47" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="N47" s="16"/>
       <c r="P47" s="21"/>
       <c r="Q47" s="22"/>
     </row>
     <row r="48" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B48" s="9">
         <f t="shared" si="2"/>
         <v>21</v>
       </c>
       <c r="C48" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D48" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E48" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F48" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G48" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H48" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="I48" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
-      <c r="J48" s="29">
+      <c r="J48" s="24">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="K48" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L48" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="M48" s="16"/>
+      <c r="M48" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
       <c r="N48" s="16"/>
       <c r="P48" s="21"/>
       <c r="Q48" s="22"/>
     </row>
     <row r="49" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B49" s="9">
         <f t="shared" si="2"/>
         <v>21.5</v>
       </c>
       <c r="C49" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D49" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E49" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="F49" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G49" s="16">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H49" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="I49" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J49" s="29">
+      <c r="J49" s="24">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="K49" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L49" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="M49" s="16"/>
+      <c r="M49" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="N49" s="16"/>
       <c r="P49" s="21"/>
       <c r="Q49" s="22"/>
     </row>
     <row r="50" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B50" s="9">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="C50" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="D50" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E50" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F50" s="20">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G50" s="16">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H50" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I50" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J50" s="29">
+      <c r="J50" s="24">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K50" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="L50" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="M50" s="16"/>
+      <c r="M50" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
       <c r="N50" s="16"/>
       <c r="P50" s="21"/>
       <c r="Q50" s="22"/>
     </row>
     <row r="51" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B51" s="9">
         <f t="shared" si="2"/>
         <v>22.5</v>
       </c>
       <c r="C51" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D51" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E51" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="F51" s="20">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G51" s="16">
         <v>0.06</v>
       </c>
       <c r="H51" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="I51" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J51" s="29">
+      <c r="J51" s="24">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K51" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="L51" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M51" s="16"/>
+      <c r="M51" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N51" s="16"/>
       <c r="P51" s="21"/>
       <c r="Q51" s="22"/>
     </row>
     <row r="52" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B52" s="9">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="C52" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D52" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="E52" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="F52" s="20">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G52" s="16">
         <v>0.06</v>
       </c>
       <c r="H52" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="I52" s="16">
         <v>5.7600000000000005E-2</v>
       </c>
-      <c r="J52" s="29">
+      <c r="J52" s="24">
         <v>5.8300000000000005E-2</v>
       </c>
       <c r="K52" s="16">
         <v>5.5900000000000005E-2</v>
       </c>
       <c r="L52" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="M52" s="16"/>
+      <c r="M52" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
       <c r="N52" s="16"/>
       <c r="P52" s="21"/>
       <c r="Q52" s="22"/>
     </row>
     <row r="53" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B53" s="9">
         <f t="shared" si="2"/>
         <v>23.5</v>
       </c>
       <c r="C53" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D53" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E53" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F53" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G53" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H53" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I53" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J53" s="29">
+      <c r="J53" s="24">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K53" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="L53" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M53" s="16"/>
+      <c r="M53" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
       <c r="N53" s="16"/>
       <c r="P53" s="21"/>
       <c r="Q53" s="22"/>
     </row>
     <row r="54" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B54" s="9">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="C54" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D54" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E54" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F54" s="20">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G54" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H54" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="I54" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J54" s="29">
+      <c r="J54" s="24">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K54" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="L54" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="M54" s="16"/>
+      <c r="M54" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
       <c r="N54" s="16"/>
       <c r="P54" s="21"/>
       <c r="Q54" s="22"/>
     </row>
     <row r="55" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B55" s="9">
         <f t="shared" si="2"/>
         <v>24.5</v>
       </c>
       <c r="C55" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D55" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E55" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F55" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G55" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H55" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I55" s="16">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="J55" s="29">
+      <c r="J55" s="24">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="K55" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L55" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
-      <c r="M55" s="16"/>
+      <c r="M55" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N55" s="16"/>
       <c r="P55" s="21"/>
       <c r="Q55" s="22"/>
     </row>
     <row r="56" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B56" s="9">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="C56" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D56" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E56" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F56" s="20">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="G56" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H56" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I56" s="16">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="J56" s="29">
+      <c r="J56" s="24">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K56" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L56" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="M56" s="16"/>
+      <c r="M56" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N56" s="16"/>
       <c r="P56" s="21"/>
       <c r="Q56" s="22"/>
     </row>
     <row r="57" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B57" s="9">
         <f t="shared" si="2"/>
         <v>25.5</v>
       </c>
       <c r="C57" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D57" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E57" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F57" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G57" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H57" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I57" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="J57" s="29">
+      <c r="J57" s="24">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K57" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L57" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M57" s="16"/>
+      <c r="M57" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
       <c r="N57" s="16"/>
       <c r="P57" s="21"/>
       <c r="Q57" s="22"/>
     </row>
     <row r="58" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B58" s="9">
         <f t="shared" si="2"/>
         <v>26</v>
       </c>
       <c r="C58" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D58" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E58" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F58" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G58" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H58" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I58" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="J58" s="29">
+      <c r="J58" s="24">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K58" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L58" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M58" s="16"/>
+      <c r="M58" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
       <c r="N58" s="16"/>
       <c r="P58" s="21"/>
       <c r="Q58" s="22"/>
     </row>
     <row r="59" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B59" s="9">
         <f t="shared" si="2"/>
         <v>26.5</v>
       </c>
       <c r="C59" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D59" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E59" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F59" s="20">
         <v>5.79E-2</v>
       </c>
       <c r="G59" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H59" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I59" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J59" s="29">
+      <c r="J59" s="24">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="K59" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L59" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M59" s="16"/>
+      <c r="M59" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N59" s="16"/>
       <c r="P59" s="21"/>
       <c r="Q59" s="22"/>
     </row>
     <row r="60" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B60" s="9">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="C60" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D60" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E60" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="F60" s="20">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="G60" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H60" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I60" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J60" s="29">
+      <c r="J60" s="24">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="K60" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="L60" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M60" s="16"/>
+      <c r="M60" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N60" s="16"/>
       <c r="P60" s="21"/>
       <c r="Q60" s="22"/>
     </row>
     <row r="61" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B61" s="9">
         <f t="shared" si="2"/>
         <v>27.5</v>
       </c>
       <c r="C61" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D61" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E61" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="F61" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G61" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H61" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I61" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J61" s="29">
+      <c r="J61" s="24">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K61" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L61" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
-      <c r="M61" s="16"/>
+      <c r="M61" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N61" s="16"/>
       <c r="P61" s="21"/>
       <c r="Q61" s="22"/>
     </row>
     <row r="62" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B62" s="9">
         <f t="shared" si="2"/>
         <v>28</v>
       </c>
       <c r="C62" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="D62" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="E62" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="F62" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G62" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H62" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I62" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J62" s="29">
+      <c r="J62" s="24">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="K62" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L62" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
-      <c r="M62" s="16"/>
+      <c r="M62" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
       <c r="N62" s="16"/>
       <c r="P62" s="21"/>
       <c r="Q62" s="22"/>
     </row>
     <row r="63" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B63" s="9">
         <f t="shared" si="2"/>
         <v>28.5</v>
       </c>
       <c r="C63" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D63" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E63" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F63" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G63" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H63" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I63" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J63" s="29">
+      <c r="J63" s="24">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="K63" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L63" s="16">
         <v>5.5E-2</v>
       </c>
-      <c r="M63" s="16"/>
+      <c r="M63" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
       <c r="N63" s="16"/>
       <c r="P63" s="21"/>
       <c r="Q63" s="22"/>
     </row>
     <row r="64" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B64" s="9">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="C64" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D64" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E64" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F64" s="20">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G64" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H64" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I64" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J64" s="29">
+      <c r="J64" s="24">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="K64" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L64" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="M64" s="16"/>
+      <c r="M64" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
       <c r="N64" s="16"/>
       <c r="P64" s="21"/>
       <c r="Q64" s="22"/>
     </row>
     <row r="65" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B65" s="9">
         <f t="shared" si="2"/>
         <v>29.5</v>
       </c>
       <c r="C65" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D65" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E65" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F65" s="20">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="G65" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H65" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I65" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J65" s="29">
+      <c r="J65" s="24">
         <v>5.8499999999999996E-2</v>
       </c>
       <c r="K65" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="L65" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="M65" s="16"/>
+      <c r="M65" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
       <c r="N65" s="16"/>
       <c r="P65" s="21"/>
       <c r="Q65" s="22"/>
     </row>
     <row r="66" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.79E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.79E-2</v>
       </c>
       <c r="I66" s="17">
         <v>5.74E-2</v>
       </c>
       <c r="J66" s="17">
         <v>5.8599999999999999E-2</v>
       </c>
       <c r="K66" s="17">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="L66" s="17">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="M66" s="17"/>
+      <c r="M66" s="17">
+        <v>5.5600000000000004E-2</v>
+      </c>
       <c r="N66" s="17"/>
       <c r="P66" s="21"/>
       <c r="Q66" s="22"/>
     </row>
     <row r="67" spans="2:17" x14ac:dyDescent="0.3">
       <c r="P67" s="21"/>
     </row>
     <row r="68" spans="2:17" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="25" t="s">
+      <c r="B68" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="25"/>
-[...10 lines deleted...]
-      <c r="N68" s="25"/>
+      <c r="C68" s="26"/>
+      <c r="D68" s="26"/>
+      <c r="E68" s="26"/>
+      <c r="F68" s="26"/>
+      <c r="G68" s="26"/>
+      <c r="H68" s="26"/>
+      <c r="I68" s="26"/>
+      <c r="J68" s="26"/>
+      <c r="K68" s="26"/>
+      <c r="L68" s="26"/>
+      <c r="M68" s="26"/>
+      <c r="N68" s="26"/>
       <c r="O68" s="15"/>
       <c r="P68" s="21"/>
       <c r="Q68" s="15"/>
     </row>
     <row r="69" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="6"/>
       <c r="D69" s="6"/>
       <c r="E69" s="6"/>
       <c r="F69" s="6"/>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
       <c r="P69" s="21"/>
     </row>
     <row r="70" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
       <c r="C70" s="6"/>
       <c r="D70" s="6"/>
       <c r="E70" s="6"/>
       <c r="F70" s="6"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
@@ -3568,84 +3684,84 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="8" width="11.6328125" style="4" customWidth="1"/>
     <col min="9" max="9" width="7.6328125" style="4" customWidth="1"/>
     <col min="10" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="I1" s="18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="24"/>
-[...6 lines deleted...]
-      <c r="I3" s="24"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
       <c r="J3" s="14"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:10" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2024</v>
       </c>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="27"/>
-[...3 lines deleted...]
-      <c r="H5" s="28"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="29"/>
     </row>
     <row r="6" spans="1:10" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,7,31)</f>
         <v>45504</v>
       </c>
       <c r="D6" s="8">
         <f>EOMONTH(EDATE(C6,1),0)</f>
         <v>45535</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" ref="E6:H6" si="0">EOMONTH(EDATE(D6,1),0)</f>
         <v>45565</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45596</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45626</v>
       </c>
@@ -5071,59 +5187,59 @@
     </row>
     <row r="66" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.7800000000000004E-2</v>
       </c>
     </row>
     <row r="68" spans="2:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="25" t="s">
+      <c r="B68" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="25"/>
-[...4 lines deleted...]
-      <c r="H68" s="25"/>
+      <c r="C68" s="26"/>
+      <c r="D68" s="26"/>
+      <c r="E68" s="26"/>
+      <c r="F68" s="26"/>
+      <c r="G68" s="26"/>
+      <c r="H68" s="26"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
     </row>
     <row r="69" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
     </row>
     <row r="70" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B68:H68"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>