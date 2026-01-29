--- v2 (2026-01-09)
+++ v3 (2026-01-29)
@@ -7,51 +7,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{13D3F21B-FD3B-403A-9C21-DB30E0196FF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{17C6CEEA-A6E6-43A6-BB83-D53BE82A274B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{465DDA4A-A9EA-42E3-AC00-6F316C3B8BB1}"/>
   </bookViews>
   <sheets>
     <sheet name="4044 Yield Curves - 2025" sheetId="12" r:id="rId1"/>
     <sheet name="4044 Yield Curves - 2024" sheetId="11" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -173,112 +173,106 @@
   <c r="B45" i="11" s="1"/>
   <c r="B46" i="11" s="1"/>
   <c r="B47" i="11" s="1"/>
   <c r="B48" i="11" s="1"/>
   <c r="B49" i="11" s="1"/>
   <c r="B50" i="11" s="1"/>
   <c r="B51" i="11" s="1"/>
   <c r="B52" i="11" s="1"/>
   <c r="B53" i="11" s="1"/>
   <c r="B54" i="11" s="1"/>
   <c r="B55" i="11" s="1"/>
   <c r="B56" i="11" s="1"/>
   <c r="B57" i="11" s="1"/>
   <c r="B58" i="11" s="1"/>
   <c r="B59" i="11" s="1"/>
   <c r="B60" i="11" s="1"/>
   <c r="B61" i="11" s="1"/>
   <c r="B62" i="11" s="1"/>
   <c r="B63" i="11" s="1"/>
   <c r="B64" i="11" s="1"/>
   <c r="B65" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="8">
   <si>
     <t>30.0+</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>ERISA 4044 Yield Curves</t>
   </si>
   <si>
     <t>4044 Yield Curves*</t>
   </si>
   <si>
     <t xml:space="preserve">* For valuation dates that are not the last day of a month, the 4044 yield curve to be used for 4044 purposes is the yield curve as of the last day of the prior month.   </t>
   </si>
   <si>
     <t>Last Updated: January 16, 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The table below shows the yield curves developed in accordance </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>§</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 4044.54 of PBGC's 4044 regulation.  For valuation dates on or after July 31, 2024, these yield curves serve as the interest assumption when determining the present value of annuities in involuntary and distress terminations of single-employer plans.  They are also used for other purposes, including, but not limited to, 4010 reporting and certain withdrawal liability calcuations.</t>
     </r>
   </si>
   <si>
-    <t>Not Yet</t>
-[...5 lines deleted...]
-    <t>Last Updated: December 19, 2025</t>
+    <t>Last Updated: January 20, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0_);\(0.0\)"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="24"/>
       <color rgb="FF142640"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -315,57 +309,50 @@
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -472,71 +459,71 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="43" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -546,54 +533,51 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -931,129 +915,127 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{505CA890-E7F0-4488-A51E-D7CB441FA050}">
   <dimension ref="A1:Q73"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="14" width="11.6328125" style="4" customWidth="1"/>
     <col min="15" max="15" width="7.6328125" style="4" customWidth="1"/>
     <col min="16" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="O1" s="18" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="25" t="s">
+      <c r="A3" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="25"/>
-[...12 lines deleted...]
-      <c r="O3" s="25"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="24"/>
       <c r="P3" s="14"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
     </row>
     <row r="5" spans="1:17" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2025</v>
       </c>
-      <c r="C5" s="27" t="s">
+      <c r="C5" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="28"/>
-[...9 lines deleted...]
-      <c r="N5" s="29"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="27"/>
+      <c r="I5" s="27"/>
+      <c r="J5" s="27"/>
+      <c r="K5" s="27"/>
+      <c r="L5" s="27"/>
+      <c r="M5" s="27"/>
+      <c r="N5" s="28"/>
     </row>
     <row r="6" spans="1:17" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,1,31)</f>
         <v>45688</v>
       </c>
       <c r="D6" s="8">
         <f t="shared" ref="D6:I6" si="0">EOMONTH(EDATE(C6,1),0)</f>
         <v>45716</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" si="0"/>
         <v>45747</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45777</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45808</v>
       </c>
@@ -1063,2705 +1045,2882 @@
       </c>
       <c r="I6" s="8">
         <f t="shared" si="0"/>
         <v>45869</v>
       </c>
       <c r="J6" s="8">
         <f>EOMONTH(EDATE(I6,1),0)</f>
         <v>45900</v>
       </c>
       <c r="K6" s="8">
         <f t="shared" ref="K6:N6" si="1">EOMONTH(EDATE(J6,1),0)</f>
         <v>45930</v>
       </c>
       <c r="L6" s="8">
         <f t="shared" si="1"/>
         <v>45961</v>
       </c>
       <c r="M6" s="8">
         <f t="shared" si="1"/>
         <v>45991</v>
       </c>
       <c r="N6" s="8">
         <f t="shared" si="1"/>
         <v>46022</v>
       </c>
-      <c r="P6" s="23"/>
+      <c r="O6" s="22"/>
+      <c r="P6" s="22"/>
     </row>
     <row r="7" spans="1:17" ht="14" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="13">
         <v>0.5</v>
       </c>
       <c r="C7" s="16">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="D7" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
       <c r="E7" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
-      <c r="F7" s="20">
+      <c r="F7" s="19">
         <v>4.7E-2</v>
       </c>
       <c r="G7" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="H7" s="16">
         <v>4.6799999999999994E-2</v>
       </c>
       <c r="I7" s="16">
         <v>4.8100000000000004E-2</v>
       </c>
-      <c r="J7" s="24">
+      <c r="J7" s="23">
         <v>4.5799999999999993E-2</v>
       </c>
       <c r="K7" s="16">
         <v>4.3300000000000005E-2</v>
       </c>
       <c r="L7" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
       <c r="M7" s="16">
         <v>4.3500000000000004E-2</v>
       </c>
-      <c r="N7" s="16"/>
-[...1 lines deleted...]
-      <c r="Q7" s="22"/>
+      <c r="N7" s="16">
+        <v>4.2099999999999999E-2</v>
+      </c>
+      <c r="O7" s="20"/>
+      <c r="P7" s="20"/>
+      <c r="Q7" s="21"/>
     </row>
     <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B8" s="9">
         <f>B7+0.5</f>
         <v>1</v>
       </c>
       <c r="C8" s="16">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="D8" s="16">
         <v>4.6899999999999997E-2</v>
       </c>
       <c r="E8" s="16">
         <v>4.65E-2</v>
       </c>
-      <c r="F8" s="20">
+      <c r="F8" s="19">
         <v>4.5599999999999995E-2</v>
       </c>
       <c r="G8" s="16">
         <v>4.7299999999999995E-2</v>
       </c>
       <c r="H8" s="16">
         <v>4.5599999999999995E-2</v>
       </c>
       <c r="I8" s="16">
         <v>4.7299999999999995E-2</v>
       </c>
-      <c r="J8" s="24">
+      <c r="J8" s="23">
         <v>4.4600000000000001E-2</v>
       </c>
       <c r="K8" s="16">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="L8" s="16">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="M8" s="16">
         <v>4.3099999999999999E-2</v>
       </c>
-      <c r="N8" s="16"/>
-[...1 lines deleted...]
-      <c r="Q8" s="22"/>
+      <c r="N8" s="16">
+        <v>4.2200000000000001E-2</v>
+      </c>
+      <c r="O8" s="20"/>
+      <c r="P8" s="20"/>
+      <c r="Q8" s="21"/>
     </row>
     <row r="9" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" s="9">
         <f t="shared" ref="B9:B65" si="2">B8+0.5</f>
         <v>1.5</v>
       </c>
       <c r="C9" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="D9" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="E9" s="16">
         <v>4.5999999999999999E-2</v>
       </c>
-      <c r="F9" s="20">
+      <c r="F9" s="19">
         <v>4.4500000000000005E-2</v>
       </c>
       <c r="G9" s="16">
         <v>4.6400000000000004E-2</v>
       </c>
       <c r="H9" s="16">
         <v>4.4600000000000001E-2</v>
       </c>
       <c r="I9" s="16">
         <v>4.6600000000000003E-2</v>
       </c>
-      <c r="J9" s="24">
+      <c r="J9" s="23">
         <v>4.36E-2</v>
       </c>
       <c r="K9" s="16">
         <v>4.2800000000000005E-2</v>
       </c>
       <c r="L9" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="M9" s="16">
         <v>4.2900000000000001E-2</v>
       </c>
-      <c r="N9" s="19" t="s">
-[...3 lines deleted...]
-      <c r="Q9" s="22"/>
+      <c r="N9" s="16">
+        <v>4.2300000000000004E-2</v>
+      </c>
+      <c r="O9" s="20"/>
+      <c r="P9" s="20"/>
+      <c r="Q9" s="21"/>
     </row>
     <row r="10" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="9">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="C10" s="16">
         <v>4.8599999999999997E-2</v>
       </c>
       <c r="D10" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="E10" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="F10" s="20">
+      <c r="F10" s="19">
         <v>4.3900000000000002E-2</v>
       </c>
       <c r="G10" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
       <c r="H10" s="16">
         <v>4.41E-2</v>
       </c>
       <c r="I10" s="16">
         <v>4.6100000000000002E-2</v>
       </c>
-      <c r="J10" s="24">
+      <c r="J10" s="23">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="K10" s="16">
         <v>4.2700000000000002E-2</v>
       </c>
       <c r="L10" s="16">
         <v>4.3700000000000003E-2</v>
       </c>
       <c r="M10" s="16">
         <v>4.2800000000000005E-2</v>
       </c>
-      <c r="N10" s="19" t="s">
-[...3 lines deleted...]
-      <c r="Q10" s="22"/>
+      <c r="N10" s="16">
+        <v>4.2599999999999999E-2</v>
+      </c>
+      <c r="O10" s="20"/>
+      <c r="P10" s="20"/>
+      <c r="Q10" s="21"/>
     </row>
     <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="9">
         <f t="shared" si="2"/>
         <v>2.5</v>
       </c>
       <c r="C11" s="16">
         <v>4.8899999999999999E-2</v>
       </c>
       <c r="D11" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="E11" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="F11" s="20">
+      <c r="F11" s="19">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="G11" s="16">
         <v>4.58E-2</v>
       </c>
       <c r="H11" s="16">
         <v>4.3900000000000002E-2</v>
       </c>
       <c r="I11" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="J11" s="24">
+      <c r="J11" s="23">
         <v>4.2800000000000005E-2</v>
       </c>
       <c r="K11" s="16">
         <v>4.2800000000000005E-2</v>
       </c>
       <c r="L11" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="M11" s="16">
         <v>4.2900000000000001E-2</v>
       </c>
-      <c r="N11" s="16"/>
-[...1 lines deleted...]
-      <c r="Q11" s="22"/>
+      <c r="N11" s="16">
+        <v>4.3000000000000003E-2</v>
+      </c>
+      <c r="O11" s="20"/>
+      <c r="P11" s="20"/>
+      <c r="Q11" s="21"/>
     </row>
     <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B12" s="9">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="C12" s="16">
         <v>4.9299999999999997E-2</v>
       </c>
       <c r="D12" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="E12" s="16">
         <v>4.6100000000000002E-2</v>
       </c>
-      <c r="F12" s="20">
+      <c r="F12" s="19">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="G12" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
       <c r="H12" s="16">
         <v>4.4000000000000004E-2</v>
       </c>
       <c r="I12" s="16">
         <v>4.5899999999999996E-2</v>
       </c>
-      <c r="J12" s="24">
+      <c r="J12" s="23">
         <v>4.2899999999999994E-2</v>
       </c>
       <c r="K12" s="16">
         <v>4.3099999999999999E-2</v>
       </c>
       <c r="L12" s="16">
         <v>4.41E-2</v>
       </c>
       <c r="M12" s="16">
         <v>4.3200000000000002E-2</v>
       </c>
-      <c r="N12" s="16"/>
-[...1 lines deleted...]
-      <c r="Q12" s="22"/>
+      <c r="N12" s="16">
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="O12" s="20"/>
+      <c r="P12" s="20"/>
+      <c r="Q12" s="21"/>
     </row>
     <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B13" s="9">
         <f t="shared" si="2"/>
         <v>3.5</v>
       </c>
       <c r="C13" s="16">
         <v>4.9599999999999998E-2</v>
       </c>
       <c r="D13" s="16">
         <v>4.6800000000000001E-2</v>
       </c>
       <c r="E13" s="16">
         <v>4.65E-2</v>
       </c>
-      <c r="F13" s="20">
+      <c r="F13" s="19">
         <v>4.4400000000000002E-2</v>
       </c>
       <c r="G13" s="16">
         <v>4.6200000000000005E-2</v>
       </c>
       <c r="H13" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
       <c r="I13" s="16">
         <v>4.5900000000000003E-2</v>
       </c>
-      <c r="J13" s="24">
+      <c r="J13" s="23">
         <v>4.3200000000000002E-2</v>
       </c>
       <c r="K13" s="16">
         <v>4.3400000000000001E-2</v>
       </c>
       <c r="L13" s="16">
         <v>4.4400000000000002E-2</v>
       </c>
       <c r="M13" s="16">
         <v>4.3400000000000001E-2</v>
       </c>
-      <c r="N13" s="16"/>
-[...1 lines deleted...]
-      <c r="Q13" s="22"/>
+      <c r="N13" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="O13" s="20"/>
+      <c r="P13" s="20"/>
+      <c r="Q13" s="21"/>
     </row>
     <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B14" s="9">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="C14" s="16">
         <v>5.0099999999999999E-2</v>
       </c>
       <c r="D14" s="16">
         <v>4.7099999999999996E-2</v>
       </c>
       <c r="E14" s="16">
         <v>4.6899999999999997E-2</v>
       </c>
-      <c r="F14" s="20">
+      <c r="F14" s="19">
         <v>4.5000000000000005E-2</v>
       </c>
       <c r="G14" s="16">
         <v>4.6699999999999998E-2</v>
       </c>
       <c r="H14" s="16">
         <v>4.4700000000000004E-2</v>
       </c>
       <c r="I14" s="16">
         <v>4.6300000000000001E-2</v>
       </c>
-      <c r="J14" s="24">
+      <c r="J14" s="23">
         <v>4.3700000000000003E-2</v>
       </c>
       <c r="K14" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="L14" s="16">
         <v>4.48E-2</v>
       </c>
       <c r="M14" s="16">
         <v>4.3799999999999999E-2</v>
       </c>
-      <c r="N14" s="16"/>
-[...1 lines deleted...]
-      <c r="Q14" s="22"/>
+      <c r="N14" s="16">
+        <v>4.4400000000000002E-2</v>
+      </c>
+      <c r="O14" s="20"/>
+      <c r="P14" s="20"/>
+      <c r="Q14" s="21"/>
     </row>
     <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B15" s="9">
         <f t="shared" si="2"/>
         <v>4.5</v>
       </c>
       <c r="C15" s="16">
         <v>5.04E-2</v>
       </c>
       <c r="D15" s="16">
         <v>4.7500000000000001E-2</v>
       </c>
       <c r="E15" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
-      <c r="F15" s="20">
+      <c r="F15" s="19">
         <v>4.5700000000000005E-2</v>
       </c>
       <c r="G15" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
       <c r="H15" s="16">
         <v>4.5200000000000004E-2</v>
       </c>
       <c r="I15" s="16">
         <v>4.6699999999999998E-2</v>
       </c>
-      <c r="J15" s="24">
+      <c r="J15" s="23">
         <v>4.4200000000000003E-2</v>
       </c>
       <c r="K15" s="16">
         <v>4.4299999999999999E-2</v>
       </c>
       <c r="L15" s="16">
         <v>4.5200000000000004E-2</v>
       </c>
       <c r="M15" s="16">
         <v>4.4200000000000003E-2</v>
       </c>
-      <c r="N15" s="16"/>
-[...1 lines deleted...]
-      <c r="Q15" s="22"/>
+      <c r="N15" s="16">
+        <v>4.4900000000000002E-2</v>
+      </c>
+      <c r="O15" s="20"/>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="21"/>
     </row>
     <row r="16" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B16" s="9">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
       <c r="C16" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
       <c r="D16" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
       <c r="E16" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
-      <c r="F16" s="20">
+      <c r="F16" s="19">
         <v>4.6400000000000004E-2</v>
       </c>
       <c r="G16" s="16">
         <v>4.7800000000000002E-2</v>
       </c>
       <c r="H16" s="16">
         <v>4.58E-2</v>
       </c>
       <c r="I16" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
-      <c r="J16" s="24">
+      <c r="J16" s="23">
         <v>4.4900000000000002E-2</v>
       </c>
       <c r="K16" s="16">
         <v>4.4900000000000002E-2</v>
       </c>
       <c r="L16" s="16">
         <v>4.5700000000000005E-2</v>
       </c>
       <c r="M16" s="16">
         <v>4.4700000000000004E-2</v>
       </c>
-      <c r="N16" s="16"/>
-[...1 lines deleted...]
-      <c r="Q16" s="22"/>
+      <c r="N16" s="16">
+        <v>4.5500000000000006E-2</v>
+      </c>
+      <c r="O16" s="20"/>
+      <c r="P16" s="20"/>
+      <c r="Q16" s="21"/>
     </row>
     <row r="17" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B17" s="9">
         <f t="shared" si="2"/>
         <v>5.5</v>
       </c>
       <c r="C17" s="16">
         <v>5.1200000000000002E-2</v>
       </c>
       <c r="D17" s="16">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="E17" s="16">
         <v>4.8300000000000003E-2</v>
       </c>
-      <c r="F17" s="20">
+      <c r="F17" s="19">
         <v>4.7E-2</v>
       </c>
       <c r="G17" s="16">
         <v>4.8399999999999999E-2</v>
       </c>
       <c r="H17" s="16">
         <v>4.6300000000000001E-2</v>
       </c>
       <c r="I17" s="16">
         <v>4.7599999999999996E-2</v>
       </c>
-      <c r="J17" s="24">
+      <c r="J17" s="23">
         <v>4.5499999999999999E-2</v>
       </c>
       <c r="K17" s="16">
         <v>4.5399999999999996E-2</v>
       </c>
       <c r="L17" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
       <c r="M17" s="16">
         <v>4.5199999999999997E-2</v>
       </c>
-      <c r="N17" s="16"/>
-[...1 lines deleted...]
-      <c r="Q17" s="22"/>
+      <c r="N17" s="16">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="O17" s="20"/>
+      <c r="P17" s="20"/>
+      <c r="Q17" s="21"/>
     </row>
     <row r="18" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B18" s="9">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="C18" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="D18" s="16">
         <v>4.87E-2</v>
       </c>
       <c r="E18" s="16">
         <v>4.8800000000000003E-2</v>
       </c>
-      <c r="F18" s="20">
+      <c r="F18" s="19">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="G18" s="16">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="H18" s="16">
         <v>4.7E-2</v>
       </c>
       <c r="I18" s="16">
         <v>4.82E-2</v>
       </c>
-      <c r="J18" s="24">
+      <c r="J18" s="23">
         <v>4.6300000000000001E-2</v>
       </c>
       <c r="K18" s="16">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="L18" s="16">
         <v>4.6800000000000001E-2</v>
       </c>
       <c r="M18" s="16">
         <v>4.58E-2</v>
       </c>
-      <c r="N18" s="16"/>
-[...1 lines deleted...]
-      <c r="Q18" s="22"/>
+      <c r="N18" s="16">
+        <v>4.6699999999999998E-2</v>
+      </c>
+      <c r="O18" s="20"/>
+      <c r="P18" s="20"/>
+      <c r="Q18" s="21"/>
     </row>
     <row r="19" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B19" s="9">
         <f t="shared" si="2"/>
         <v>6.5</v>
       </c>
       <c r="C19" s="16">
         <v>5.21E-2</v>
       </c>
       <c r="D19" s="16">
         <v>4.9100000000000005E-2</v>
       </c>
       <c r="E19" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
-      <c r="F19" s="20">
+      <c r="F19" s="19">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="G19" s="16">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="H19" s="16">
         <v>4.7500000000000001E-2</v>
       </c>
       <c r="I19" s="16">
         <v>4.87E-2</v>
       </c>
-      <c r="J19" s="24">
+      <c r="J19" s="23">
         <v>4.7E-2</v>
       </c>
       <c r="K19" s="16">
         <v>4.65E-2</v>
       </c>
       <c r="L19" s="16">
         <v>4.7199999999999999E-2</v>
       </c>
       <c r="M19" s="16">
         <v>4.6199999999999998E-2</v>
       </c>
-      <c r="N19" s="16"/>
-[...1 lines deleted...]
-      <c r="Q19" s="22"/>
+      <c r="N19" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="O19" s="20"/>
+      <c r="P19" s="20"/>
+      <c r="Q19" s="21"/>
     </row>
     <row r="20" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="9">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
       <c r="C20" s="16">
         <v>5.2400000000000002E-2</v>
       </c>
       <c r="D20" s="16">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="E20" s="16">
         <v>4.9800000000000004E-2</v>
       </c>
-      <c r="F20" s="20">
+      <c r="F20" s="19">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="G20" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="H20" s="16">
         <v>4.8100000000000004E-2</v>
       </c>
       <c r="I20" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
-      <c r="J20" s="24">
+      <c r="J20" s="23">
         <v>4.7699999999999999E-2</v>
       </c>
       <c r="K20" s="16">
         <v>4.7100000000000003E-2</v>
       </c>
       <c r="L20" s="16">
         <v>4.7800000000000002E-2</v>
       </c>
       <c r="M20" s="16">
         <v>4.6800000000000001E-2</v>
       </c>
-      <c r="N20" s="16"/>
-[...1 lines deleted...]
-      <c r="Q20" s="22"/>
+      <c r="N20" s="16">
+        <v>4.7899999999999998E-2</v>
+      </c>
+      <c r="O20" s="20"/>
+      <c r="P20" s="20"/>
+      <c r="Q20" s="21"/>
     </row>
     <row r="21" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="9">
         <f t="shared" si="2"/>
         <v>7.5</v>
       </c>
       <c r="C21" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="D21" s="16">
         <v>4.99E-2</v>
       </c>
       <c r="E21" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
-      <c r="F21" s="20">
+      <c r="F21" s="19">
         <v>4.9600000000000005E-2</v>
       </c>
       <c r="G21" s="16">
         <v>5.1000000000000004E-2</v>
       </c>
       <c r="H21" s="16">
         <v>4.8800000000000003E-2</v>
       </c>
       <c r="I21" s="16">
         <v>4.99E-2</v>
       </c>
-      <c r="J21" s="24">
+      <c r="J21" s="23">
         <v>4.8399999999999999E-2</v>
       </c>
       <c r="K21" s="16">
         <v>4.7599999999999996E-2</v>
       </c>
       <c r="L21" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="M21" s="16">
         <v>4.7399999999999998E-2</v>
       </c>
-      <c r="N21" s="16"/>
-[...1 lines deleted...]
-      <c r="Q21" s="22"/>
+      <c r="N21" s="16">
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="O21" s="20"/>
+      <c r="P21" s="20"/>
+      <c r="Q21" s="21"/>
     </row>
     <row r="22" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B22" s="9">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>5.3200000000000004E-2</v>
       </c>
       <c r="D22" s="16">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="E22" s="16">
         <v>5.0800000000000005E-2</v>
       </c>
-      <c r="F22" s="20">
+      <c r="F22" s="19">
         <v>5.0300000000000004E-2</v>
       </c>
       <c r="G22" s="16">
         <v>5.1700000000000003E-2</v>
       </c>
       <c r="H22" s="16">
         <v>4.9500000000000002E-2</v>
       </c>
       <c r="I22" s="16">
         <v>5.0499999999999996E-2</v>
       </c>
-      <c r="J22" s="24">
+      <c r="J22" s="23">
         <v>4.9099999999999998E-2</v>
       </c>
       <c r="K22" s="16">
         <v>4.8299999999999996E-2</v>
       </c>
       <c r="L22" s="16">
         <v>4.8899999999999999E-2</v>
       </c>
       <c r="M22" s="16">
         <v>4.7899999999999998E-2</v>
       </c>
-      <c r="N22" s="16"/>
-[...1 lines deleted...]
-      <c r="Q22" s="22"/>
+      <c r="N22" s="16">
+        <v>4.8999999999999995E-2</v>
+      </c>
+      <c r="O22" s="20"/>
+      <c r="P22" s="20"/>
+      <c r="Q22" s="21"/>
     </row>
     <row r="23" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="9">
         <f t="shared" si="2"/>
         <v>8.5</v>
       </c>
       <c r="C23" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="D23" s="16">
         <v>5.0599999999999999E-2</v>
       </c>
       <c r="E23" s="16">
         <v>5.11E-2</v>
       </c>
-      <c r="F23" s="20">
+      <c r="F23" s="19">
         <v>5.0799999999999998E-2</v>
       </c>
       <c r="G23" s="16">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="H23" s="16">
         <v>0.05</v>
       </c>
       <c r="I23" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
-      <c r="J23" s="24">
+      <c r="J23" s="23">
         <v>4.9599999999999998E-2</v>
       </c>
       <c r="K23" s="16">
         <v>4.87E-2</v>
       </c>
       <c r="L23" s="16">
         <v>4.9299999999999997E-2</v>
       </c>
       <c r="M23" s="16">
         <v>4.8399999999999999E-2</v>
       </c>
-      <c r="N23" s="16"/>
-[...1 lines deleted...]
-      <c r="Q23" s="22"/>
+      <c r="N23" s="16">
+        <v>4.9500000000000002E-2</v>
+      </c>
+      <c r="O23" s="20"/>
+      <c r="P23" s="20"/>
+      <c r="Q23" s="21"/>
     </row>
     <row r="24" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B24" s="9">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="C24" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="D24" s="16">
         <v>5.1000000000000004E-2</v>
       </c>
       <c r="E24" s="16">
         <v>5.1499999999999997E-2</v>
       </c>
-      <c r="F24" s="20">
+      <c r="F24" s="19">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="G24" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="H24" s="16">
         <v>5.0599999999999999E-2</v>
       </c>
       <c r="I24" s="16">
         <v>5.1499999999999997E-2</v>
       </c>
-      <c r="J24" s="24">
+      <c r="J24" s="23">
         <v>5.04E-2</v>
       </c>
       <c r="K24" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
       <c r="L24" s="16">
         <v>4.99E-2</v>
       </c>
       <c r="M24" s="16">
         <v>4.8899999999999999E-2</v>
       </c>
-      <c r="N24" s="16"/>
-[...1 lines deleted...]
-      <c r="Q24" s="22"/>
+      <c r="N24" s="16">
+        <v>5.0099999999999999E-2</v>
+      </c>
+      <c r="O24" s="20"/>
+      <c r="P24" s="20"/>
+      <c r="Q24" s="21"/>
     </row>
     <row r="25" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B25" s="9">
         <f t="shared" si="2"/>
         <v>9.5</v>
       </c>
       <c r="C25" s="16">
         <v>5.4199999999999998E-2</v>
       </c>
       <c r="D25" s="16">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="E25" s="16">
         <v>5.1900000000000002E-2</v>
       </c>
-      <c r="F25" s="20">
+      <c r="F25" s="19">
         <v>5.1699999999999996E-2</v>
       </c>
       <c r="G25" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="H25" s="16">
         <v>5.0999999999999997E-2</v>
       </c>
       <c r="I25" s="16">
         <v>5.1899999999999995E-2</v>
       </c>
-      <c r="J25" s="24">
+      <c r="J25" s="23">
         <v>5.0900000000000001E-2</v>
       </c>
       <c r="K25" s="16">
         <v>4.9699999999999994E-2</v>
       </c>
       <c r="L25" s="16">
         <v>5.0299999999999997E-2</v>
       </c>
       <c r="M25" s="16">
         <v>4.9300000000000004E-2</v>
       </c>
-      <c r="N25" s="16"/>
-[...1 lines deleted...]
-      <c r="Q25" s="22"/>
+      <c r="N25" s="16">
+        <v>5.0500000000000003E-2</v>
+      </c>
+      <c r="O25" s="20"/>
+      <c r="P25" s="20"/>
+      <c r="Q25" s="21"/>
     </row>
     <row r="26" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B26" s="9">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="C26" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="D26" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="E26" s="16">
         <v>5.2299999999999999E-2</v>
       </c>
-      <c r="F26" s="20">
+      <c r="F26" s="19">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="G26" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="H26" s="16">
         <v>5.16E-2</v>
       </c>
       <c r="I26" s="16">
         <v>5.2399999999999995E-2</v>
       </c>
-      <c r="J26" s="24">
+      <c r="J26" s="23">
         <v>5.16E-2</v>
       </c>
       <c r="K26" s="16">
         <v>5.0199999999999995E-2</v>
       </c>
       <c r="L26" s="16">
         <v>5.0700000000000002E-2</v>
       </c>
       <c r="M26" s="16">
         <v>4.99E-2</v>
       </c>
-      <c r="N26" s="16"/>
-[...1 lines deleted...]
-      <c r="Q26" s="22"/>
+      <c r="N26" s="16">
+        <v>5.1000000000000004E-2</v>
+      </c>
+      <c r="O26" s="20"/>
+      <c r="P26" s="20"/>
+      <c r="Q26" s="21"/>
     </row>
     <row r="27" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B27" s="9">
         <f t="shared" si="2"/>
         <v>10.5</v>
       </c>
       <c r="C27" s="16">
         <v>5.4799999999999995E-2</v>
       </c>
       <c r="D27" s="16">
         <v>5.1899999999999995E-2</v>
       </c>
       <c r="E27" s="16">
         <v>5.2599999999999994E-2</v>
       </c>
-      <c r="F27" s="20">
+      <c r="F27" s="19">
         <v>5.2700000000000004E-2</v>
       </c>
       <c r="G27" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="H27" s="16">
         <v>5.2000000000000005E-2</v>
       </c>
       <c r="I27" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
-      <c r="J27" s="24">
+      <c r="J27" s="23">
         <v>5.21E-2</v>
       </c>
       <c r="K27" s="16">
         <v>5.0700000000000002E-2</v>
       </c>
       <c r="L27" s="16">
         <v>5.11E-2</v>
       </c>
       <c r="M27" s="16">
         <v>5.0099999999999999E-2</v>
       </c>
-      <c r="N27" s="16"/>
-[...1 lines deleted...]
-      <c r="Q27" s="22"/>
+      <c r="N27" s="16">
+        <v>5.1400000000000001E-2</v>
+      </c>
+      <c r="O27" s="20"/>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="21"/>
     </row>
     <row r="28" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B28" s="9">
         <f t="shared" si="2"/>
         <v>11</v>
       </c>
       <c r="C28" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="D28" s="16">
         <v>5.2199999999999996E-2</v>
       </c>
       <c r="E28" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
-      <c r="F28" s="20">
+      <c r="F28" s="19">
         <v>5.3100000000000001E-2</v>
       </c>
       <c r="G28" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="H28" s="16">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="I28" s="16">
         <v>5.33E-2</v>
       </c>
-      <c r="J28" s="24">
+      <c r="J28" s="23">
         <v>5.2700000000000004E-2</v>
       </c>
       <c r="K28" s="16">
         <v>5.11E-2</v>
       </c>
       <c r="L28" s="16">
         <v>5.1500000000000004E-2</v>
       </c>
       <c r="M28" s="16">
         <v>5.0700000000000002E-2</v>
       </c>
-      <c r="N28" s="16"/>
-[...1 lines deleted...]
-      <c r="Q28" s="22"/>
+      <c r="N28" s="16">
+        <v>5.1900000000000002E-2</v>
+      </c>
+      <c r="O28" s="20"/>
+      <c r="P28" s="20"/>
+      <c r="Q28" s="21"/>
     </row>
     <row r="29" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B29" s="9">
         <f t="shared" si="2"/>
         <v>11.5</v>
       </c>
       <c r="C29" s="16">
         <v>5.5299999999999995E-2</v>
       </c>
       <c r="D29" s="16">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="E29" s="16">
         <v>5.33E-2</v>
       </c>
-      <c r="F29" s="20">
+      <c r="F29" s="19">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="G29" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="H29" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="I29" s="16">
         <v>5.3700000000000005E-2</v>
       </c>
-      <c r="J29" s="24">
+      <c r="J29" s="23">
         <v>5.3000000000000005E-2</v>
       </c>
       <c r="K29" s="16">
         <v>5.1400000000000001E-2</v>
       </c>
       <c r="L29" s="16">
         <v>5.1700000000000003E-2</v>
       </c>
       <c r="M29" s="16">
         <v>5.0900000000000001E-2</v>
       </c>
-      <c r="N29" s="16"/>
-[...1 lines deleted...]
-      <c r="Q29" s="22"/>
+      <c r="N29" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
+      <c r="O29" s="20"/>
+      <c r="P29" s="20"/>
+      <c r="Q29" s="21"/>
     </row>
     <row r="30" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B30" s="9">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="C30" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="D30" s="16">
         <v>5.28E-2</v>
       </c>
       <c r="E30" s="16">
         <v>5.3699999999999998E-2</v>
       </c>
-      <c r="F30" s="20">
+      <c r="F30" s="19">
         <v>5.4100000000000002E-2</v>
       </c>
       <c r="G30" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="H30" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="I30" s="16">
         <v>5.4200000000000005E-2</v>
       </c>
-      <c r="J30" s="24">
+      <c r="J30" s="23">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="K30" s="16">
         <v>5.1900000000000002E-2</v>
       </c>
       <c r="L30" s="16">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="M30" s="16">
         <v>5.1400000000000001E-2</v>
       </c>
-      <c r="N30" s="16"/>
-[...1 lines deleted...]
-      <c r="Q30" s="22"/>
+      <c r="N30" s="16">
+        <v>5.2699999999999997E-2</v>
+      </c>
+      <c r="O30" s="20"/>
+      <c r="P30" s="20"/>
+      <c r="Q30" s="21"/>
     </row>
     <row r="31" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B31" s="9">
         <f t="shared" si="2"/>
         <v>12.5</v>
       </c>
       <c r="C31" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="D31" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E31" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
-      <c r="F31" s="20">
+      <c r="F31" s="19">
         <v>5.45E-2</v>
       </c>
       <c r="G31" s="16">
         <v>5.6099999999999997E-2</v>
       </c>
       <c r="H31" s="16">
         <v>5.3899999999999997E-2</v>
       </c>
       <c r="I31" s="16">
         <v>5.4399999999999997E-2</v>
       </c>
-      <c r="J31" s="24">
+      <c r="J31" s="23">
         <v>5.3899999999999997E-2</v>
       </c>
       <c r="K31" s="16">
         <v>5.2199999999999996E-2</v>
       </c>
       <c r="L31" s="16">
         <v>5.2400000000000002E-2</v>
       </c>
       <c r="M31" s="16">
         <v>5.1700000000000003E-2</v>
       </c>
-      <c r="N31" s="16"/>
-[...1 lines deleted...]
-      <c r="Q31" s="22"/>
+      <c r="N31" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="O31" s="20"/>
+      <c r="P31" s="20"/>
+      <c r="Q31" s="21"/>
     </row>
     <row r="32" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B32" s="9">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="C32" s="16">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="D32" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="E32" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
-      <c r="F32" s="20">
+      <c r="F32" s="19">
         <v>5.4899999999999997E-2</v>
       </c>
       <c r="G32" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="H32" s="16">
         <v>5.4399999999999997E-2</v>
       </c>
       <c r="I32" s="16">
         <v>5.4799999999999995E-2</v>
       </c>
-      <c r="J32" s="24">
+      <c r="J32" s="23">
         <v>5.4399999999999997E-2</v>
       </c>
       <c r="K32" s="16">
         <v>5.2599999999999994E-2</v>
       </c>
       <c r="L32" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
       <c r="M32" s="16">
         <v>5.2200000000000003E-2</v>
       </c>
-      <c r="N32" s="16"/>
-[...1 lines deleted...]
-      <c r="Q32" s="22"/>
+      <c r="N32" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="O32" s="20"/>
+      <c r="P32" s="20"/>
+      <c r="Q32" s="21"/>
     </row>
     <row r="33" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B33" s="9">
         <f t="shared" si="2"/>
         <v>13.5</v>
       </c>
       <c r="C33" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
       <c r="D33" s="16">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="E33" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
-      <c r="F33" s="20">
+      <c r="F33" s="19">
         <v>5.5200000000000006E-2</v>
       </c>
       <c r="G33" s="16">
         <v>5.6900000000000006E-2</v>
       </c>
       <c r="H33" s="16">
         <v>5.4700000000000006E-2</v>
       </c>
       <c r="I33" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
-      <c r="J33" s="24">
+      <c r="J33" s="23">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="K33" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
       <c r="L33" s="16">
         <v>5.3000000000000005E-2</v>
       </c>
       <c r="M33" s="16">
         <v>5.2500000000000005E-2</v>
       </c>
-      <c r="N33" s="16"/>
-[...1 lines deleted...]
-      <c r="Q33" s="22"/>
+      <c r="N33" s="16">
+        <v>5.3800000000000001E-2</v>
+      </c>
+      <c r="O33" s="20"/>
+      <c r="P33" s="20"/>
+      <c r="Q33" s="21"/>
     </row>
     <row r="34" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B34" s="9">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="C34" s="16">
         <v>5.6500000000000002E-2</v>
       </c>
       <c r="D34" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="E34" s="16">
         <v>5.4900000000000004E-2</v>
       </c>
-      <c r="F34" s="20">
+      <c r="F34" s="19">
         <v>5.5500000000000001E-2</v>
       </c>
       <c r="G34" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="H34" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="I34" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
-      <c r="J34" s="24">
+      <c r="J34" s="23">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="K34" s="16">
         <v>5.33E-2</v>
       </c>
       <c r="L34" s="16">
         <v>5.3400000000000003E-2</v>
       </c>
       <c r="M34" s="16">
         <v>5.2900000000000003E-2</v>
       </c>
-      <c r="N34" s="16"/>
-[...1 lines deleted...]
-      <c r="Q34" s="22"/>
+      <c r="N34" s="16">
+        <v>5.4200000000000005E-2</v>
+      </c>
+      <c r="O34" s="20"/>
+      <c r="P34" s="20"/>
+      <c r="Q34" s="21"/>
     </row>
     <row r="35" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B35" s="9">
         <f t="shared" si="2"/>
         <v>14.5</v>
       </c>
       <c r="C35" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="D35" s="16">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="E35" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
-      <c r="F35" s="20">
+      <c r="F35" s="19">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="G35" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="H35" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="I35" s="16">
         <v>5.57E-2</v>
       </c>
-      <c r="J35" s="24">
+      <c r="J35" s="23">
         <v>5.5400000000000005E-2</v>
       </c>
       <c r="K35" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="L35" s="16">
         <v>5.3499999999999999E-2</v>
       </c>
       <c r="M35" s="16">
         <v>5.2999999999999999E-2</v>
       </c>
-      <c r="N35" s="16"/>
-[...1 lines deleted...]
-      <c r="Q35" s="22"/>
+      <c r="N35" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="O35" s="20"/>
+      <c r="P35" s="20"/>
+      <c r="Q35" s="21"/>
     </row>
     <row r="36" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B36" s="9">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="C36" s="16">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="D36" s="16">
         <v>5.4199999999999998E-2</v>
       </c>
       <c r="E36" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="F36" s="20">
+      <c r="F36" s="19">
         <v>5.62E-2</v>
       </c>
       <c r="G36" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="H36" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="I36" s="16">
         <v>5.6100000000000004E-2</v>
       </c>
-      <c r="J36" s="24">
+      <c r="J36" s="23">
         <v>5.5900000000000005E-2</v>
       </c>
       <c r="K36" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="L36" s="16">
         <v>5.3800000000000001E-2</v>
       </c>
       <c r="M36" s="16">
         <v>5.3400000000000003E-2</v>
       </c>
-      <c r="N36" s="16"/>
-[...1 lines deleted...]
-      <c r="Q36" s="22"/>
+      <c r="N36" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="O36" s="20"/>
+      <c r="P36" s="20"/>
+      <c r="Q36" s="21"/>
     </row>
     <row r="37" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B37" s="9">
         <f t="shared" si="2"/>
         <v>15.5</v>
       </c>
       <c r="C37" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="D37" s="16">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="E37" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
-      <c r="F37" s="20">
+      <c r="F37" s="19">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="G37" s="16">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="H37" s="16">
         <v>5.5999999999999994E-2</v>
       </c>
       <c r="I37" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
-      <c r="J37" s="24">
+      <c r="J37" s="23">
         <v>5.62E-2</v>
       </c>
       <c r="K37" s="16">
         <v>5.4100000000000002E-2</v>
       </c>
       <c r="L37" s="16">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="M37" s="16">
         <v>5.3600000000000002E-2</v>
       </c>
-      <c r="N37" s="16"/>
-[...1 lines deleted...]
-      <c r="Q37" s="22"/>
+      <c r="N37" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="O37" s="20"/>
+      <c r="P37" s="20"/>
+      <c r="Q37" s="21"/>
     </row>
     <row r="38" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B38" s="9">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="C38" s="16">
         <v>5.7100000000000005E-2</v>
       </c>
       <c r="D38" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="E38" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
-      <c r="F38" s="20">
+      <c r="F38" s="19">
         <v>5.67E-2</v>
       </c>
       <c r="G38" s="16">
         <v>5.8499999999999996E-2</v>
       </c>
       <c r="H38" s="16">
         <v>5.6299999999999996E-2</v>
       </c>
       <c r="I38" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
-      <c r="J38" s="24">
+      <c r="J38" s="23">
         <v>5.6500000000000002E-2</v>
       </c>
       <c r="K38" s="16">
         <v>5.45E-2</v>
       </c>
       <c r="L38" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="M38" s="16">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="N38" s="16"/>
-[...1 lines deleted...]
-      <c r="Q38" s="22"/>
+      <c r="N38" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="O38" s="20"/>
+      <c r="P38" s="20"/>
+      <c r="Q38" s="21"/>
     </row>
     <row r="39" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B39" s="9">
         <f t="shared" si="2"/>
         <v>16.5</v>
       </c>
       <c r="C39" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="D39" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="E39" s="16">
         <v>5.6100000000000004E-2</v>
       </c>
-      <c r="F39" s="20">
+      <c r="F39" s="19">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="G39" s="16">
         <v>5.8700000000000002E-2</v>
       </c>
       <c r="H39" s="16">
         <v>5.6600000000000004E-2</v>
       </c>
       <c r="I39" s="16">
         <v>5.67E-2</v>
       </c>
-      <c r="J39" s="24">
+      <c r="J39" s="23">
         <v>5.67E-2</v>
       </c>
       <c r="K39" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="L39" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="M39" s="16">
         <v>5.4099999999999995E-2</v>
       </c>
-      <c r="N39" s="16"/>
-[...1 lines deleted...]
-      <c r="Q39" s="22"/>
+      <c r="N39" s="16">
+        <v>5.5499999999999994E-2</v>
+      </c>
+      <c r="O39" s="20"/>
+      <c r="P39" s="20"/>
+      <c r="Q39" s="21"/>
     </row>
     <row r="40" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B40" s="9">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="C40" s="16">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="D40" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="E40" s="16">
         <v>5.6300000000000003E-2</v>
       </c>
-      <c r="F40" s="20">
+      <c r="F40" s="19">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="G40" s="16">
         <v>5.8900000000000001E-2</v>
       </c>
       <c r="H40" s="16">
         <v>5.6899999999999999E-2</v>
       </c>
       <c r="I40" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="J40" s="24">
+      <c r="J40" s="23">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="K40" s="16">
         <v>5.4899999999999997E-2</v>
       </c>
       <c r="L40" s="16">
         <v>5.4699999999999999E-2</v>
       </c>
       <c r="M40" s="16">
         <v>5.4400000000000004E-2</v>
       </c>
-      <c r="N40" s="16"/>
-[...1 lines deleted...]
-      <c r="Q40" s="22"/>
+      <c r="N40" s="16">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="O40" s="20"/>
+      <c r="P40" s="20"/>
+      <c r="Q40" s="21"/>
     </row>
     <row r="41" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B41" s="9">
         <f t="shared" si="2"/>
         <v>17.5</v>
       </c>
       <c r="C41" s="16">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="D41" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="E41" s="16">
         <v>5.6399999999999999E-2</v>
       </c>
-      <c r="F41" s="20">
+      <c r="F41" s="19">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="G41" s="16">
         <v>5.91E-2</v>
       </c>
       <c r="H41" s="16">
         <v>5.6999999999999995E-2</v>
       </c>
       <c r="I41" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="J41" s="24">
+      <c r="J41" s="23">
         <v>5.7100000000000005E-2</v>
       </c>
       <c r="K41" s="16">
         <v>5.4900000000000004E-2</v>
       </c>
       <c r="L41" s="16">
         <v>5.4600000000000003E-2</v>
       </c>
       <c r="M41" s="16">
         <v>5.4400000000000004E-2</v>
       </c>
-      <c r="N41" s="16"/>
-[...1 lines deleted...]
-      <c r="Q41" s="22"/>
+      <c r="N41" s="16">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="O41" s="20"/>
+      <c r="P41" s="20"/>
+      <c r="Q41" s="21"/>
     </row>
     <row r="42" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B42" s="9">
         <f t="shared" si="2"/>
         <v>18</v>
       </c>
       <c r="C42" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="D42" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="E42" s="16">
         <v>5.6599999999999998E-2</v>
       </c>
-      <c r="F42" s="20">
+      <c r="F42" s="19">
         <v>5.7499999999999996E-2</v>
       </c>
       <c r="G42" s="16">
         <v>5.9400000000000001E-2</v>
       </c>
       <c r="H42" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="I42" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="J42" s="24">
+      <c r="J42" s="23">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="K42" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="L42" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="M42" s="16">
         <v>5.4699999999999999E-2</v>
       </c>
-      <c r="N42" s="16"/>
-[...1 lines deleted...]
-      <c r="Q42" s="22"/>
+      <c r="N42" s="16">
+        <v>5.62E-2</v>
+      </c>
+      <c r="O42" s="20"/>
+      <c r="P42" s="20"/>
+      <c r="Q42" s="21"/>
     </row>
     <row r="43" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B43" s="9">
         <f t="shared" si="2"/>
         <v>18.5</v>
       </c>
       <c r="C43" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="D43" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
       <c r="E43" s="16">
         <v>5.6800000000000003E-2</v>
       </c>
-      <c r="F43" s="20">
+      <c r="F43" s="19">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G43" s="16">
         <v>5.9500000000000004E-2</v>
       </c>
       <c r="H43" s="16">
         <v>5.74E-2</v>
       </c>
       <c r="I43" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="J43" s="24">
+      <c r="J43" s="23">
         <v>5.7499999999999996E-2</v>
       </c>
       <c r="K43" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="L43" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="M43" s="16">
         <v>5.4800000000000001E-2</v>
       </c>
-      <c r="N43" s="16"/>
-[...1 lines deleted...]
-      <c r="Q43" s="22"/>
+      <c r="N43" s="16">
+        <v>5.6300000000000003E-2</v>
+      </c>
+      <c r="O43" s="20"/>
+      <c r="P43" s="20"/>
+      <c r="Q43" s="21"/>
     </row>
     <row r="44" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B44" s="9">
         <f t="shared" si="2"/>
         <v>19</v>
       </c>
       <c r="C44" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D44" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
       <c r="E44" s="16">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="F44" s="20">
+      <c r="F44" s="19">
         <v>5.79E-2</v>
       </c>
       <c r="G44" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H44" s="16">
         <v>5.7600000000000005E-2</v>
       </c>
       <c r="I44" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J44" s="24">
+      <c r="J44" s="23">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="K44" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="L44" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="M44" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
-      <c r="N44" s="16"/>
-[...1 lines deleted...]
-      <c r="Q44" s="22"/>
+      <c r="N44" s="16">
+        <v>5.6500000000000002E-2</v>
+      </c>
+      <c r="O44" s="20"/>
+      <c r="P44" s="20"/>
+      <c r="Q44" s="21"/>
     </row>
     <row r="45" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B45" s="9">
         <f t="shared" si="2"/>
         <v>19.5</v>
       </c>
       <c r="C45" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D45" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="E45" s="16">
         <v>5.6999999999999995E-2</v>
       </c>
-      <c r="F45" s="20">
+      <c r="F45" s="19">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="G45" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H45" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="I45" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J45" s="24">
+      <c r="J45" s="23">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="K45" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="L45" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="M45" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
-      <c r="N45" s="16"/>
-[...1 lines deleted...]
-      <c r="Q45" s="22"/>
+      <c r="N45" s="16">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="O45" s="20"/>
+      <c r="P45" s="20"/>
+      <c r="Q45" s="21"/>
     </row>
     <row r="46" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B46" s="9">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="C46" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D46" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E46" s="16">
         <v>5.7199999999999994E-2</v>
       </c>
-      <c r="F46" s="20">
+      <c r="F46" s="19">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G46" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H46" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I46" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J46" s="24">
+      <c r="J46" s="23">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="K46" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L46" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="M46" s="16">
         <v>5.5299999999999995E-2</v>
       </c>
-      <c r="N46" s="16"/>
-[...1 lines deleted...]
-      <c r="Q46" s="22"/>
+      <c r="N46" s="16">
+        <v>5.6799999999999996E-2</v>
+      </c>
+      <c r="O46" s="20"/>
+      <c r="P46" s="20"/>
+      <c r="Q46" s="21"/>
     </row>
     <row r="47" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B47" s="9">
         <f t="shared" si="2"/>
         <v>20.5</v>
       </c>
       <c r="C47" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D47" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E47" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F47" s="20">
+      <c r="F47" s="19">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G47" s="16">
         <v>5.9800000000000006E-2</v>
       </c>
       <c r="H47" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I47" s="16">
         <v>5.7699999999999994E-2</v>
       </c>
-      <c r="J47" s="24">
+      <c r="J47" s="23">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="K47" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L47" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="M47" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="N47" s="16"/>
-[...1 lines deleted...]
-      <c r="Q47" s="22"/>
+      <c r="N47" s="16">
+        <v>5.6799999999999996E-2</v>
+      </c>
+      <c r="O47" s="20"/>
+      <c r="P47" s="20"/>
+      <c r="Q47" s="21"/>
     </row>
     <row r="48" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B48" s="9">
         <f t="shared" si="2"/>
         <v>21</v>
       </c>
       <c r="C48" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D48" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E48" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F48" s="20">
+      <c r="F48" s="19">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G48" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H48" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="I48" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
-      <c r="J48" s="24">
+      <c r="J48" s="23">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="K48" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L48" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="M48" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
-      <c r="N48" s="16"/>
-[...1 lines deleted...]
-      <c r="Q48" s="22"/>
+      <c r="N48" s="16">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="O48" s="20"/>
+      <c r="P48" s="20"/>
+      <c r="Q48" s="21"/>
     </row>
     <row r="49" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B49" s="9">
         <f t="shared" si="2"/>
         <v>21.5</v>
       </c>
       <c r="C49" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D49" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E49" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="F49" s="20">
+      <c r="F49" s="19">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G49" s="16">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H49" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="I49" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J49" s="24">
+      <c r="J49" s="23">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="K49" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L49" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="M49" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="N49" s="16"/>
-[...1 lines deleted...]
-      <c r="Q49" s="22"/>
+      <c r="N49" s="16">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="O49" s="20"/>
+      <c r="P49" s="20"/>
+      <c r="Q49" s="21"/>
     </row>
     <row r="50" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B50" s="9">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="C50" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="D50" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E50" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="F50" s="20">
+      <c r="F50" s="19">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G50" s="16">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H50" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I50" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J50" s="24">
+      <c r="J50" s="23">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K50" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="L50" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="M50" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
-      <c r="N50" s="16"/>
-[...1 lines deleted...]
-      <c r="Q50" s="22"/>
+      <c r="N50" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O50" s="20"/>
+      <c r="P50" s="20"/>
+      <c r="Q50" s="21"/>
     </row>
     <row r="51" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B51" s="9">
         <f t="shared" si="2"/>
         <v>22.5</v>
       </c>
       <c r="C51" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D51" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E51" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="F51" s="20">
+      <c r="F51" s="19">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G51" s="16">
         <v>0.06</v>
       </c>
       <c r="H51" s="16">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="I51" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
-      <c r="J51" s="24">
+      <c r="J51" s="23">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K51" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="L51" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M51" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N51" s="16"/>
-[...1 lines deleted...]
-      <c r="Q51" s="22"/>
+      <c r="N51" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O51" s="20"/>
+      <c r="P51" s="20"/>
+      <c r="Q51" s="21"/>
     </row>
     <row r="52" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B52" s="9">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="C52" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="D52" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="E52" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="F52" s="20">
+      <c r="F52" s="19">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="G52" s="16">
         <v>0.06</v>
       </c>
       <c r="H52" s="16">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="I52" s="16">
         <v>5.7600000000000005E-2</v>
       </c>
-      <c r="J52" s="24">
+      <c r="J52" s="23">
         <v>5.8300000000000005E-2</v>
       </c>
       <c r="K52" s="16">
         <v>5.5900000000000005E-2</v>
       </c>
       <c r="L52" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="M52" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
-      <c r="N52" s="16"/>
-[...1 lines deleted...]
-      <c r="Q52" s="22"/>
+      <c r="N52" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O52" s="20"/>
+      <c r="P52" s="20"/>
+      <c r="Q52" s="21"/>
     </row>
     <row r="53" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B53" s="9">
         <f t="shared" si="2"/>
         <v>23.5</v>
       </c>
       <c r="C53" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D53" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E53" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F53" s="20">
+      <c r="F53" s="19">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G53" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H53" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I53" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J53" s="24">
+      <c r="J53" s="23">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K53" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="L53" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M53" s="16">
         <v>5.5300000000000002E-2</v>
       </c>
-      <c r="N53" s="16"/>
-[...1 lines deleted...]
-      <c r="Q53" s="22"/>
+      <c r="N53" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O53" s="20"/>
+      <c r="P53" s="20"/>
+      <c r="Q53" s="21"/>
     </row>
     <row r="54" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B54" s="9">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="C54" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D54" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E54" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F54" s="20">
+      <c r="F54" s="19">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="G54" s="16">
         <v>5.9899999999999995E-2</v>
       </c>
       <c r="H54" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="I54" s="16">
         <v>5.7599999999999998E-2</v>
       </c>
-      <c r="J54" s="24">
+      <c r="J54" s="23">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K54" s="16">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="L54" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="M54" s="16">
         <v>5.5400000000000005E-2</v>
       </c>
-      <c r="N54" s="16"/>
-[...1 lines deleted...]
-      <c r="Q54" s="22"/>
+      <c r="N54" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O54" s="20"/>
+      <c r="P54" s="20"/>
+      <c r="Q54" s="21"/>
     </row>
     <row r="55" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B55" s="9">
         <f t="shared" si="2"/>
         <v>24.5</v>
       </c>
       <c r="C55" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D55" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E55" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F55" s="20">
+      <c r="F55" s="19">
         <v>5.79E-2</v>
       </c>
       <c r="G55" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H55" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I55" s="16">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="J55" s="24">
+      <c r="J55" s="23">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="K55" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L55" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
       <c r="M55" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N55" s="16"/>
-[...1 lines deleted...]
-      <c r="Q55" s="22"/>
+      <c r="N55" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O55" s="20"/>
+      <c r="P55" s="20"/>
+      <c r="Q55" s="21"/>
     </row>
     <row r="56" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B56" s="9">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="C56" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D56" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E56" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F56" s="20">
+      <c r="F56" s="19">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="G56" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H56" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="I56" s="16">
         <v>5.7499999999999996E-2</v>
       </c>
-      <c r="J56" s="24">
+      <c r="J56" s="23">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K56" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L56" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="M56" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N56" s="16"/>
-[...1 lines deleted...]
-      <c r="Q56" s="22"/>
+      <c r="N56" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O56" s="20"/>
+      <c r="P56" s="20"/>
+      <c r="Q56" s="21"/>
     </row>
     <row r="57" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B57" s="9">
         <f t="shared" si="2"/>
         <v>25.5</v>
       </c>
       <c r="C57" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D57" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E57" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F57" s="20">
+      <c r="F57" s="19">
         <v>5.79E-2</v>
       </c>
       <c r="G57" s="16">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H57" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I57" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="J57" s="24">
+      <c r="J57" s="23">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="K57" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L57" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M57" s="16">
         <v>5.5400000000000005E-2</v>
       </c>
-      <c r="N57" s="16"/>
-[...1 lines deleted...]
-      <c r="Q57" s="22"/>
+      <c r="N57" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O57" s="20"/>
+      <c r="P57" s="20"/>
+      <c r="Q57" s="21"/>
     </row>
     <row r="58" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B58" s="9">
         <f t="shared" si="2"/>
         <v>26</v>
       </c>
       <c r="C58" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D58" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="E58" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F58" s="20">
+      <c r="F58" s="19">
         <v>5.79E-2</v>
       </c>
       <c r="G58" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H58" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I58" s="16">
         <v>5.74E-2</v>
       </c>
-      <c r="J58" s="24">
+      <c r="J58" s="23">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K58" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L58" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M58" s="16">
         <v>5.5400000000000005E-2</v>
       </c>
-      <c r="N58" s="16"/>
-[...1 lines deleted...]
-      <c r="Q58" s="22"/>
+      <c r="N58" s="16">
+        <v>5.7100000000000005E-2</v>
+      </c>
+      <c r="O58" s="20"/>
+      <c r="P58" s="20"/>
+      <c r="Q58" s="21"/>
     </row>
     <row r="59" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B59" s="9">
         <f t="shared" si="2"/>
         <v>26.5</v>
       </c>
       <c r="C59" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D59" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E59" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F59" s="20">
+      <c r="F59" s="19">
         <v>5.79E-2</v>
       </c>
       <c r="G59" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H59" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I59" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J59" s="24">
+      <c r="J59" s="23">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="K59" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L59" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M59" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N59" s="16"/>
-[...1 lines deleted...]
-      <c r="Q59" s="22"/>
+      <c r="N59" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O59" s="20"/>
+      <c r="P59" s="20"/>
+      <c r="Q59" s="21"/>
     </row>
     <row r="60" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B60" s="9">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="C60" s="16">
         <v>5.7999999999999996E-2</v>
       </c>
       <c r="D60" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E60" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="F60" s="20">
+      <c r="F60" s="19">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="G60" s="16">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H60" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="I60" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J60" s="24">
+      <c r="J60" s="23">
         <v>5.8199999999999995E-2</v>
       </c>
       <c r="K60" s="16">
         <v>5.5599999999999997E-2</v>
       </c>
       <c r="L60" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M60" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N60" s="16"/>
-[...1 lines deleted...]
-      <c r="Q60" s="22"/>
+      <c r="N60" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O60" s="20"/>
+      <c r="P60" s="20"/>
+      <c r="Q60" s="21"/>
     </row>
     <row r="61" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B61" s="9">
         <f t="shared" si="2"/>
         <v>27.5</v>
       </c>
       <c r="C61" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D61" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E61" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="F61" s="20">
+      <c r="F61" s="19">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G61" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H61" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I61" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J61" s="24">
+      <c r="J61" s="23">
         <v>5.8299999999999998E-2</v>
       </c>
       <c r="K61" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L61" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
       <c r="M61" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N61" s="16"/>
-[...1 lines deleted...]
-      <c r="Q61" s="22"/>
+      <c r="N61" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O61" s="20"/>
+      <c r="P61" s="20"/>
+      <c r="Q61" s="21"/>
     </row>
     <row r="62" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B62" s="9">
         <f t="shared" si="2"/>
         <v>28</v>
       </c>
       <c r="C62" s="16">
         <v>5.7800000000000004E-2</v>
       </c>
       <c r="D62" s="16">
         <v>5.5600000000000004E-2</v>
       </c>
       <c r="E62" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="F62" s="20">
+      <c r="F62" s="19">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G62" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H62" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I62" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J62" s="24">
+      <c r="J62" s="23">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="K62" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L62" s="16">
         <v>5.5099999999999996E-2</v>
       </c>
       <c r="M62" s="16">
         <v>5.5399999999999998E-2</v>
       </c>
-      <c r="N62" s="16"/>
-[...1 lines deleted...]
-      <c r="Q62" s="22"/>
+      <c r="N62" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="O62" s="20"/>
+      <c r="P62" s="20"/>
+      <c r="Q62" s="21"/>
     </row>
     <row r="63" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B63" s="9">
         <f t="shared" si="2"/>
         <v>28.5</v>
       </c>
       <c r="C63" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D63" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E63" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="F63" s="20">
+      <c r="F63" s="19">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G63" s="16">
         <v>5.96E-2</v>
       </c>
       <c r="H63" s="16">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="I63" s="16">
         <v>5.7200000000000001E-2</v>
       </c>
-      <c r="J63" s="24">
+      <c r="J63" s="23">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="K63" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="L63" s="16">
         <v>5.5E-2</v>
       </c>
       <c r="M63" s="16">
         <v>5.5400000000000005E-2</v>
       </c>
-      <c r="N63" s="16"/>
-[...1 lines deleted...]
-      <c r="Q63" s="22"/>
+      <c r="N63" s="16">
+        <v>5.7100000000000005E-2</v>
+      </c>
+      <c r="O63" s="20"/>
+      <c r="P63" s="20"/>
+      <c r="Q63" s="21"/>
     </row>
     <row r="64" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B64" s="9">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="C64" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D64" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E64" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="F64" s="20">
+      <c r="F64" s="19">
         <v>5.7700000000000001E-2</v>
       </c>
       <c r="G64" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H64" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I64" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J64" s="24">
+      <c r="J64" s="23">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="K64" s="16">
         <v>5.5799999999999995E-2</v>
       </c>
       <c r="L64" s="16">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="M64" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
-      <c r="N64" s="16"/>
-[...1 lines deleted...]
-      <c r="Q64" s="22"/>
+      <c r="N64" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="O64" s="20"/>
+      <c r="P64" s="20"/>
+      <c r="Q64" s="21"/>
     </row>
     <row r="65" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B65" s="9">
         <f t="shared" si="2"/>
         <v>29.5</v>
       </c>
       <c r="C65" s="16">
         <v>5.79E-2</v>
       </c>
       <c r="D65" s="16">
         <v>5.57E-2</v>
       </c>
       <c r="E65" s="16">
         <v>5.7300000000000004E-2</v>
       </c>
-      <c r="F65" s="20">
+      <c r="F65" s="19">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="G65" s="16">
         <v>5.9699999999999996E-2</v>
       </c>
       <c r="H65" s="16">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="I65" s="16">
         <v>5.7299999999999997E-2</v>
       </c>
-      <c r="J65" s="24">
+      <c r="J65" s="23">
         <v>5.8499999999999996E-2</v>
       </c>
       <c r="K65" s="16">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="L65" s="16">
         <v>5.5199999999999999E-2</v>
       </c>
       <c r="M65" s="16">
         <v>5.5500000000000001E-2</v>
       </c>
-      <c r="N65" s="16"/>
-[...1 lines deleted...]
-      <c r="Q65" s="22"/>
+      <c r="N65" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="O65" s="20"/>
+      <c r="P65" s="20"/>
+      <c r="Q65" s="21"/>
     </row>
     <row r="66" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.7300000000000004E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.79E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.9799999999999999E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.79E-2</v>
       </c>
       <c r="I66" s="17">
         <v>5.74E-2</v>
       </c>
       <c r="J66" s="17">
         <v>5.8599999999999999E-2</v>
       </c>
       <c r="K66" s="17">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="L66" s="17">
         <v>5.5300000000000002E-2</v>
       </c>
       <c r="M66" s="17">
         <v>5.5600000000000004E-2</v>
       </c>
-      <c r="N66" s="17"/>
-[...1 lines deleted...]
-      <c r="Q66" s="22"/>
+      <c r="N66" s="17">
+        <v>5.74E-2</v>
+      </c>
+      <c r="O66" s="20"/>
+      <c r="P66" s="20"/>
+      <c r="Q66" s="21"/>
     </row>
     <row r="67" spans="2:17" x14ac:dyDescent="0.3">
-      <c r="P67" s="21"/>
+      <c r="P67" s="20"/>
     </row>
     <row r="68" spans="2:17" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="26" t="s">
+      <c r="B68" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="26"/>
-[...10 lines deleted...]
-      <c r="N68" s="26"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="25"/>
+      <c r="E68" s="25"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+      <c r="H68" s="25"/>
+      <c r="I68" s="25"/>
+      <c r="J68" s="25"/>
+      <c r="K68" s="25"/>
+      <c r="L68" s="25"/>
+      <c r="M68" s="25"/>
+      <c r="N68" s="25"/>
       <c r="O68" s="15"/>
-      <c r="P68" s="21"/>
+      <c r="P68" s="20"/>
       <c r="Q68" s="15"/>
     </row>
     <row r="69" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="6"/>
       <c r="D69" s="6"/>
       <c r="E69" s="6"/>
       <c r="F69" s="6"/>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
-      <c r="P69" s="21"/>
+      <c r="P69" s="20"/>
     </row>
     <row r="70" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
       <c r="C70" s="6"/>
       <c r="D70" s="6"/>
       <c r="E70" s="6"/>
       <c r="F70" s="6"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
-      <c r="P70" s="21"/>
+      <c r="P70" s="20"/>
     </row>
     <row r="71" spans="2:17" x14ac:dyDescent="0.3">
-      <c r="P71" s="21"/>
+      <c r="P71" s="20"/>
     </row>
     <row r="72" spans="2:17" x14ac:dyDescent="0.3">
-      <c r="P72" s="21"/>
+      <c r="P72" s="20"/>
     </row>
     <row r="73" spans="2:17" x14ac:dyDescent="0.3">
-      <c r="P73" s="21"/>
+      <c r="P73" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="B68:N68"/>
     <mergeCell ref="C5:N5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{567BC382-5523-40A5-9AE3-7B996CCC5A12}">
   <dimension ref="A1:K70"/>
   <sheetViews>
     <sheetView zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <selection activeCell="I18" sqref="I18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="8" width="11.6328125" style="4" customWidth="1"/>
     <col min="9" max="9" width="7.6328125" style="4" customWidth="1"/>
     <col min="10" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="I1" s="18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="25" t="s">
+      <c r="A3" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="25"/>
-[...6 lines deleted...]
-      <c r="I3" s="25"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
       <c r="J3" s="14"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:10" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2024</v>
       </c>
-      <c r="C5" s="27" t="s">
+      <c r="C5" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="28"/>
-[...3 lines deleted...]
-      <c r="H5" s="29"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="28"/>
     </row>
     <row r="6" spans="1:10" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,7,31)</f>
         <v>45504</v>
       </c>
       <c r="D6" s="8">
         <f>EOMONTH(EDATE(C6,1),0)</f>
         <v>45535</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" ref="E6:H6" si="0">EOMONTH(EDATE(D6,1),0)</f>
         <v>45565</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45596</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45626</v>
       </c>
@@ -5187,59 +5346,59 @@
     </row>
     <row r="66" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.7800000000000004E-2</v>
       </c>
     </row>
     <row r="68" spans="2:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="26" t="s">
+      <c r="B68" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="26"/>
-[...4 lines deleted...]
-      <c r="H68" s="26"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="25"/>
+      <c r="E68" s="25"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+      <c r="H68" s="25"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
     </row>
     <row r="69" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
     </row>
     <row r="70" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B68:H68"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>