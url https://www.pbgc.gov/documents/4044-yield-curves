--- v3 (2026-01-29)
+++ v4 (2026-03-12)
@@ -1,85 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pbgcgov-my.sharepoint.com/personal/sarcona_felice_pbgc_gov/Documents/Temp Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{17C6CEEA-A6E6-43A6-BB83-D53BE82A274B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{E80274E9-158F-4C23-ACA0-D01DF9C86BA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0E8DAF17-ACE8-46E5-96FF-A107AD3319A6}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{465DDA4A-A9EA-42E3-AC00-6F316C3B8BB1}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{465DDA4A-A9EA-42E3-AC00-6F316C3B8BB1}"/>
   </bookViews>
   <sheets>
-    <sheet name="4044 Yield Curves - 2025" sheetId="12" r:id="rId1"/>
-    <sheet name="4044 Yield Curves - 2024" sheetId="11" r:id="rId2"/>
+    <sheet name="4044 Yield Curves - 2026" sheetId="13" r:id="rId1"/>
+    <sheet name="4044 Yield Curves - 2025" sheetId="12" r:id="rId2"/>
+    <sheet name="4044 Yield Curves - 2024" sheetId="11" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C6" i="12" l="1"/>
+  <c r="B8" i="13" l="1"/>
+  <c r="B9" i="13" s="1"/>
+  <c r="B10" i="13" s="1"/>
+  <c r="B11" i="13" s="1"/>
+  <c r="B12" i="13" s="1"/>
+  <c r="B13" i="13" s="1"/>
+  <c r="B14" i="13" s="1"/>
+  <c r="B15" i="13" s="1"/>
+  <c r="B16" i="13" s="1"/>
+  <c r="B17" i="13" s="1"/>
+  <c r="B18" i="13" s="1"/>
+  <c r="B19" i="13" s="1"/>
+  <c r="B20" i="13" s="1"/>
+  <c r="B21" i="13" s="1"/>
+  <c r="B22" i="13" s="1"/>
+  <c r="B23" i="13" s="1"/>
+  <c r="B24" i="13" s="1"/>
+  <c r="B25" i="13" s="1"/>
+  <c r="B26" i="13" s="1"/>
+  <c r="B27" i="13" s="1"/>
+  <c r="B28" i="13" s="1"/>
+  <c r="B29" i="13" s="1"/>
+  <c r="B30" i="13" s="1"/>
+  <c r="B31" i="13" s="1"/>
+  <c r="B32" i="13" s="1"/>
+  <c r="B33" i="13" s="1"/>
+  <c r="B34" i="13" s="1"/>
+  <c r="B35" i="13" s="1"/>
+  <c r="B36" i="13" s="1"/>
+  <c r="B37" i="13" s="1"/>
+  <c r="B38" i="13" s="1"/>
+  <c r="B39" i="13" s="1"/>
+  <c r="B40" i="13" s="1"/>
+  <c r="B41" i="13" s="1"/>
+  <c r="B42" i="13" s="1"/>
+  <c r="B43" i="13" s="1"/>
+  <c r="B44" i="13" s="1"/>
+  <c r="B45" i="13" s="1"/>
+  <c r="B46" i="13" s="1"/>
+  <c r="B47" i="13" s="1"/>
+  <c r="B48" i="13" s="1"/>
+  <c r="B49" i="13" s="1"/>
+  <c r="B50" i="13" s="1"/>
+  <c r="B51" i="13" s="1"/>
+  <c r="B52" i="13" s="1"/>
+  <c r="B53" i="13" s="1"/>
+  <c r="B54" i="13" s="1"/>
+  <c r="B55" i="13" s="1"/>
+  <c r="B56" i="13" s="1"/>
+  <c r="B57" i="13" s="1"/>
+  <c r="B58" i="13" s="1"/>
+  <c r="B59" i="13" s="1"/>
+  <c r="B60" i="13" s="1"/>
+  <c r="B61" i="13" s="1"/>
+  <c r="B62" i="13" s="1"/>
+  <c r="B63" i="13" s="1"/>
+  <c r="B64" i="13" s="1"/>
+  <c r="B65" i="13" s="1"/>
+  <c r="C6" i="13"/>
+  <c r="D6" i="13" s="1"/>
+  <c r="E6" i="13" s="1"/>
+  <c r="F6" i="13" s="1"/>
+  <c r="G6" i="13" s="1"/>
+  <c r="H6" i="13" s="1"/>
+  <c r="I6" i="13" s="1"/>
+  <c r="J6" i="13" s="1"/>
+  <c r="K6" i="13" s="1"/>
+  <c r="L6" i="13" s="1"/>
+  <c r="M6" i="13" s="1"/>
+  <c r="N6" i="13" s="1"/>
+  <c r="C6" i="12"/>
   <c r="D6" i="12" s="1"/>
   <c r="E6" i="12" s="1"/>
   <c r="F6" i="12" s="1"/>
   <c r="G6" i="12" s="1"/>
   <c r="H6" i="12" s="1"/>
   <c r="I6" i="12" s="1"/>
   <c r="J6" i="12" s="1"/>
   <c r="K6" i="12" s="1"/>
   <c r="L6" i="12" s="1"/>
   <c r="M6" i="12" s="1"/>
   <c r="N6" i="12" s="1"/>
   <c r="B8" i="12"/>
   <c r="B9" i="12" s="1"/>
   <c r="B10" i="12" s="1"/>
   <c r="B11" i="12" s="1"/>
   <c r="B12" i="12" s="1"/>
   <c r="B13" i="12" s="1"/>
   <c r="B14" i="12" s="1"/>
   <c r="B15" i="12" s="1"/>
   <c r="B16" i="12" s="1"/>
   <c r="B17" i="12" s="1"/>
   <c r="B18" i="12" s="1"/>
   <c r="B19" i="12" s="1"/>
   <c r="B20" i="12" s="1"/>
   <c r="B21" i="12" s="1"/>
@@ -173,94 +245,97 @@
   <c r="B45" i="11" s="1"/>
   <c r="B46" i="11" s="1"/>
   <c r="B47" i="11" s="1"/>
   <c r="B48" i="11" s="1"/>
   <c r="B49" i="11" s="1"/>
   <c r="B50" i="11" s="1"/>
   <c r="B51" i="11" s="1"/>
   <c r="B52" i="11" s="1"/>
   <c r="B53" i="11" s="1"/>
   <c r="B54" i="11" s="1"/>
   <c r="B55" i="11" s="1"/>
   <c r="B56" i="11" s="1"/>
   <c r="B57" i="11" s="1"/>
   <c r="B58" i="11" s="1"/>
   <c r="B59" i="11" s="1"/>
   <c r="B60" i="11" s="1"/>
   <c r="B61" i="11" s="1"/>
   <c r="B62" i="11" s="1"/>
   <c r="B63" i="11" s="1"/>
   <c r="B64" i="11" s="1"/>
   <c r="B65" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="9">
   <si>
     <t>30.0+</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>ERISA 4044 Yield Curves</t>
   </si>
   <si>
     <t>4044 Yield Curves*</t>
   </si>
   <si>
     <t xml:space="preserve">* For valuation dates that are not the last day of a month, the 4044 yield curve to be used for 4044 purposes is the yield curve as of the last day of the prior month.   </t>
   </si>
   <si>
     <t>Last Updated: January 16, 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The table below shows the yield curves developed in accordance </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>§</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 4044.54 of PBGC's 4044 regulation.  For valuation dates on or after July 31, 2024, these yield curves serve as the interest assumption when determining the present value of annuities in involuntary and distress terminations of single-employer plans.  They are also used for other purposes, including, but not limited to, 4010 reporting and certain withdrawal liability calcuations.</t>
     </r>
   </si>
   <si>
     <t>Last Updated: January 20, 2026</t>
+  </si>
+  <si>
+    <t>Last Updated: February 20, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0_);\(0.0\)"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -547,109 +622,109 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="23">
     <cellStyle name="Comma 2" xfId="9" xr:uid="{117A03BF-F6E4-4D7B-8A2F-D882E15C0D8E}"/>
     <cellStyle name="Comma 2 2" xfId="13" xr:uid="{51D6A31C-47FF-47C7-AB57-4DA00838D872}"/>
     <cellStyle name="Comma 3" xfId="7" xr:uid="{D4FD34ED-11D5-43D3-8EF2-4F8F39A138D7}"/>
     <cellStyle name="Comma 4" xfId="17" xr:uid="{7C7DD4BC-937C-4ED1-9868-30AD643D942E}"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{E1171679-2AA9-43E6-A1A9-E59D55E005CF}"/>
     <cellStyle name="Hyperlink 2" xfId="20" xr:uid="{728E838B-E8A7-4DFA-8A63-0958C821ABCD}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{1402BB17-7CCB-4AF7-A0D1-5049B5513890}"/>
     <cellStyle name="Normal 2 2" xfId="11" xr:uid="{E16C4E6B-470A-43D7-A6CA-7DB077EA0ADF}"/>
     <cellStyle name="Normal 2 2 2" xfId="12" xr:uid="{1528E48D-A0EA-4DEE-A96A-1D9664A8CCAC}"/>
     <cellStyle name="Normal 2 2 3" xfId="19" xr:uid="{4C18874B-7F8B-4474-A1FE-9542C4DB58A2}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{2F777E7B-FE20-425E-AFE9-6B22EDED0266}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{CFF222B3-7251-44BC-AA86-C6355F88EACB}"/>
     <cellStyle name="Normal 5" xfId="10" xr:uid="{61BC1CCB-7894-431F-BD48-1A9CC717907B}"/>
     <cellStyle name="Normal 6" xfId="15" xr:uid="{803709C1-F068-4949-978E-29258C1A781B}"/>
     <cellStyle name="Normal 7" xfId="16" xr:uid="{FEAF2EA8-1F7B-4172-A061-DC1F6275044F}"/>
     <cellStyle name="Normal 8" xfId="22" xr:uid="{2610AB5C-66DC-438B-90D9-B1F74AE6FB6E}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="8" xr:uid="{70F0F292-1305-4423-8331-D7A4A876CC3E}"/>
     <cellStyle name="Percent 2 2" xfId="14" xr:uid="{EF27DFC0-362B-40E6-9343-D215668E8CAC}"/>
     <cellStyle name="Percent 2 3" xfId="21" xr:uid="{623E3EFC-0BA7-4108-A426-046F0ED4B6CF}"/>
     <cellStyle name="Percent 3" xfId="6" xr:uid="{7E986645-49F8-412D-AE2D-01ACDDDD58CA}"/>
     <cellStyle name="Percent 4" xfId="18" xr:uid="{7B780151-7A4D-4525-ACE3-E9E1E2C5B9D6}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDAC2EC"/>
       <color rgb="FFC198E0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -903,2960 +978,4542 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{505CA890-E7F0-4488-A51E-D7CB441FA050}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96F567F8-5071-4E6D-95DA-FDB2111FEA49}">
   <dimension ref="A1:Q73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="14" width="11.6328125" style="4" customWidth="1"/>
     <col min="15" max="15" width="7.6328125" style="4" customWidth="1"/>
     <col min="16" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="O1" s="18" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="24" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="24"/>
       <c r="I3" s="24"/>
       <c r="J3" s="24"/>
       <c r="K3" s="24"/>
       <c r="L3" s="24"/>
       <c r="M3" s="24"/>
       <c r="N3" s="24"/>
       <c r="O3" s="24"/>
       <c r="P3" s="14"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
     </row>
     <row r="5" spans="1:17" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="C5" s="26" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C5" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="27"/>
-[...9 lines deleted...]
-      <c r="N5" s="28"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="26"/>
+      <c r="F5" s="26"/>
+      <c r="G5" s="26"/>
+      <c r="H5" s="26"/>
+      <c r="I5" s="26"/>
+      <c r="J5" s="26"/>
+      <c r="K5" s="26"/>
+      <c r="L5" s="26"/>
+      <c r="M5" s="26"/>
+      <c r="N5" s="27"/>
     </row>
     <row r="6" spans="1:17" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,1,31)</f>
-        <v>45688</v>
+        <v>46053</v>
       </c>
       <c r="D6" s="8">
         <f t="shared" ref="D6:I6" si="0">EOMONTH(EDATE(C6,1),0)</f>
-        <v>45716</v>
+        <v>46081</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" si="0"/>
-        <v>45747</v>
+        <v>46112</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
-        <v>45777</v>
+        <v>46142</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
-        <v>45808</v>
+        <v>46173</v>
       </c>
       <c r="H6" s="8">
         <f t="shared" si="0"/>
-        <v>45838</v>
+        <v>46203</v>
       </c>
       <c r="I6" s="8">
         <f t="shared" si="0"/>
-        <v>45869</v>
+        <v>46234</v>
       </c>
       <c r="J6" s="8">
         <f>EOMONTH(EDATE(I6,1),0)</f>
-        <v>45900</v>
+        <v>46265</v>
       </c>
       <c r="K6" s="8">
         <f t="shared" ref="K6:N6" si="1">EOMONTH(EDATE(J6,1),0)</f>
-        <v>45930</v>
+        <v>46295</v>
       </c>
       <c r="L6" s="8">
         <f t="shared" si="1"/>
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="M6" s="8">
         <f t="shared" si="1"/>
-        <v>45991</v>
+        <v>46356</v>
       </c>
       <c r="N6" s="8">
         <f t="shared" si="1"/>
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="O6" s="22"/>
       <c r="P6" s="22"/>
     </row>
     <row r="7" spans="1:17" ht="14" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="13">
         <v>0.5</v>
       </c>
       <c r="C7" s="16">
-        <v>4.7699999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.2599999999999999E-2</v>
+      </c>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="16"/>
+      <c r="H7" s="16"/>
+      <c r="I7" s="16"/>
+      <c r="J7" s="23"/>
+      <c r="K7" s="16"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
       <c r="O7" s="20"/>
       <c r="P7" s="20"/>
       <c r="Q7" s="21"/>
     </row>
     <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B8" s="9">
         <f>B7+0.5</f>
         <v>1</v>
       </c>
       <c r="C8" s="16">
-        <v>4.8000000000000001E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.2799999999999998E-2</v>
+      </c>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="16"/>
+      <c r="H8" s="16"/>
+      <c r="I8" s="16"/>
+      <c r="J8" s="23"/>
+      <c r="K8" s="16"/>
+      <c r="L8" s="16"/>
+      <c r="M8" s="16"/>
+      <c r="N8" s="16"/>
       <c r="O8" s="20"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="21"/>
     </row>
     <row r="9" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" s="9">
         <f t="shared" ref="B9:B65" si="2">B8+0.5</f>
         <v>1.5</v>
       </c>
       <c r="C9" s="16">
-        <v>4.8299999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.3099999999999999E-2</v>
+      </c>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="19"/>
+      <c r="G9" s="16"/>
+      <c r="H9" s="16"/>
+      <c r="I9" s="16"/>
+      <c r="J9" s="23"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="16"/>
+      <c r="M9" s="16"/>
+      <c r="N9" s="16"/>
       <c r="O9" s="20"/>
       <c r="P9" s="20"/>
       <c r="Q9" s="21"/>
     </row>
     <row r="10" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="9">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="C10" s="16">
-        <v>4.8599999999999997E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="19"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="23"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
       <c r="O10" s="20"/>
       <c r="P10" s="20"/>
       <c r="Q10" s="21"/>
     </row>
     <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="9">
         <f t="shared" si="2"/>
         <v>2.5</v>
       </c>
       <c r="C11" s="16">
-        <v>4.8899999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.3699999999999996E-2</v>
+      </c>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="19"/>
+      <c r="G11" s="16"/>
+      <c r="H11" s="16"/>
+      <c r="I11" s="16"/>
+      <c r="J11" s="23"/>
+      <c r="K11" s="16"/>
+      <c r="L11" s="16"/>
+      <c r="M11" s="16"/>
+      <c r="N11" s="16"/>
       <c r="O11" s="20"/>
       <c r="P11" s="20"/>
       <c r="Q11" s="21"/>
     </row>
     <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B12" s="9">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="C12" s="16">
-        <v>4.9299999999999997E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.4299999999999999E-2</v>
+      </c>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="16"/>
+      <c r="H12" s="16"/>
+      <c r="I12" s="16"/>
+      <c r="J12" s="23"/>
+      <c r="K12" s="16"/>
+      <c r="L12" s="16"/>
+      <c r="M12" s="16"/>
+      <c r="N12" s="16"/>
       <c r="O12" s="20"/>
       <c r="P12" s="20"/>
       <c r="Q12" s="21"/>
     </row>
     <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B13" s="9">
         <f t="shared" si="2"/>
         <v>3.5</v>
       </c>
       <c r="C13" s="16">
-        <v>4.9599999999999998E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.48E-2</v>
+      </c>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="16"/>
+      <c r="H13" s="16"/>
+      <c r="I13" s="16"/>
+      <c r="J13" s="23"/>
+      <c r="K13" s="16"/>
+      <c r="L13" s="16"/>
+      <c r="M13" s="16"/>
+      <c r="N13" s="16"/>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="21"/>
     </row>
     <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B14" s="9">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="C14" s="16">
-        <v>5.0099999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.5400000000000003E-2</v>
+      </c>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="16"/>
+      <c r="H14" s="16"/>
+      <c r="I14" s="16"/>
+      <c r="J14" s="23"/>
+      <c r="K14" s="16"/>
+      <c r="L14" s="16"/>
+      <c r="M14" s="16"/>
+      <c r="N14" s="16"/>
       <c r="O14" s="20"/>
       <c r="P14" s="20"/>
       <c r="Q14" s="21"/>
     </row>
     <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B15" s="9">
         <f t="shared" si="2"/>
         <v>4.5</v>
       </c>
       <c r="C15" s="16">
-        <v>5.04E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="16"/>
+      <c r="H15" s="16"/>
+      <c r="I15" s="16"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="16"/>
+      <c r="L15" s="16"/>
+      <c r="M15" s="16"/>
+      <c r="N15" s="16"/>
       <c r="O15" s="20"/>
       <c r="P15" s="20"/>
       <c r="Q15" s="21"/>
     </row>
     <row r="16" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B16" s="9">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
       <c r="C16" s="16">
-        <v>5.0900000000000001E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.6699999999999998E-2</v>
+      </c>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="16"/>
+      <c r="H16" s="16"/>
+      <c r="I16" s="16"/>
+      <c r="J16" s="23"/>
+      <c r="K16" s="16"/>
+      <c r="L16" s="16"/>
+      <c r="M16" s="16"/>
+      <c r="N16" s="16"/>
       <c r="O16" s="20"/>
       <c r="P16" s="20"/>
       <c r="Q16" s="21"/>
     </row>
     <row r="17" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B17" s="9">
         <f t="shared" si="2"/>
         <v>5.5</v>
       </c>
       <c r="C17" s="16">
-        <v>5.1200000000000002E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.7399999999999998E-2</v>
+      </c>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="19"/>
+      <c r="G17" s="16"/>
+      <c r="H17" s="16"/>
+      <c r="I17" s="16"/>
+      <c r="J17" s="23"/>
+      <c r="K17" s="16"/>
+      <c r="L17" s="16"/>
+      <c r="M17" s="16"/>
+      <c r="N17" s="16"/>
       <c r="O17" s="20"/>
       <c r="P17" s="20"/>
       <c r="Q17" s="21"/>
     </row>
     <row r="18" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B18" s="9">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="C18" s="16">
-        <v>5.16E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.8100000000000004E-2</v>
+      </c>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="16"/>
+      <c r="H18" s="16"/>
+      <c r="I18" s="16"/>
+      <c r="J18" s="23"/>
+      <c r="K18" s="16"/>
+      <c r="L18" s="16"/>
+      <c r="M18" s="16"/>
+      <c r="N18" s="16"/>
       <c r="O18" s="20"/>
       <c r="P18" s="20"/>
       <c r="Q18" s="21"/>
     </row>
     <row r="19" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B19" s="9">
         <f t="shared" si="2"/>
         <v>6.5</v>
       </c>
       <c r="C19" s="16">
-        <v>5.21E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.8499999999999995E-2</v>
+      </c>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="19"/>
+      <c r="G19" s="16"/>
+      <c r="H19" s="16"/>
+      <c r="I19" s="16"/>
+      <c r="J19" s="23"/>
+      <c r="K19" s="16"/>
+      <c r="L19" s="16"/>
+      <c r="M19" s="16"/>
+      <c r="N19" s="16"/>
       <c r="O19" s="20"/>
       <c r="P19" s="20"/>
       <c r="Q19" s="21"/>
     </row>
     <row r="20" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="9">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
       <c r="C20" s="16">
-        <v>5.2400000000000002E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.9200000000000001E-2</v>
+      </c>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="19"/>
+      <c r="G20" s="16"/>
+      <c r="H20" s="16"/>
+      <c r="I20" s="16"/>
+      <c r="J20" s="23"/>
+      <c r="K20" s="16"/>
+      <c r="L20" s="16"/>
+      <c r="M20" s="16"/>
+      <c r="N20" s="16"/>
       <c r="O20" s="20"/>
       <c r="P20" s="20"/>
       <c r="Q20" s="21"/>
     </row>
     <row r="21" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="9">
         <f t="shared" si="2"/>
         <v>7.5</v>
       </c>
       <c r="C21" s="16">
-        <v>5.28E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>4.9700000000000001E-2</v>
+      </c>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="19"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="23"/>
+      <c r="K21" s="16"/>
+      <c r="L21" s="16"/>
+      <c r="M21" s="16"/>
+      <c r="N21" s="16"/>
       <c r="O21" s="20"/>
       <c r="P21" s="20"/>
       <c r="Q21" s="21"/>
     </row>
     <row r="22" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B22" s="9">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="C22" s="16">
-        <v>5.3200000000000004E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.0299999999999997E-2</v>
+      </c>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="16"/>
+      <c r="H22" s="16"/>
+      <c r="I22" s="16"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="16"/>
+      <c r="L22" s="16"/>
+      <c r="M22" s="16"/>
+      <c r="N22" s="16"/>
       <c r="O22" s="20"/>
       <c r="P22" s="20"/>
       <c r="Q22" s="21"/>
     </row>
     <row r="23" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="9">
         <f t="shared" si="2"/>
         <v>8.5</v>
       </c>
       <c r="C23" s="16">
-        <v>5.3499999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.0699999999999995E-2</v>
+      </c>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="23"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
       <c r="O23" s="20"/>
       <c r="P23" s="20"/>
       <c r="Q23" s="21"/>
     </row>
     <row r="24" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B24" s="9">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="C24" s="16">
-        <v>5.3900000000000003E-2</v>
-[...7 lines deleted...]
-      <c r="F24" s="19">
         <v>5.1299999999999998E-2</v>
       </c>
-      <c r="G24" s="16">
-[...22 lines deleted...]
-      </c>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="19"/>
+      <c r="G24" s="16"/>
+      <c r="H24" s="16"/>
+      <c r="I24" s="16"/>
+      <c r="J24" s="23"/>
+      <c r="K24" s="16"/>
+      <c r="L24" s="16"/>
+      <c r="M24" s="16"/>
+      <c r="N24" s="16"/>
       <c r="O24" s="20"/>
       <c r="P24" s="20"/>
       <c r="Q24" s="21"/>
     </row>
     <row r="25" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B25" s="9">
         <f t="shared" si="2"/>
         <v>9.5</v>
       </c>
       <c r="C25" s="16">
-        <v>5.4199999999999998E-2</v>
-[...7 lines deleted...]
-      <c r="F25" s="19">
         <v>5.1699999999999996E-2</v>
       </c>
-      <c r="G25" s="16">
-[...22 lines deleted...]
-      </c>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="19"/>
+      <c r="G25" s="16"/>
+      <c r="H25" s="16"/>
+      <c r="I25" s="16"/>
+      <c r="J25" s="23"/>
+      <c r="K25" s="16"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="16"/>
+      <c r="N25" s="16"/>
       <c r="O25" s="20"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="21"/>
     </row>
     <row r="26" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B26" s="9">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="C26" s="16">
-        <v>5.4600000000000003E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.2199999999999996E-2</v>
+      </c>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="19"/>
+      <c r="G26" s="16"/>
+      <c r="H26" s="16"/>
+      <c r="I26" s="16"/>
+      <c r="J26" s="23"/>
+      <c r="K26" s="16"/>
+      <c r="L26" s="16"/>
+      <c r="M26" s="16"/>
+      <c r="N26" s="16"/>
       <c r="O26" s="20"/>
       <c r="P26" s="20"/>
       <c r="Q26" s="21"/>
     </row>
     <row r="27" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B27" s="9">
         <f t="shared" si="2"/>
         <v>10.5</v>
       </c>
       <c r="C27" s="16">
-        <v>5.4799999999999995E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.2500000000000005E-2</v>
+      </c>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="16"/>
+      <c r="H27" s="16"/>
+      <c r="I27" s="16"/>
+      <c r="J27" s="23"/>
+      <c r="K27" s="16"/>
+      <c r="L27" s="16"/>
+      <c r="M27" s="16"/>
+      <c r="N27" s="16"/>
       <c r="O27" s="20"/>
       <c r="P27" s="20"/>
       <c r="Q27" s="21"/>
     </row>
     <row r="28" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B28" s="9">
         <f t="shared" si="2"/>
         <v>11</v>
       </c>
       <c r="C28" s="16">
-        <v>5.5E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.3000000000000005E-2</v>
+      </c>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="16"/>
+      <c r="H28" s="16"/>
+      <c r="I28" s="16"/>
+      <c r="J28" s="23"/>
+      <c r="K28" s="16"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="16"/>
       <c r="O28" s="20"/>
       <c r="P28" s="20"/>
       <c r="Q28" s="21"/>
     </row>
     <row r="29" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B29" s="9">
         <f t="shared" si="2"/>
         <v>11.5</v>
       </c>
       <c r="C29" s="16">
-        <v>5.5299999999999995E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.3200000000000004E-2</v>
+      </c>
+      <c r="D29" s="16"/>
+      <c r="E29" s="16"/>
+      <c r="F29" s="19"/>
+      <c r="G29" s="16"/>
+      <c r="H29" s="16"/>
+      <c r="I29" s="16"/>
+      <c r="J29" s="23"/>
+      <c r="K29" s="16"/>
+      <c r="L29" s="16"/>
+      <c r="M29" s="16"/>
+      <c r="N29" s="16"/>
       <c r="O29" s="20"/>
       <c r="P29" s="20"/>
       <c r="Q29" s="21"/>
     </row>
     <row r="30" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B30" s="9">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="C30" s="16">
-        <v>5.5599999999999997E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.3700000000000005E-2</v>
+      </c>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="19"/>
+      <c r="G30" s="16"/>
+      <c r="H30" s="16"/>
+      <c r="I30" s="16"/>
+      <c r="J30" s="23"/>
+      <c r="K30" s="16"/>
+      <c r="L30" s="16"/>
+      <c r="M30" s="16"/>
+      <c r="N30" s="16"/>
       <c r="O30" s="20"/>
       <c r="P30" s="20"/>
       <c r="Q30" s="21"/>
     </row>
     <row r="31" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B31" s="9">
         <f t="shared" si="2"/>
         <v>12.5</v>
       </c>
       <c r="C31" s="16">
-        <v>5.5800000000000002E-2</v>
-[...4 lines deleted...]
-      <c r="E31" s="16">
         <v>5.3900000000000003E-2</v>
       </c>
-      <c r="F31" s="19">
-[...25 lines deleted...]
-      </c>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="19"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="23"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
       <c r="O31" s="20"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="21"/>
     </row>
     <row r="32" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B32" s="9">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="C32" s="16">
-        <v>5.6000000000000001E-2</v>
-[...4 lines deleted...]
-      <c r="E32" s="16">
         <v>5.4300000000000001E-2</v>
       </c>
-      <c r="F32" s="19">
-[...25 lines deleted...]
-      </c>
+      <c r="D32" s="16"/>
+      <c r="E32" s="16"/>
+      <c r="F32" s="19"/>
+      <c r="G32" s="16"/>
+      <c r="H32" s="16"/>
+      <c r="I32" s="16"/>
+      <c r="J32" s="23"/>
+      <c r="K32" s="16"/>
+      <c r="L32" s="16"/>
+      <c r="M32" s="16"/>
+      <c r="N32" s="16"/>
       <c r="O32" s="20"/>
       <c r="P32" s="20"/>
       <c r="Q32" s="21"/>
     </row>
     <row r="33" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B33" s="9">
         <f t="shared" si="2"/>
         <v>13.5</v>
       </c>
       <c r="C33" s="16">
-        <v>5.6300000000000003E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="D33" s="16"/>
+      <c r="E33" s="16"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="16"/>
+      <c r="I33" s="16"/>
+      <c r="J33" s="23"/>
+      <c r="K33" s="16"/>
+      <c r="L33" s="16"/>
+      <c r="M33" s="16"/>
+      <c r="N33" s="16"/>
       <c r="O33" s="20"/>
       <c r="P33" s="20"/>
       <c r="Q33" s="21"/>
     </row>
     <row r="34" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B34" s="9">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="C34" s="16">
-        <v>5.6500000000000002E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="D34" s="16"/>
+      <c r="E34" s="16"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="16"/>
+      <c r="I34" s="16"/>
+      <c r="J34" s="23"/>
+      <c r="K34" s="16"/>
+      <c r="L34" s="16"/>
+      <c r="M34" s="16"/>
+      <c r="N34" s="16"/>
       <c r="O34" s="20"/>
       <c r="P34" s="20"/>
       <c r="Q34" s="21"/>
     </row>
     <row r="35" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B35" s="9">
         <f t="shared" si="2"/>
         <v>14.5</v>
       </c>
       <c r="C35" s="16">
-        <v>5.6599999999999998E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.5E-2</v>
+      </c>
+      <c r="D35" s="16"/>
+      <c r="E35" s="16"/>
+      <c r="F35" s="19"/>
+      <c r="G35" s="16"/>
+      <c r="H35" s="16"/>
+      <c r="I35" s="16"/>
+      <c r="J35" s="23"/>
+      <c r="K35" s="16"/>
+      <c r="L35" s="16"/>
+      <c r="M35" s="16"/>
+      <c r="N35" s="16"/>
       <c r="O35" s="20"/>
       <c r="P35" s="20"/>
       <c r="Q35" s="21"/>
     </row>
     <row r="36" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B36" s="9">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="C36" s="16">
-        <v>5.6899999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.5299999999999995E-2</v>
+      </c>
+      <c r="D36" s="16"/>
+      <c r="E36" s="16"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="16"/>
+      <c r="H36" s="16"/>
+      <c r="I36" s="16"/>
+      <c r="J36" s="23"/>
+      <c r="K36" s="16"/>
+      <c r="L36" s="16"/>
+      <c r="M36" s="16"/>
+      <c r="N36" s="16"/>
       <c r="O36" s="20"/>
       <c r="P36" s="20"/>
       <c r="Q36" s="21"/>
     </row>
     <row r="37" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B37" s="9">
         <f t="shared" si="2"/>
         <v>15.5</v>
       </c>
       <c r="C37" s="16">
-        <v>5.7000000000000002E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="D37" s="16"/>
+      <c r="E37" s="16"/>
+      <c r="F37" s="19"/>
+      <c r="G37" s="16"/>
+      <c r="H37" s="16"/>
+      <c r="I37" s="16"/>
+      <c r="J37" s="23"/>
+      <c r="K37" s="16"/>
+      <c r="L37" s="16"/>
+      <c r="M37" s="16"/>
+      <c r="N37" s="16"/>
       <c r="O37" s="20"/>
       <c r="P37" s="20"/>
       <c r="Q37" s="21"/>
     </row>
     <row r="38" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B38" s="9">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="C38" s="16">
-        <v>5.7100000000000005E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.57E-2</v>
+      </c>
+      <c r="D38" s="16"/>
+      <c r="E38" s="16"/>
+      <c r="F38" s="19"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="16"/>
+      <c r="I38" s="16"/>
+      <c r="J38" s="23"/>
+      <c r="K38" s="16"/>
+      <c r="L38" s="16"/>
+      <c r="M38" s="16"/>
+      <c r="N38" s="16"/>
       <c r="O38" s="20"/>
       <c r="P38" s="20"/>
       <c r="Q38" s="21"/>
     </row>
     <row r="39" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B39" s="9">
         <f t="shared" si="2"/>
         <v>16.5</v>
       </c>
       <c r="C39" s="16">
-        <v>5.7300000000000004E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="D39" s="16"/>
+      <c r="E39" s="16"/>
+      <c r="F39" s="19"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="16"/>
+      <c r="I39" s="16"/>
+      <c r="J39" s="23"/>
+      <c r="K39" s="16"/>
+      <c r="L39" s="16"/>
+      <c r="M39" s="16"/>
+      <c r="N39" s="16"/>
       <c r="O39" s="20"/>
       <c r="P39" s="20"/>
       <c r="Q39" s="21"/>
     </row>
     <row r="40" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B40" s="9">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="C40" s="16">
-        <v>5.7500000000000002E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="D40" s="16"/>
+      <c r="E40" s="16"/>
+      <c r="F40" s="19"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="16"/>
+      <c r="I40" s="16"/>
+      <c r="J40" s="23"/>
+      <c r="K40" s="16"/>
+      <c r="L40" s="16"/>
+      <c r="M40" s="16"/>
+      <c r="N40" s="16"/>
       <c r="O40" s="20"/>
       <c r="P40" s="20"/>
       <c r="Q40" s="21"/>
     </row>
     <row r="41" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B41" s="9">
         <f t="shared" si="2"/>
         <v>17.5</v>
       </c>
       <c r="C41" s="16">
-        <v>5.7500000000000002E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="D41" s="16"/>
+      <c r="E41" s="16"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="16"/>
+      <c r="I41" s="16"/>
+      <c r="J41" s="23"/>
+      <c r="K41" s="16"/>
+      <c r="L41" s="16"/>
+      <c r="M41" s="16"/>
+      <c r="N41" s="16"/>
       <c r="O41" s="20"/>
       <c r="P41" s="20"/>
       <c r="Q41" s="21"/>
     </row>
     <row r="42" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B42" s="9">
         <f t="shared" si="2"/>
         <v>18</v>
       </c>
       <c r="C42" s="16">
-        <v>5.7700000000000001E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6299999999999996E-2</v>
+      </c>
+      <c r="D42" s="16"/>
+      <c r="E42" s="16"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="16"/>
+      <c r="H42" s="16"/>
+      <c r="I42" s="16"/>
+      <c r="J42" s="23"/>
+      <c r="K42" s="16"/>
+      <c r="L42" s="16"/>
+      <c r="M42" s="16"/>
+      <c r="N42" s="16"/>
       <c r="O42" s="20"/>
       <c r="P42" s="20"/>
       <c r="Q42" s="21"/>
     </row>
     <row r="43" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B43" s="9">
         <f t="shared" si="2"/>
         <v>18.5</v>
       </c>
       <c r="C43" s="16">
-        <v>5.7799999999999997E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.62E-2</v>
+      </c>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="19"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="16"/>
+      <c r="J43" s="23"/>
+      <c r="K43" s="16"/>
+      <c r="L43" s="16"/>
+      <c r="M43" s="16"/>
+      <c r="N43" s="16"/>
       <c r="O43" s="20"/>
       <c r="P43" s="20"/>
       <c r="Q43" s="21"/>
     </row>
     <row r="44" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B44" s="9">
         <f t="shared" si="2"/>
         <v>19</v>
       </c>
       <c r="C44" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6499999999999995E-2</v>
+      </c>
+      <c r="D44" s="16"/>
+      <c r="E44" s="16"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="16"/>
+      <c r="I44" s="16"/>
+      <c r="J44" s="23"/>
+      <c r="K44" s="16"/>
+      <c r="L44" s="16"/>
+      <c r="M44" s="16"/>
+      <c r="N44" s="16"/>
       <c r="O44" s="20"/>
       <c r="P44" s="20"/>
       <c r="Q44" s="21"/>
     </row>
     <row r="45" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B45" s="9">
         <f t="shared" si="2"/>
         <v>19.5</v>
       </c>
       <c r="C45" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6400000000000006E-2</v>
+      </c>
+      <c r="D45" s="16"/>
+      <c r="E45" s="16"/>
+      <c r="F45" s="19"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="16"/>
+      <c r="I45" s="16"/>
+      <c r="J45" s="23"/>
+      <c r="K45" s="16"/>
+      <c r="L45" s="16"/>
+      <c r="M45" s="16"/>
+      <c r="N45" s="16"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="21"/>
     </row>
     <row r="46" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B46" s="9">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="C46" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6600000000000004E-2</v>
+      </c>
+      <c r="D46" s="16"/>
+      <c r="E46" s="16"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="16"/>
+      <c r="H46" s="16"/>
+      <c r="I46" s="16"/>
+      <c r="J46" s="23"/>
+      <c r="K46" s="16"/>
+      <c r="L46" s="16"/>
+      <c r="M46" s="16"/>
+      <c r="N46" s="16"/>
       <c r="O46" s="20"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="21"/>
     </row>
     <row r="47" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B47" s="9">
         <f t="shared" si="2"/>
         <v>20.5</v>
       </c>
       <c r="C47" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6499999999999995E-2</v>
+      </c>
+      <c r="D47" s="16"/>
+      <c r="E47" s="16"/>
+      <c r="F47" s="19"/>
+      <c r="G47" s="16"/>
+      <c r="H47" s="16"/>
+      <c r="I47" s="16"/>
+      <c r="J47" s="23"/>
+      <c r="K47" s="16"/>
+      <c r="L47" s="16"/>
+      <c r="M47" s="16"/>
+      <c r="N47" s="16"/>
       <c r="O47" s="20"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="21"/>
     </row>
     <row r="48" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B48" s="9">
         <f t="shared" si="2"/>
         <v>21</v>
       </c>
       <c r="C48" s="16">
-        <v>5.8099999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6699999999999993E-2</v>
+      </c>
+      <c r="D48" s="16"/>
+      <c r="E48" s="16"/>
+      <c r="F48" s="19"/>
+      <c r="G48" s="16"/>
+      <c r="H48" s="16"/>
+      <c r="I48" s="16"/>
+      <c r="J48" s="23"/>
+      <c r="K48" s="16"/>
+      <c r="L48" s="16"/>
+      <c r="M48" s="16"/>
+      <c r="N48" s="16"/>
       <c r="O48" s="20"/>
       <c r="P48" s="20"/>
       <c r="Q48" s="21"/>
     </row>
     <row r="49" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B49" s="9">
         <f t="shared" si="2"/>
         <v>21.5</v>
       </c>
       <c r="C49" s="16">
-        <v>5.8099999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6600000000000004E-2</v>
+      </c>
+      <c r="D49" s="16"/>
+      <c r="E49" s="16"/>
+      <c r="F49" s="19"/>
+      <c r="G49" s="16"/>
+      <c r="H49" s="16"/>
+      <c r="I49" s="16"/>
+      <c r="J49" s="23"/>
+      <c r="K49" s="16"/>
+      <c r="L49" s="16"/>
+      <c r="M49" s="16"/>
+      <c r="N49" s="16"/>
       <c r="O49" s="20"/>
       <c r="P49" s="20"/>
       <c r="Q49" s="21"/>
     </row>
     <row r="50" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B50" s="9">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="C50" s="16">
-        <v>5.8000000000000003E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D50" s="16"/>
+      <c r="E50" s="16"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="16"/>
+      <c r="H50" s="16"/>
+      <c r="I50" s="16"/>
+      <c r="J50" s="23"/>
+      <c r="K50" s="16"/>
+      <c r="L50" s="16"/>
+      <c r="M50" s="16"/>
+      <c r="N50" s="16"/>
       <c r="O50" s="20"/>
       <c r="P50" s="20"/>
       <c r="Q50" s="21"/>
     </row>
     <row r="51" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B51" s="9">
         <f t="shared" si="2"/>
         <v>22.5</v>
       </c>
       <c r="C51" s="16">
-        <v>5.8099999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D51" s="16"/>
+      <c r="E51" s="16"/>
+      <c r="F51" s="19"/>
+      <c r="G51" s="16"/>
+      <c r="H51" s="16"/>
+      <c r="I51" s="16"/>
+      <c r="J51" s="23"/>
+      <c r="K51" s="16"/>
+      <c r="L51" s="16"/>
+      <c r="M51" s="16"/>
+      <c r="N51" s="16"/>
       <c r="O51" s="20"/>
       <c r="P51" s="20"/>
       <c r="Q51" s="21"/>
     </row>
     <row r="52" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B52" s="9">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="C52" s="16">
-        <v>5.8099999999999999E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D52" s="16"/>
+      <c r="E52" s="16"/>
+      <c r="F52" s="19"/>
+      <c r="G52" s="16"/>
+      <c r="H52" s="16"/>
+      <c r="I52" s="16"/>
+      <c r="J52" s="23"/>
+      <c r="K52" s="16"/>
+      <c r="L52" s="16"/>
+      <c r="M52" s="16"/>
+      <c r="N52" s="16"/>
       <c r="O52" s="20"/>
       <c r="P52" s="20"/>
       <c r="Q52" s="21"/>
     </row>
     <row r="53" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B53" s="9">
         <f t="shared" si="2"/>
         <v>23.5</v>
       </c>
       <c r="C53" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="D53" s="16"/>
+      <c r="E53" s="16"/>
+      <c r="F53" s="19"/>
+      <c r="G53" s="16"/>
+      <c r="H53" s="16"/>
+      <c r="I53" s="16"/>
+      <c r="J53" s="23"/>
+      <c r="K53" s="16"/>
+      <c r="L53" s="16"/>
+      <c r="M53" s="16"/>
+      <c r="N53" s="16"/>
       <c r="O53" s="20"/>
       <c r="P53" s="20"/>
       <c r="Q53" s="21"/>
     </row>
     <row r="54" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B54" s="9">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="C54" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D54" s="16"/>
+      <c r="E54" s="16"/>
+      <c r="F54" s="19"/>
+      <c r="G54" s="16"/>
+      <c r="H54" s="16"/>
+      <c r="I54" s="16"/>
+      <c r="J54" s="23"/>
+      <c r="K54" s="16"/>
+      <c r="L54" s="16"/>
+      <c r="M54" s="16"/>
+      <c r="N54" s="16"/>
       <c r="O54" s="20"/>
       <c r="P54" s="20"/>
       <c r="Q54" s="21"/>
     </row>
     <row r="55" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B55" s="9">
         <f t="shared" si="2"/>
         <v>24.5</v>
       </c>
       <c r="C55" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="D55" s="16"/>
+      <c r="E55" s="16"/>
+      <c r="F55" s="19"/>
+      <c r="G55" s="16"/>
+      <c r="H55" s="16"/>
+      <c r="I55" s="16"/>
+      <c r="J55" s="23"/>
+      <c r="K55" s="16"/>
+      <c r="L55" s="16"/>
+      <c r="M55" s="16"/>
+      <c r="N55" s="16"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20"/>
       <c r="Q55" s="21"/>
     </row>
     <row r="56" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B56" s="9">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="C56" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D56" s="16"/>
+      <c r="E56" s="16"/>
+      <c r="F56" s="19"/>
+      <c r="G56" s="16"/>
+      <c r="H56" s="16"/>
+      <c r="I56" s="16"/>
+      <c r="J56" s="23"/>
+      <c r="K56" s="16"/>
+      <c r="L56" s="16"/>
+      <c r="M56" s="16"/>
+      <c r="N56" s="16"/>
       <c r="O56" s="20"/>
       <c r="P56" s="20"/>
       <c r="Q56" s="21"/>
     </row>
     <row r="57" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B57" s="9">
         <f t="shared" si="2"/>
         <v>25.5</v>
       </c>
       <c r="C57" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6500000000000002E-2</v>
+      </c>
+      <c r="D57" s="16"/>
+      <c r="E57" s="16"/>
+      <c r="F57" s="19"/>
+      <c r="G57" s="16"/>
+      <c r="H57" s="16"/>
+      <c r="I57" s="16"/>
+      <c r="J57" s="23"/>
+      <c r="K57" s="16"/>
+      <c r="L57" s="16"/>
+      <c r="M57" s="16"/>
+      <c r="N57" s="16"/>
       <c r="O57" s="20"/>
       <c r="P57" s="20"/>
       <c r="Q57" s="21"/>
     </row>
     <row r="58" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B58" s="9">
         <f t="shared" si="2"/>
         <v>26</v>
       </c>
       <c r="C58" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D58" s="16"/>
+      <c r="E58" s="16"/>
+      <c r="F58" s="19"/>
+      <c r="G58" s="16"/>
+      <c r="H58" s="16"/>
+      <c r="I58" s="16"/>
+      <c r="J58" s="23"/>
+      <c r="K58" s="16"/>
+      <c r="L58" s="16"/>
+      <c r="M58" s="16"/>
+      <c r="N58" s="16"/>
       <c r="O58" s="20"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="21"/>
     </row>
     <row r="59" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B59" s="9">
         <f t="shared" si="2"/>
         <v>26.5</v>
       </c>
       <c r="C59" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="D59" s="16"/>
+      <c r="E59" s="16"/>
+      <c r="F59" s="19"/>
+      <c r="G59" s="16"/>
+      <c r="H59" s="16"/>
+      <c r="I59" s="16"/>
+      <c r="J59" s="23"/>
+      <c r="K59" s="16"/>
+      <c r="L59" s="16"/>
+      <c r="M59" s="16"/>
+      <c r="N59" s="16"/>
       <c r="O59" s="20"/>
       <c r="P59" s="20"/>
       <c r="Q59" s="21"/>
     </row>
     <row r="60" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B60" s="9">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="C60" s="16">
-        <v>5.7999999999999996E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D60" s="16"/>
+      <c r="E60" s="16"/>
+      <c r="F60" s="19"/>
+      <c r="G60" s="16"/>
+      <c r="H60" s="16"/>
+      <c r="I60" s="16"/>
+      <c r="J60" s="23"/>
+      <c r="K60" s="16"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="16"/>
+      <c r="N60" s="16"/>
       <c r="O60" s="20"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="21"/>
     </row>
     <row r="61" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B61" s="9">
         <f t="shared" si="2"/>
         <v>27.5</v>
       </c>
       <c r="C61" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6600000000000004E-2</v>
+      </c>
+      <c r="D61" s="16"/>
+      <c r="E61" s="16"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="16"/>
+      <c r="H61" s="16"/>
+      <c r="I61" s="16"/>
+      <c r="J61" s="23"/>
+      <c r="K61" s="16"/>
+      <c r="L61" s="16"/>
+      <c r="M61" s="16"/>
+      <c r="N61" s="16"/>
       <c r="O61" s="20"/>
       <c r="P61" s="20"/>
       <c r="Q61" s="21"/>
     </row>
     <row r="62" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B62" s="9">
         <f t="shared" si="2"/>
         <v>28</v>
       </c>
       <c r="C62" s="16">
-        <v>5.7800000000000004E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D62" s="16"/>
+      <c r="E62" s="16"/>
+      <c r="F62" s="19"/>
+      <c r="G62" s="16"/>
+      <c r="H62" s="16"/>
+      <c r="I62" s="16"/>
+      <c r="J62" s="23"/>
+      <c r="K62" s="16"/>
+      <c r="L62" s="16"/>
+      <c r="M62" s="16"/>
+      <c r="N62" s="16"/>
       <c r="O62" s="20"/>
       <c r="P62" s="20"/>
       <c r="Q62" s="21"/>
     </row>
     <row r="63" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B63" s="9">
         <f t="shared" si="2"/>
         <v>28.5</v>
       </c>
       <c r="C63" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="D63" s="16"/>
+      <c r="E63" s="16"/>
+      <c r="F63" s="19"/>
+      <c r="G63" s="16"/>
+      <c r="H63" s="16"/>
+      <c r="I63" s="16"/>
+      <c r="J63" s="23"/>
+      <c r="K63" s="16"/>
+      <c r="L63" s="16"/>
+      <c r="M63" s="16"/>
+      <c r="N63" s="16"/>
       <c r="O63" s="20"/>
       <c r="P63" s="20"/>
       <c r="Q63" s="21"/>
     </row>
     <row r="64" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B64" s="9">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="C64" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.67E-2</v>
+      </c>
+      <c r="D64" s="16"/>
+      <c r="E64" s="16"/>
+      <c r="F64" s="19"/>
+      <c r="G64" s="16"/>
+      <c r="H64" s="16"/>
+      <c r="I64" s="16"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="16"/>
+      <c r="L64" s="16"/>
+      <c r="M64" s="16"/>
+      <c r="N64" s="16"/>
       <c r="O64" s="20"/>
       <c r="P64" s="20"/>
       <c r="Q64" s="21"/>
     </row>
     <row r="65" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B65" s="9">
         <f t="shared" si="2"/>
         <v>29.5</v>
       </c>
       <c r="C65" s="16">
-        <v>5.79E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6799999999999996E-2</v>
+      </c>
+      <c r="D65" s="16"/>
+      <c r="E65" s="16"/>
+      <c r="F65" s="19"/>
+      <c r="G65" s="16"/>
+      <c r="H65" s="16"/>
+      <c r="I65" s="16"/>
+      <c r="J65" s="23"/>
+      <c r="K65" s="16"/>
+      <c r="L65" s="16"/>
+      <c r="M65" s="16"/>
+      <c r="N65" s="16"/>
       <c r="O65" s="20"/>
       <c r="P65" s="20"/>
       <c r="Q65" s="21"/>
     </row>
     <row r="66" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
-        <v>5.8000000000000003E-2</v>
-[...33 lines deleted...]
-      </c>
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="D66" s="17"/>
+      <c r="E66" s="17"/>
+      <c r="F66" s="17"/>
+      <c r="G66" s="17"/>
+      <c r="H66" s="17"/>
+      <c r="I66" s="17"/>
+      <c r="J66" s="17"/>
+      <c r="K66" s="17"/>
+      <c r="L66" s="17"/>
+      <c r="M66" s="17"/>
+      <c r="N66" s="17"/>
       <c r="O66" s="20"/>
       <c r="P66" s="20"/>
       <c r="Q66" s="21"/>
     </row>
     <row r="67" spans="2:17" x14ac:dyDescent="0.3">
       <c r="P67" s="20"/>
     </row>
     <row r="68" spans="2:17" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="25" t="s">
+      <c r="B68" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="25"/>
-[...10 lines deleted...]
-      <c r="N68" s="25"/>
+      <c r="C68" s="28"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="28"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="28"/>
+      <c r="H68" s="28"/>
+      <c r="I68" s="28"/>
+      <c r="J68" s="28"/>
+      <c r="K68" s="28"/>
+      <c r="L68" s="28"/>
+      <c r="M68" s="28"/>
+      <c r="N68" s="28"/>
       <c r="O68" s="15"/>
       <c r="P68" s="20"/>
       <c r="Q68" s="15"/>
     </row>
     <row r="69" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="6"/>
       <c r="D69" s="6"/>
       <c r="E69" s="6"/>
       <c r="F69" s="6"/>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
       <c r="P69" s="20"/>
     </row>
     <row r="70" spans="2:17" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
       <c r="C70" s="6"/>
       <c r="D70" s="6"/>
       <c r="E70" s="6"/>
       <c r="F70" s="6"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
       <c r="P70" s="20"/>
     </row>
     <row r="71" spans="2:17" x14ac:dyDescent="0.3">
       <c r="P71" s="20"/>
     </row>
     <row r="72" spans="2:17" x14ac:dyDescent="0.3">
       <c r="P72" s="20"/>
     </row>
     <row r="73" spans="2:17" x14ac:dyDescent="0.3">
       <c r="P73" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:O3"/>
+    <mergeCell ref="C5:N5"/>
+    <mergeCell ref="B68:N68"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{505CA890-E7F0-4488-A51E-D7CB441FA050}">
+  <dimension ref="A1:Q73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
+    <col min="3" max="14" width="11.6328125" style="4" customWidth="1"/>
+    <col min="15" max="15" width="7.6328125" style="4" customWidth="1"/>
+    <col min="16" max="16384" width="8.7265625" style="4"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="29.5" x14ac:dyDescent="0.3">
+      <c r="A1" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
+      <c r="O1" s="18" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="24"/>
+      <c r="P3" s="14"/>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+    </row>
+    <row r="5" spans="1:17" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="12">
+        <v>2025</v>
+      </c>
+      <c r="C5" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="26"/>
+      <c r="E5" s="26"/>
+      <c r="F5" s="26"/>
+      <c r="G5" s="26"/>
+      <c r="H5" s="26"/>
+      <c r="I5" s="26"/>
+      <c r="J5" s="26"/>
+      <c r="K5" s="26"/>
+      <c r="L5" s="26"/>
+      <c r="M5" s="26"/>
+      <c r="N5" s="27"/>
+    </row>
+    <row r="6" spans="1:17" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="8">
+        <f>DATE(B5,1,31)</f>
+        <v>45688</v>
+      </c>
+      <c r="D6" s="8">
+        <f t="shared" ref="D6:I6" si="0">EOMONTH(EDATE(C6,1),0)</f>
+        <v>45716</v>
+      </c>
+      <c r="E6" s="8">
+        <f t="shared" si="0"/>
+        <v>45747</v>
+      </c>
+      <c r="F6" s="8">
+        <f t="shared" si="0"/>
+        <v>45777</v>
+      </c>
+      <c r="G6" s="8">
+        <f t="shared" si="0"/>
+        <v>45808</v>
+      </c>
+      <c r="H6" s="8">
+        <f t="shared" si="0"/>
+        <v>45838</v>
+      </c>
+      <c r="I6" s="8">
+        <f t="shared" si="0"/>
+        <v>45869</v>
+      </c>
+      <c r="J6" s="8">
+        <f>EOMONTH(EDATE(I6,1),0)</f>
+        <v>45900</v>
+      </c>
+      <c r="K6" s="8">
+        <f t="shared" ref="K6:N6" si="1">EOMONTH(EDATE(J6,1),0)</f>
+        <v>45930</v>
+      </c>
+      <c r="L6" s="8">
+        <f t="shared" si="1"/>
+        <v>45961</v>
+      </c>
+      <c r="M6" s="8">
+        <f t="shared" si="1"/>
+        <v>45991</v>
+      </c>
+      <c r="N6" s="8">
+        <f t="shared" si="1"/>
+        <v>46022</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="22"/>
+    </row>
+    <row r="7" spans="1:17" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="13">
+        <v>0.5</v>
+      </c>
+      <c r="C7" s="16">
+        <v>4.7699999999999999E-2</v>
+      </c>
+      <c r="D7" s="16">
+        <v>4.7399999999999998E-2</v>
+      </c>
+      <c r="E7" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="F7" s="19">
+        <v>4.7E-2</v>
+      </c>
+      <c r="G7" s="16">
+        <v>4.8299999999999996E-2</v>
+      </c>
+      <c r="H7" s="16">
+        <v>4.6799999999999994E-2</v>
+      </c>
+      <c r="I7" s="16">
+        <v>4.8100000000000004E-2</v>
+      </c>
+      <c r="J7" s="23">
+        <v>4.5799999999999993E-2</v>
+      </c>
+      <c r="K7" s="16">
+        <v>4.3300000000000005E-2</v>
+      </c>
+      <c r="L7" s="16">
+        <v>4.4299999999999999E-2</v>
+      </c>
+      <c r="M7" s="16">
+        <v>4.3500000000000004E-2</v>
+      </c>
+      <c r="N7" s="16">
+        <v>4.2099999999999999E-2</v>
+      </c>
+      <c r="O7" s="20"/>
+      <c r="P7" s="20"/>
+      <c r="Q7" s="21"/>
+    </row>
+    <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B8" s="9">
+        <f>B7+0.5</f>
+        <v>1</v>
+      </c>
+      <c r="C8" s="16">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="D8" s="16">
+        <v>4.6899999999999997E-2</v>
+      </c>
+      <c r="E8" s="16">
+        <v>4.65E-2</v>
+      </c>
+      <c r="F8" s="19">
+        <v>4.5599999999999995E-2</v>
+      </c>
+      <c r="G8" s="16">
+        <v>4.7299999999999995E-2</v>
+      </c>
+      <c r="H8" s="16">
+        <v>4.5599999999999995E-2</v>
+      </c>
+      <c r="I8" s="16">
+        <v>4.7299999999999995E-2</v>
+      </c>
+      <c r="J8" s="23">
+        <v>4.4600000000000001E-2</v>
+      </c>
+      <c r="K8" s="16">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="L8" s="16">
+        <v>4.4000000000000004E-2</v>
+      </c>
+      <c r="M8" s="16">
+        <v>4.3099999999999999E-2</v>
+      </c>
+      <c r="N8" s="16">
+        <v>4.2200000000000001E-2</v>
+      </c>
+      <c r="O8" s="20"/>
+      <c r="P8" s="20"/>
+      <c r="Q8" s="21"/>
+    </row>
+    <row r="9" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B9" s="9">
+        <f t="shared" ref="B9:B65" si="2">B8+0.5</f>
+        <v>1.5</v>
+      </c>
+      <c r="C9" s="16">
+        <v>4.8299999999999996E-2</v>
+      </c>
+      <c r="D9" s="16">
+        <v>4.65E-2</v>
+      </c>
+      <c r="E9" s="16">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="F9" s="19">
+        <v>4.4500000000000005E-2</v>
+      </c>
+      <c r="G9" s="16">
+        <v>4.6400000000000004E-2</v>
+      </c>
+      <c r="H9" s="16">
+        <v>4.4600000000000001E-2</v>
+      </c>
+      <c r="I9" s="16">
+        <v>4.6600000000000003E-2</v>
+      </c>
+      <c r="J9" s="23">
+        <v>4.36E-2</v>
+      </c>
+      <c r="K9" s="16">
+        <v>4.2800000000000005E-2</v>
+      </c>
+      <c r="L9" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="M9" s="16">
+        <v>4.2900000000000001E-2</v>
+      </c>
+      <c r="N9" s="16">
+        <v>4.2300000000000004E-2</v>
+      </c>
+      <c r="O9" s="20"/>
+      <c r="P9" s="20"/>
+      <c r="Q9" s="21"/>
+    </row>
+    <row r="10" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B10" s="9">
+        <f t="shared" si="2"/>
+        <v>2</v>
+      </c>
+      <c r="C10" s="16">
+        <v>4.8599999999999997E-2</v>
+      </c>
+      <c r="D10" s="16">
+        <v>4.6199999999999998E-2</v>
+      </c>
+      <c r="E10" s="16">
+        <v>4.5899999999999996E-2</v>
+      </c>
+      <c r="F10" s="19">
+        <v>4.3900000000000002E-2</v>
+      </c>
+      <c r="G10" s="16">
+        <v>4.5900000000000003E-2</v>
+      </c>
+      <c r="H10" s="16">
+        <v>4.41E-2</v>
+      </c>
+      <c r="I10" s="16">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="J10" s="23">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="K10" s="16">
+        <v>4.2700000000000002E-2</v>
+      </c>
+      <c r="L10" s="16">
+        <v>4.3700000000000003E-2</v>
+      </c>
+      <c r="M10" s="16">
+        <v>4.2800000000000005E-2</v>
+      </c>
+      <c r="N10" s="16">
+        <v>4.2599999999999999E-2</v>
+      </c>
+      <c r="O10" s="20"/>
+      <c r="P10" s="20"/>
+      <c r="Q10" s="21"/>
+    </row>
+    <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="9">
+        <f t="shared" si="2"/>
+        <v>2.5</v>
+      </c>
+      <c r="C11" s="16">
+        <v>4.8899999999999999E-2</v>
+      </c>
+      <c r="D11" s="16">
+        <v>4.6199999999999998E-2</v>
+      </c>
+      <c r="E11" s="16">
+        <v>4.5899999999999996E-2</v>
+      </c>
+      <c r="F11" s="19">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="G11" s="16">
+        <v>4.58E-2</v>
+      </c>
+      <c r="H11" s="16">
+        <v>4.3900000000000002E-2</v>
+      </c>
+      <c r="I11" s="16">
+        <v>4.5899999999999996E-2</v>
+      </c>
+      <c r="J11" s="23">
+        <v>4.2800000000000005E-2</v>
+      </c>
+      <c r="K11" s="16">
+        <v>4.2800000000000005E-2</v>
+      </c>
+      <c r="L11" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="M11" s="16">
+        <v>4.2900000000000001E-2</v>
+      </c>
+      <c r="N11" s="16">
+        <v>4.3000000000000003E-2</v>
+      </c>
+      <c r="O11" s="20"/>
+      <c r="P11" s="20"/>
+      <c r="Q11" s="21"/>
+    </row>
+    <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B12" s="9">
+        <f t="shared" si="2"/>
+        <v>3</v>
+      </c>
+      <c r="C12" s="16">
+        <v>4.9299999999999997E-2</v>
+      </c>
+      <c r="D12" s="16">
+        <v>4.65E-2</v>
+      </c>
+      <c r="E12" s="16">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="F12" s="19">
+        <v>4.4000000000000004E-2</v>
+      </c>
+      <c r="G12" s="16">
+        <v>4.5900000000000003E-2</v>
+      </c>
+      <c r="H12" s="16">
+        <v>4.4000000000000004E-2</v>
+      </c>
+      <c r="I12" s="16">
+        <v>4.5899999999999996E-2</v>
+      </c>
+      <c r="J12" s="23">
+        <v>4.2899999999999994E-2</v>
+      </c>
+      <c r="K12" s="16">
+        <v>4.3099999999999999E-2</v>
+      </c>
+      <c r="L12" s="16">
+        <v>4.41E-2</v>
+      </c>
+      <c r="M12" s="16">
+        <v>4.3200000000000002E-2</v>
+      </c>
+      <c r="N12" s="16">
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="O12" s="20"/>
+      <c r="P12" s="20"/>
+      <c r="Q12" s="21"/>
+    </row>
+    <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B13" s="9">
+        <f t="shared" si="2"/>
+        <v>3.5</v>
+      </c>
+      <c r="C13" s="16">
+        <v>4.9599999999999998E-2</v>
+      </c>
+      <c r="D13" s="16">
+        <v>4.6800000000000001E-2</v>
+      </c>
+      <c r="E13" s="16">
+        <v>4.65E-2</v>
+      </c>
+      <c r="F13" s="19">
+        <v>4.4400000000000002E-2</v>
+      </c>
+      <c r="G13" s="16">
+        <v>4.6200000000000005E-2</v>
+      </c>
+      <c r="H13" s="16">
+        <v>4.4299999999999999E-2</v>
+      </c>
+      <c r="I13" s="16">
+        <v>4.5900000000000003E-2</v>
+      </c>
+      <c r="J13" s="23">
+        <v>4.3200000000000002E-2</v>
+      </c>
+      <c r="K13" s="16">
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="L13" s="16">
+        <v>4.4400000000000002E-2</v>
+      </c>
+      <c r="M13" s="16">
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="N13" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="O13" s="20"/>
+      <c r="P13" s="20"/>
+      <c r="Q13" s="21"/>
+    </row>
+    <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="9">
+        <f t="shared" si="2"/>
+        <v>4</v>
+      </c>
+      <c r="C14" s="16">
+        <v>5.0099999999999999E-2</v>
+      </c>
+      <c r="D14" s="16">
+        <v>4.7099999999999996E-2</v>
+      </c>
+      <c r="E14" s="16">
+        <v>4.6899999999999997E-2</v>
+      </c>
+      <c r="F14" s="19">
+        <v>4.5000000000000005E-2</v>
+      </c>
+      <c r="G14" s="16">
+        <v>4.6699999999999998E-2</v>
+      </c>
+      <c r="H14" s="16">
+        <v>4.4700000000000004E-2</v>
+      </c>
+      <c r="I14" s="16">
+        <v>4.6300000000000001E-2</v>
+      </c>
+      <c r="J14" s="23">
+        <v>4.3700000000000003E-2</v>
+      </c>
+      <c r="K14" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="L14" s="16">
+        <v>4.48E-2</v>
+      </c>
+      <c r="M14" s="16">
+        <v>4.3799999999999999E-2</v>
+      </c>
+      <c r="N14" s="16">
+        <v>4.4400000000000002E-2</v>
+      </c>
+      <c r="O14" s="20"/>
+      <c r="P14" s="20"/>
+      <c r="Q14" s="21"/>
+    </row>
+    <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B15" s="9">
+        <f t="shared" si="2"/>
+        <v>4.5</v>
+      </c>
+      <c r="C15" s="16">
+        <v>5.04E-2</v>
+      </c>
+      <c r="D15" s="16">
+        <v>4.7500000000000001E-2</v>
+      </c>
+      <c r="E15" s="16">
+        <v>4.7399999999999998E-2</v>
+      </c>
+      <c r="F15" s="19">
+        <v>4.5700000000000005E-2</v>
+      </c>
+      <c r="G15" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="H15" s="16">
+        <v>4.5200000000000004E-2</v>
+      </c>
+      <c r="I15" s="16">
+        <v>4.6699999999999998E-2</v>
+      </c>
+      <c r="J15" s="23">
+        <v>4.4200000000000003E-2</v>
+      </c>
+      <c r="K15" s="16">
+        <v>4.4299999999999999E-2</v>
+      </c>
+      <c r="L15" s="16">
+        <v>4.5200000000000004E-2</v>
+      </c>
+      <c r="M15" s="16">
+        <v>4.4200000000000003E-2</v>
+      </c>
+      <c r="N15" s="16">
+        <v>4.4900000000000002E-2</v>
+      </c>
+      <c r="O15" s="20"/>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="21"/>
+    </row>
+    <row r="16" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B16" s="9">
+        <f t="shared" si="2"/>
+        <v>5</v>
+      </c>
+      <c r="C16" s="16">
+        <v>5.0900000000000001E-2</v>
+      </c>
+      <c r="D16" s="16">
+        <v>4.7899999999999998E-2</v>
+      </c>
+      <c r="E16" s="16">
+        <v>4.7899999999999998E-2</v>
+      </c>
+      <c r="F16" s="19">
+        <v>4.6400000000000004E-2</v>
+      </c>
+      <c r="G16" s="16">
+        <v>4.7800000000000002E-2</v>
+      </c>
+      <c r="H16" s="16">
+        <v>4.58E-2</v>
+      </c>
+      <c r="I16" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="J16" s="23">
+        <v>4.4900000000000002E-2</v>
+      </c>
+      <c r="K16" s="16">
+        <v>4.4900000000000002E-2</v>
+      </c>
+      <c r="L16" s="16">
+        <v>4.5700000000000005E-2</v>
+      </c>
+      <c r="M16" s="16">
+        <v>4.4700000000000004E-2</v>
+      </c>
+      <c r="N16" s="16">
+        <v>4.5500000000000006E-2</v>
+      </c>
+      <c r="O16" s="20"/>
+      <c r="P16" s="20"/>
+      <c r="Q16" s="21"/>
+    </row>
+    <row r="17" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B17" s="9">
+        <f t="shared" si="2"/>
+        <v>5.5</v>
+      </c>
+      <c r="C17" s="16">
+        <v>5.1200000000000002E-2</v>
+      </c>
+      <c r="D17" s="16">
+        <v>4.8300000000000003E-2</v>
+      </c>
+      <c r="E17" s="16">
+        <v>4.8300000000000003E-2</v>
+      </c>
+      <c r="F17" s="19">
+        <v>4.7E-2</v>
+      </c>
+      <c r="G17" s="16">
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="H17" s="16">
+        <v>4.6300000000000001E-2</v>
+      </c>
+      <c r="I17" s="16">
+        <v>4.7599999999999996E-2</v>
+      </c>
+      <c r="J17" s="23">
+        <v>4.5499999999999999E-2</v>
+      </c>
+      <c r="K17" s="16">
+        <v>4.5399999999999996E-2</v>
+      </c>
+      <c r="L17" s="16">
+        <v>4.6199999999999998E-2</v>
+      </c>
+      <c r="M17" s="16">
+        <v>4.5199999999999997E-2</v>
+      </c>
+      <c r="N17" s="16">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="O17" s="20"/>
+      <c r="P17" s="20"/>
+      <c r="Q17" s="21"/>
+    </row>
+    <row r="18" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B18" s="9">
+        <f t="shared" si="2"/>
+        <v>6</v>
+      </c>
+      <c r="C18" s="16">
+        <v>5.16E-2</v>
+      </c>
+      <c r="D18" s="16">
+        <v>4.87E-2</v>
+      </c>
+      <c r="E18" s="16">
+        <v>4.8800000000000003E-2</v>
+      </c>
+      <c r="F18" s="19">
+        <v>4.7699999999999999E-2</v>
+      </c>
+      <c r="G18" s="16">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="H18" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="I18" s="16">
+        <v>4.82E-2</v>
+      </c>
+      <c r="J18" s="23">
+        <v>4.6300000000000001E-2</v>
+      </c>
+      <c r="K18" s="16">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="L18" s="16">
+        <v>4.6800000000000001E-2</v>
+      </c>
+      <c r="M18" s="16">
+        <v>4.58E-2</v>
+      </c>
+      <c r="N18" s="16">
+        <v>4.6699999999999998E-2</v>
+      </c>
+      <c r="O18" s="20"/>
+      <c r="P18" s="20"/>
+      <c r="Q18" s="21"/>
+    </row>
+    <row r="19" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B19" s="9">
+        <f t="shared" si="2"/>
+        <v>6.5</v>
+      </c>
+      <c r="C19" s="16">
+        <v>5.21E-2</v>
+      </c>
+      <c r="D19" s="16">
+        <v>4.9100000000000005E-2</v>
+      </c>
+      <c r="E19" s="16">
+        <v>4.9300000000000004E-2</v>
+      </c>
+      <c r="F19" s="19">
+        <v>4.8300000000000003E-2</v>
+      </c>
+      <c r="G19" s="16">
+        <v>4.9600000000000005E-2</v>
+      </c>
+      <c r="H19" s="16">
+        <v>4.7500000000000001E-2</v>
+      </c>
+      <c r="I19" s="16">
+        <v>4.87E-2</v>
+      </c>
+      <c r="J19" s="23">
+        <v>4.7E-2</v>
+      </c>
+      <c r="K19" s="16">
+        <v>4.65E-2</v>
+      </c>
+      <c r="L19" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="M19" s="16">
+        <v>4.6199999999999998E-2</v>
+      </c>
+      <c r="N19" s="16">
+        <v>4.7199999999999999E-2</v>
+      </c>
+      <c r="O19" s="20"/>
+      <c r="P19" s="20"/>
+      <c r="Q19" s="21"/>
+    </row>
+    <row r="20" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="9">
+        <f t="shared" si="2"/>
+        <v>7</v>
+      </c>
+      <c r="C20" s="16">
+        <v>5.2400000000000002E-2</v>
+      </c>
+      <c r="D20" s="16">
+        <v>4.9600000000000005E-2</v>
+      </c>
+      <c r="E20" s="16">
+        <v>4.9800000000000004E-2</v>
+      </c>
+      <c r="F20" s="19">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="G20" s="16">
+        <v>5.0300000000000004E-2</v>
+      </c>
+      <c r="H20" s="16">
+        <v>4.8100000000000004E-2</v>
+      </c>
+      <c r="I20" s="16">
+        <v>4.9300000000000004E-2</v>
+      </c>
+      <c r="J20" s="23">
+        <v>4.7699999999999999E-2</v>
+      </c>
+      <c r="K20" s="16">
+        <v>4.7100000000000003E-2</v>
+      </c>
+      <c r="L20" s="16">
+        <v>4.7800000000000002E-2</v>
+      </c>
+      <c r="M20" s="16">
+        <v>4.6800000000000001E-2</v>
+      </c>
+      <c r="N20" s="16">
+        <v>4.7899999999999998E-2</v>
+      </c>
+      <c r="O20" s="20"/>
+      <c r="P20" s="20"/>
+      <c r="Q20" s="21"/>
+    </row>
+    <row r="21" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B21" s="9">
+        <f t="shared" si="2"/>
+        <v>7.5</v>
+      </c>
+      <c r="C21" s="16">
+        <v>5.28E-2</v>
+      </c>
+      <c r="D21" s="16">
+        <v>4.99E-2</v>
+      </c>
+      <c r="E21" s="16">
+        <v>5.0300000000000004E-2</v>
+      </c>
+      <c r="F21" s="19">
+        <v>4.9600000000000005E-2</v>
+      </c>
+      <c r="G21" s="16">
+        <v>5.1000000000000004E-2</v>
+      </c>
+      <c r="H21" s="16">
+        <v>4.8800000000000003E-2</v>
+      </c>
+      <c r="I21" s="16">
+        <v>4.99E-2</v>
+      </c>
+      <c r="J21" s="23">
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="K21" s="16">
+        <v>4.7599999999999996E-2</v>
+      </c>
+      <c r="L21" s="16">
+        <v>4.8299999999999996E-2</v>
+      </c>
+      <c r="M21" s="16">
+        <v>4.7399999999999998E-2</v>
+      </c>
+      <c r="N21" s="16">
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="O21" s="20"/>
+      <c r="P21" s="20"/>
+      <c r="Q21" s="21"/>
+    </row>
+    <row r="22" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B22" s="9">
+        <f t="shared" si="2"/>
+        <v>8</v>
+      </c>
+      <c r="C22" s="16">
+        <v>5.3200000000000004E-2</v>
+      </c>
+      <c r="D22" s="16">
+        <v>5.0300000000000004E-2</v>
+      </c>
+      <c r="E22" s="16">
+        <v>5.0800000000000005E-2</v>
+      </c>
+      <c r="F22" s="19">
+        <v>5.0300000000000004E-2</v>
+      </c>
+      <c r="G22" s="16">
+        <v>5.1700000000000003E-2</v>
+      </c>
+      <c r="H22" s="16">
+        <v>4.9500000000000002E-2</v>
+      </c>
+      <c r="I22" s="16">
+        <v>5.0499999999999996E-2</v>
+      </c>
+      <c r="J22" s="23">
+        <v>4.9099999999999998E-2</v>
+      </c>
+      <c r="K22" s="16">
+        <v>4.8299999999999996E-2</v>
+      </c>
+      <c r="L22" s="16">
+        <v>4.8899999999999999E-2</v>
+      </c>
+      <c r="M22" s="16">
+        <v>4.7899999999999998E-2</v>
+      </c>
+      <c r="N22" s="16">
+        <v>4.8999999999999995E-2</v>
+      </c>
+      <c r="O22" s="20"/>
+      <c r="P22" s="20"/>
+      <c r="Q22" s="21"/>
+    </row>
+    <row r="23" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B23" s="9">
+        <f t="shared" si="2"/>
+        <v>8.5</v>
+      </c>
+      <c r="C23" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="D23" s="16">
+        <v>5.0599999999999999E-2</v>
+      </c>
+      <c r="E23" s="16">
+        <v>5.11E-2</v>
+      </c>
+      <c r="F23" s="19">
+        <v>5.0799999999999998E-2</v>
+      </c>
+      <c r="G23" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
+      <c r="H23" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="I23" s="16">
+        <v>5.0900000000000001E-2</v>
+      </c>
+      <c r="J23" s="23">
+        <v>4.9599999999999998E-2</v>
+      </c>
+      <c r="K23" s="16">
+        <v>4.87E-2</v>
+      </c>
+      <c r="L23" s="16">
+        <v>4.9299999999999997E-2</v>
+      </c>
+      <c r="M23" s="16">
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="N23" s="16">
+        <v>4.9500000000000002E-2</v>
+      </c>
+      <c r="O23" s="20"/>
+      <c r="P23" s="20"/>
+      <c r="Q23" s="21"/>
+    </row>
+    <row r="24" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="9">
+        <f t="shared" si="2"/>
+        <v>9</v>
+      </c>
+      <c r="C24" s="16">
+        <v>5.3900000000000003E-2</v>
+      </c>
+      <c r="D24" s="16">
+        <v>5.1000000000000004E-2</v>
+      </c>
+      <c r="E24" s="16">
+        <v>5.1499999999999997E-2</v>
+      </c>
+      <c r="F24" s="19">
+        <v>5.1299999999999998E-2</v>
+      </c>
+      <c r="G24" s="16">
+        <v>5.28E-2</v>
+      </c>
+      <c r="H24" s="16">
+        <v>5.0599999999999999E-2</v>
+      </c>
+      <c r="I24" s="16">
+        <v>5.1499999999999997E-2</v>
+      </c>
+      <c r="J24" s="23">
+        <v>5.04E-2</v>
+      </c>
+      <c r="K24" s="16">
+        <v>4.9300000000000004E-2</v>
+      </c>
+      <c r="L24" s="16">
+        <v>4.99E-2</v>
+      </c>
+      <c r="M24" s="16">
+        <v>4.8899999999999999E-2</v>
+      </c>
+      <c r="N24" s="16">
+        <v>5.0099999999999999E-2</v>
+      </c>
+      <c r="O24" s="20"/>
+      <c r="P24" s="20"/>
+      <c r="Q24" s="21"/>
+    </row>
+    <row r="25" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B25" s="9">
+        <f t="shared" si="2"/>
+        <v>9.5</v>
+      </c>
+      <c r="C25" s="16">
+        <v>5.4199999999999998E-2</v>
+      </c>
+      <c r="D25" s="16">
+        <v>5.1299999999999998E-2</v>
+      </c>
+      <c r="E25" s="16">
+        <v>5.1900000000000002E-2</v>
+      </c>
+      <c r="F25" s="19">
+        <v>5.1699999999999996E-2</v>
+      </c>
+      <c r="G25" s="16">
+        <v>5.33E-2</v>
+      </c>
+      <c r="H25" s="16">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="I25" s="16">
+        <v>5.1899999999999995E-2</v>
+      </c>
+      <c r="J25" s="23">
+        <v>5.0900000000000001E-2</v>
+      </c>
+      <c r="K25" s="16">
+        <v>4.9699999999999994E-2</v>
+      </c>
+      <c r="L25" s="16">
+        <v>5.0299999999999997E-2</v>
+      </c>
+      <c r="M25" s="16">
+        <v>4.9300000000000004E-2</v>
+      </c>
+      <c r="N25" s="16">
+        <v>5.0500000000000003E-2</v>
+      </c>
+      <c r="O25" s="20"/>
+      <c r="P25" s="20"/>
+      <c r="Q25" s="21"/>
+    </row>
+    <row r="26" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B26" s="9">
+        <f t="shared" si="2"/>
+        <v>10</v>
+      </c>
+      <c r="C26" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
+      <c r="D26" s="16">
+        <v>5.16E-2</v>
+      </c>
+      <c r="E26" s="16">
+        <v>5.2299999999999999E-2</v>
+      </c>
+      <c r="F26" s="19">
+        <v>5.2299999999999999E-2</v>
+      </c>
+      <c r="G26" s="16">
+        <v>5.3800000000000001E-2</v>
+      </c>
+      <c r="H26" s="16">
+        <v>5.16E-2</v>
+      </c>
+      <c r="I26" s="16">
+        <v>5.2399999999999995E-2</v>
+      </c>
+      <c r="J26" s="23">
+        <v>5.16E-2</v>
+      </c>
+      <c r="K26" s="16">
+        <v>5.0199999999999995E-2</v>
+      </c>
+      <c r="L26" s="16">
+        <v>5.0700000000000002E-2</v>
+      </c>
+      <c r="M26" s="16">
+        <v>4.99E-2</v>
+      </c>
+      <c r="N26" s="16">
+        <v>5.1000000000000004E-2</v>
+      </c>
+      <c r="O26" s="20"/>
+      <c r="P26" s="20"/>
+      <c r="Q26" s="21"/>
+    </row>
+    <row r="27" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B27" s="9">
+        <f t="shared" si="2"/>
+        <v>10.5</v>
+      </c>
+      <c r="C27" s="16">
+        <v>5.4799999999999995E-2</v>
+      </c>
+      <c r="D27" s="16">
+        <v>5.1899999999999995E-2</v>
+      </c>
+      <c r="E27" s="16">
+        <v>5.2599999999999994E-2</v>
+      </c>
+      <c r="F27" s="19">
+        <v>5.2700000000000004E-2</v>
+      </c>
+      <c r="G27" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="H27" s="16">
+        <v>5.2000000000000005E-2</v>
+      </c>
+      <c r="I27" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="J27" s="23">
+        <v>5.21E-2</v>
+      </c>
+      <c r="K27" s="16">
+        <v>5.0700000000000002E-2</v>
+      </c>
+      <c r="L27" s="16">
+        <v>5.11E-2</v>
+      </c>
+      <c r="M27" s="16">
+        <v>5.0099999999999999E-2</v>
+      </c>
+      <c r="N27" s="16">
+        <v>5.1400000000000001E-2</v>
+      </c>
+      <c r="O27" s="20"/>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="21"/>
+    </row>
+    <row r="28" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="9">
+        <f t="shared" si="2"/>
+        <v>11</v>
+      </c>
+      <c r="C28" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="D28" s="16">
+        <v>5.2199999999999996E-2</v>
+      </c>
+      <c r="E28" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="F28" s="19">
+        <v>5.3100000000000001E-2</v>
+      </c>
+      <c r="G28" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="H28" s="16">
+        <v>5.2499999999999998E-2</v>
+      </c>
+      <c r="I28" s="16">
+        <v>5.33E-2</v>
+      </c>
+      <c r="J28" s="23">
+        <v>5.2700000000000004E-2</v>
+      </c>
+      <c r="K28" s="16">
+        <v>5.11E-2</v>
+      </c>
+      <c r="L28" s="16">
+        <v>5.1500000000000004E-2</v>
+      </c>
+      <c r="M28" s="16">
+        <v>5.0700000000000002E-2</v>
+      </c>
+      <c r="N28" s="16">
+        <v>5.1900000000000002E-2</v>
+      </c>
+      <c r="O28" s="20"/>
+      <c r="P28" s="20"/>
+      <c r="Q28" s="21"/>
+    </row>
+    <row r="29" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B29" s="9">
+        <f t="shared" si="2"/>
+        <v>11.5</v>
+      </c>
+      <c r="C29" s="16">
+        <v>5.5299999999999995E-2</v>
+      </c>
+      <c r="D29" s="16">
+        <v>5.2499999999999998E-2</v>
+      </c>
+      <c r="E29" s="16">
+        <v>5.33E-2</v>
+      </c>
+      <c r="F29" s="19">
+        <v>5.3600000000000002E-2</v>
+      </c>
+      <c r="G29" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="H29" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="I29" s="16">
+        <v>5.3700000000000005E-2</v>
+      </c>
+      <c r="J29" s="23">
+        <v>5.3000000000000005E-2</v>
+      </c>
+      <c r="K29" s="16">
+        <v>5.1400000000000001E-2</v>
+      </c>
+      <c r="L29" s="16">
+        <v>5.1700000000000003E-2</v>
+      </c>
+      <c r="M29" s="16">
+        <v>5.0900000000000001E-2</v>
+      </c>
+      <c r="N29" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
+      <c r="O29" s="20"/>
+      <c r="P29" s="20"/>
+      <c r="Q29" s="21"/>
+    </row>
+    <row r="30" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B30" s="9">
+        <f t="shared" si="2"/>
+        <v>12</v>
+      </c>
+      <c r="C30" s="16">
+        <v>5.5599999999999997E-2</v>
+      </c>
+      <c r="D30" s="16">
+        <v>5.28E-2</v>
+      </c>
+      <c r="E30" s="16">
+        <v>5.3699999999999998E-2</v>
+      </c>
+      <c r="F30" s="19">
+        <v>5.4100000000000002E-2</v>
+      </c>
+      <c r="G30" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="H30" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="I30" s="16">
+        <v>5.4200000000000005E-2</v>
+      </c>
+      <c r="J30" s="23">
+        <v>5.3600000000000002E-2</v>
+      </c>
+      <c r="K30" s="16">
+        <v>5.1900000000000002E-2</v>
+      </c>
+      <c r="L30" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
+      <c r="M30" s="16">
+        <v>5.1400000000000001E-2</v>
+      </c>
+      <c r="N30" s="16">
+        <v>5.2699999999999997E-2</v>
+      </c>
+      <c r="O30" s="20"/>
+      <c r="P30" s="20"/>
+      <c r="Q30" s="21"/>
+    </row>
+    <row r="31" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B31" s="9">
+        <f t="shared" si="2"/>
+        <v>12.5</v>
+      </c>
+      <c r="C31" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="D31" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="E31" s="16">
+        <v>5.3900000000000003E-2</v>
+      </c>
+      <c r="F31" s="19">
+        <v>5.45E-2</v>
+      </c>
+      <c r="G31" s="16">
+        <v>5.6099999999999997E-2</v>
+      </c>
+      <c r="H31" s="16">
+        <v>5.3899999999999997E-2</v>
+      </c>
+      <c r="I31" s="16">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="J31" s="23">
+        <v>5.3899999999999997E-2</v>
+      </c>
+      <c r="K31" s="16">
+        <v>5.2199999999999996E-2</v>
+      </c>
+      <c r="L31" s="16">
+        <v>5.2400000000000002E-2</v>
+      </c>
+      <c r="M31" s="16">
+        <v>5.1700000000000003E-2</v>
+      </c>
+      <c r="N31" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="O31" s="20"/>
+      <c r="P31" s="20"/>
+      <c r="Q31" s="21"/>
+    </row>
+    <row r="32" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B32" s="9">
+        <f t="shared" si="2"/>
+        <v>13</v>
+      </c>
+      <c r="C32" s="16">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="D32" s="16">
+        <v>5.33E-2</v>
+      </c>
+      <c r="E32" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="F32" s="19">
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="G32" s="16">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="H32" s="16">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="I32" s="16">
+        <v>5.4799999999999995E-2</v>
+      </c>
+      <c r="J32" s="23">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="K32" s="16">
+        <v>5.2599999999999994E-2</v>
+      </c>
+      <c r="L32" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="M32" s="16">
+        <v>5.2200000000000003E-2</v>
+      </c>
+      <c r="N32" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="O32" s="20"/>
+      <c r="P32" s="20"/>
+      <c r="Q32" s="21"/>
+    </row>
+    <row r="33" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B33" s="9">
+        <f t="shared" si="2"/>
+        <v>13.5</v>
+      </c>
+      <c r="C33" s="16">
+        <v>5.6300000000000003E-2</v>
+      </c>
+      <c r="D33" s="16">
+        <v>5.3600000000000002E-2</v>
+      </c>
+      <c r="E33" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
+      <c r="F33" s="19">
+        <v>5.5200000000000006E-2</v>
+      </c>
+      <c r="G33" s="16">
+        <v>5.6900000000000006E-2</v>
+      </c>
+      <c r="H33" s="16">
+        <v>5.4700000000000006E-2</v>
+      </c>
+      <c r="I33" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="J33" s="23">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="K33" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="L33" s="16">
+        <v>5.3000000000000005E-2</v>
+      </c>
+      <c r="M33" s="16">
+        <v>5.2500000000000005E-2</v>
+      </c>
+      <c r="N33" s="16">
+        <v>5.3800000000000001E-2</v>
+      </c>
+      <c r="O33" s="20"/>
+      <c r="P33" s="20"/>
+      <c r="Q33" s="21"/>
+    </row>
+    <row r="34" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B34" s="9">
+        <f t="shared" si="2"/>
+        <v>14</v>
+      </c>
+      <c r="C34" s="16">
+        <v>5.6500000000000002E-2</v>
+      </c>
+      <c r="D34" s="16">
+        <v>5.3800000000000001E-2</v>
+      </c>
+      <c r="E34" s="16">
+        <v>5.4900000000000004E-2</v>
+      </c>
+      <c r="F34" s="19">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="G34" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="H34" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="I34" s="16">
+        <v>5.5600000000000004E-2</v>
+      </c>
+      <c r="J34" s="23">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="K34" s="16">
+        <v>5.33E-2</v>
+      </c>
+      <c r="L34" s="16">
+        <v>5.3400000000000003E-2</v>
+      </c>
+      <c r="M34" s="16">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="N34" s="16">
+        <v>5.4200000000000005E-2</v>
+      </c>
+      <c r="O34" s="20"/>
+      <c r="P34" s="20"/>
+      <c r="Q34" s="21"/>
+    </row>
+    <row r="35" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B35" s="9">
+        <f t="shared" si="2"/>
+        <v>14.5</v>
+      </c>
+      <c r="C35" s="16">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="D35" s="16">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="E35" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
+      <c r="F35" s="19">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="G35" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="H35" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="I35" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="J35" s="23">
+        <v>5.5400000000000005E-2</v>
+      </c>
+      <c r="K35" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="L35" s="16">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="M35" s="16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="N35" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="O35" s="20"/>
+      <c r="P35" s="20"/>
+      <c r="Q35" s="21"/>
+    </row>
+    <row r="36" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="9">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
+      <c r="C36" s="16">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="D36" s="16">
+        <v>5.4199999999999998E-2</v>
+      </c>
+      <c r="E36" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="F36" s="19">
+        <v>5.62E-2</v>
+      </c>
+      <c r="G36" s="16">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="H36" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="I36" s="16">
+        <v>5.6100000000000004E-2</v>
+      </c>
+      <c r="J36" s="23">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="K36" s="16">
+        <v>5.3900000000000003E-2</v>
+      </c>
+      <c r="L36" s="16">
+        <v>5.3800000000000001E-2</v>
+      </c>
+      <c r="M36" s="16">
+        <v>5.3400000000000003E-2</v>
+      </c>
+      <c r="N36" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="O36" s="20"/>
+      <c r="P36" s="20"/>
+      <c r="Q36" s="21"/>
+    </row>
+    <row r="37" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B37" s="9">
+        <f t="shared" si="2"/>
+        <v>15.5</v>
+      </c>
+      <c r="C37" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="D37" s="16">
+        <v>5.4400000000000004E-2</v>
+      </c>
+      <c r="E37" s="16">
+        <v>5.5600000000000004E-2</v>
+      </c>
+      <c r="F37" s="19">
+        <v>5.6399999999999999E-2</v>
+      </c>
+      <c r="G37" s="16">
+        <v>5.8199999999999995E-2</v>
+      </c>
+      <c r="H37" s="16">
+        <v>5.5999999999999994E-2</v>
+      </c>
+      <c r="I37" s="16">
+        <v>5.6300000000000003E-2</v>
+      </c>
+      <c r="J37" s="23">
+        <v>5.62E-2</v>
+      </c>
+      <c r="K37" s="16">
+        <v>5.4100000000000002E-2</v>
+      </c>
+      <c r="L37" s="16">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="M37" s="16">
+        <v>5.3600000000000002E-2</v>
+      </c>
+      <c r="N37" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="O37" s="20"/>
+      <c r="P37" s="20"/>
+      <c r="Q37" s="21"/>
+    </row>
+    <row r="38" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B38" s="9">
+        <f t="shared" si="2"/>
+        <v>16</v>
+      </c>
+      <c r="C38" s="16">
+        <v>5.7100000000000005E-2</v>
+      </c>
+      <c r="D38" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
+      <c r="E38" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="F38" s="19">
+        <v>5.67E-2</v>
+      </c>
+      <c r="G38" s="16">
+        <v>5.8499999999999996E-2</v>
+      </c>
+      <c r="H38" s="16">
+        <v>5.6299999999999996E-2</v>
+      </c>
+      <c r="I38" s="16">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="J38" s="23">
+        <v>5.6500000000000002E-2</v>
+      </c>
+      <c r="K38" s="16">
+        <v>5.45E-2</v>
+      </c>
+      <c r="L38" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="M38" s="16">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="N38" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="O38" s="20"/>
+      <c r="P38" s="20"/>
+      <c r="Q38" s="21"/>
+    </row>
+    <row r="39" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B39" s="9">
+        <f t="shared" si="2"/>
+        <v>16.5</v>
+      </c>
+      <c r="C39" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="D39" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="E39" s="16">
+        <v>5.6100000000000004E-2</v>
+      </c>
+      <c r="F39" s="19">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="G39" s="16">
+        <v>5.8700000000000002E-2</v>
+      </c>
+      <c r="H39" s="16">
+        <v>5.6600000000000004E-2</v>
+      </c>
+      <c r="I39" s="16">
+        <v>5.67E-2</v>
+      </c>
+      <c r="J39" s="23">
+        <v>5.67E-2</v>
+      </c>
+      <c r="K39" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
+      <c r="L39" s="16">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="M39" s="16">
+        <v>5.4099999999999995E-2</v>
+      </c>
+      <c r="N39" s="16">
+        <v>5.5499999999999994E-2</v>
+      </c>
+      <c r="O39" s="20"/>
+      <c r="P39" s="20"/>
+      <c r="Q39" s="21"/>
+    </row>
+    <row r="40" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B40" s="9">
+        <f t="shared" si="2"/>
+        <v>17</v>
+      </c>
+      <c r="C40" s="16">
+        <v>5.7500000000000002E-2</v>
+      </c>
+      <c r="D40" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="E40" s="16">
+        <v>5.6300000000000003E-2</v>
+      </c>
+      <c r="F40" s="19">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="G40" s="16">
+        <v>5.8900000000000001E-2</v>
+      </c>
+      <c r="H40" s="16">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="I40" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="J40" s="23">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="K40" s="16">
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="L40" s="16">
+        <v>5.4699999999999999E-2</v>
+      </c>
+      <c r="M40" s="16">
+        <v>5.4400000000000004E-2</v>
+      </c>
+      <c r="N40" s="16">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="O40" s="20"/>
+      <c r="P40" s="20"/>
+      <c r="Q40" s="21"/>
+    </row>
+    <row r="41" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B41" s="9">
+        <f t="shared" si="2"/>
+        <v>17.5</v>
+      </c>
+      <c r="C41" s="16">
+        <v>5.7500000000000002E-2</v>
+      </c>
+      <c r="D41" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="E41" s="16">
+        <v>5.6399999999999999E-2</v>
+      </c>
+      <c r="F41" s="19">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="G41" s="16">
+        <v>5.91E-2</v>
+      </c>
+      <c r="H41" s="16">
+        <v>5.6999999999999995E-2</v>
+      </c>
+      <c r="I41" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="J41" s="23">
+        <v>5.7100000000000005E-2</v>
+      </c>
+      <c r="K41" s="16">
+        <v>5.4900000000000004E-2</v>
+      </c>
+      <c r="L41" s="16">
+        <v>5.4600000000000003E-2</v>
+      </c>
+      <c r="M41" s="16">
+        <v>5.4400000000000004E-2</v>
+      </c>
+      <c r="N41" s="16">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="O41" s="20"/>
+      <c r="P41" s="20"/>
+      <c r="Q41" s="21"/>
+    </row>
+    <row r="42" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B42" s="9">
+        <f t="shared" si="2"/>
+        <v>18</v>
+      </c>
+      <c r="C42" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="D42" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="E42" s="16">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="F42" s="19">
+        <v>5.7499999999999996E-2</v>
+      </c>
+      <c r="G42" s="16">
+        <v>5.9400000000000001E-2</v>
+      </c>
+      <c r="H42" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="I42" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="J42" s="23">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="K42" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="L42" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="M42" s="16">
+        <v>5.4699999999999999E-2</v>
+      </c>
+      <c r="N42" s="16">
+        <v>5.62E-2</v>
+      </c>
+      <c r="O42" s="20"/>
+      <c r="P42" s="20"/>
+      <c r="Q42" s="21"/>
+    </row>
+    <row r="43" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B43" s="9">
+        <f t="shared" si="2"/>
+        <v>18.5</v>
+      </c>
+      <c r="C43" s="16">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="D43" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="E43" s="16">
+        <v>5.6800000000000003E-2</v>
+      </c>
+      <c r="F43" s="19">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="G43" s="16">
+        <v>5.9500000000000004E-2</v>
+      </c>
+      <c r="H43" s="16">
+        <v>5.74E-2</v>
+      </c>
+      <c r="I43" s="16">
+        <v>5.74E-2</v>
+      </c>
+      <c r="J43" s="23">
+        <v>5.7499999999999996E-2</v>
+      </c>
+      <c r="K43" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="L43" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="M43" s="16">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="N43" s="16">
+        <v>5.6300000000000003E-2</v>
+      </c>
+      <c r="O43" s="20"/>
+      <c r="P43" s="20"/>
+      <c r="Q43" s="21"/>
+    </row>
+    <row r="44" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B44" s="9">
+        <f t="shared" si="2"/>
+        <v>19</v>
+      </c>
+      <c r="C44" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D44" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="E44" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="F44" s="19">
+        <v>5.79E-2</v>
+      </c>
+      <c r="G44" s="16">
+        <v>5.96E-2</v>
+      </c>
+      <c r="H44" s="16">
+        <v>5.7600000000000005E-2</v>
+      </c>
+      <c r="I44" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="J44" s="23">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="K44" s="16">
+        <v>5.5599999999999997E-2</v>
+      </c>
+      <c r="L44" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="M44" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="N44" s="16">
+        <v>5.6500000000000002E-2</v>
+      </c>
+      <c r="O44" s="20"/>
+      <c r="P44" s="20"/>
+      <c r="Q44" s="21"/>
+    </row>
+    <row r="45" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B45" s="9">
+        <f t="shared" si="2"/>
+        <v>19.5</v>
+      </c>
+      <c r="C45" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D45" s="16">
+        <v>5.5599999999999997E-2</v>
+      </c>
+      <c r="E45" s="16">
+        <v>5.6999999999999995E-2</v>
+      </c>
+      <c r="F45" s="19">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="G45" s="16">
+        <v>5.9699999999999996E-2</v>
+      </c>
+      <c r="H45" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="I45" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="J45" s="23">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="K45" s="16">
+        <v>5.5600000000000004E-2</v>
+      </c>
+      <c r="L45" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="M45" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
+      <c r="N45" s="16">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="O45" s="20"/>
+      <c r="P45" s="20"/>
+      <c r="Q45" s="21"/>
+    </row>
+    <row r="46" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B46" s="9">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="C46" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D46" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E46" s="16">
+        <v>5.7199999999999994E-2</v>
+      </c>
+      <c r="F46" s="19">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="G46" s="16">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="H46" s="16">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="I46" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="J46" s="23">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="K46" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L46" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M46" s="16">
+        <v>5.5299999999999995E-2</v>
+      </c>
+      <c r="N46" s="16">
+        <v>5.6799999999999996E-2</v>
+      </c>
+      <c r="O46" s="20"/>
+      <c r="P46" s="20"/>
+      <c r="Q46" s="21"/>
+    </row>
+    <row r="47" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B47" s="9">
+        <f t="shared" si="2"/>
+        <v>20.5</v>
+      </c>
+      <c r="C47" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D47" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E47" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F47" s="19">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="G47" s="16">
+        <v>5.9800000000000006E-2</v>
+      </c>
+      <c r="H47" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="I47" s="16">
+        <v>5.7699999999999994E-2</v>
+      </c>
+      <c r="J47" s="23">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="K47" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L47" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M47" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="N47" s="16">
+        <v>5.6799999999999996E-2</v>
+      </c>
+      <c r="O47" s="20"/>
+      <c r="P47" s="20"/>
+      <c r="Q47" s="21"/>
+    </row>
+    <row r="48" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B48" s="9">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="C48" s="16">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="D48" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="E48" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F48" s="19">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="G48" s="16">
+        <v>5.9899999999999995E-2</v>
+      </c>
+      <c r="H48" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="I48" s="16">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="J48" s="23">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="K48" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L48" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="M48" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="N48" s="16">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="O48" s="20"/>
+      <c r="P48" s="20"/>
+      <c r="Q48" s="21"/>
+    </row>
+    <row r="49" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B49" s="9">
+        <f t="shared" si="2"/>
+        <v>21.5</v>
+      </c>
+      <c r="C49" s="16">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="D49" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="E49" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="F49" s="19">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="G49" s="16">
+        <v>5.9900000000000002E-2</v>
+      </c>
+      <c r="H49" s="16">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="I49" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="J49" s="23">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="K49" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L49" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M49" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="N49" s="16">
+        <v>5.6899999999999999E-2</v>
+      </c>
+      <c r="O49" s="20"/>
+      <c r="P49" s="20"/>
+      <c r="Q49" s="21"/>
+    </row>
+    <row r="50" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B50" s="9">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="C50" s="16">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="D50" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="E50" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="F50" s="19">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="G50" s="16">
+        <v>5.9900000000000002E-2</v>
+      </c>
+      <c r="H50" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="I50" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="J50" s="23">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="K50" s="16">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="L50" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="M50" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="N50" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O50" s="20"/>
+      <c r="P50" s="20"/>
+      <c r="Q50" s="21"/>
+    </row>
+    <row r="51" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B51" s="9">
+        <f t="shared" si="2"/>
+        <v>22.5</v>
+      </c>
+      <c r="C51" s="16">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="D51" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="E51" s="16">
+        <v>5.74E-2</v>
+      </c>
+      <c r="F51" s="19">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="G51" s="16">
+        <v>0.06</v>
+      </c>
+      <c r="H51" s="16">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="I51" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="J51" s="23">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="K51" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="L51" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M51" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N51" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O51" s="20"/>
+      <c r="P51" s="20"/>
+      <c r="Q51" s="21"/>
+    </row>
+    <row r="52" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B52" s="9">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="C52" s="16">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="D52" s="16">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="E52" s="16">
+        <v>5.74E-2</v>
+      </c>
+      <c r="F52" s="19">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="G52" s="16">
+        <v>0.06</v>
+      </c>
+      <c r="H52" s="16">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="I52" s="16">
+        <v>5.7600000000000005E-2</v>
+      </c>
+      <c r="J52" s="23">
+        <v>5.8300000000000005E-2</v>
+      </c>
+      <c r="K52" s="16">
+        <v>5.5900000000000005E-2</v>
+      </c>
+      <c r="L52" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="M52" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="N52" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O52" s="20"/>
+      <c r="P52" s="20"/>
+      <c r="Q52" s="21"/>
+    </row>
+    <row r="53" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B53" s="9">
+        <f t="shared" si="2"/>
+        <v>23.5</v>
+      </c>
+      <c r="C53" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D53" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E53" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F53" s="19">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="G53" s="16">
+        <v>5.9899999999999995E-2</v>
+      </c>
+      <c r="H53" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="I53" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="J53" s="23">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="K53" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="L53" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M53" s="16">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="N53" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O53" s="20"/>
+      <c r="P53" s="20"/>
+      <c r="Q53" s="21"/>
+    </row>
+    <row r="54" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B54" s="9">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="C54" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D54" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="E54" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F54" s="19">
+        <v>5.8099999999999999E-2</v>
+      </c>
+      <c r="G54" s="16">
+        <v>5.9899999999999995E-2</v>
+      </c>
+      <c r="H54" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="I54" s="16">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="J54" s="23">
+        <v>5.8299999999999998E-2</v>
+      </c>
+      <c r="K54" s="16">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="L54" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M54" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
+      <c r="N54" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O54" s="20"/>
+      <c r="P54" s="20"/>
+      <c r="Q54" s="21"/>
+    </row>
+    <row r="55" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B55" s="9">
+        <f t="shared" si="2"/>
+        <v>24.5</v>
+      </c>
+      <c r="C55" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D55" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E55" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F55" s="19">
+        <v>5.79E-2</v>
+      </c>
+      <c r="G55" s="16">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="H55" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="I55" s="16">
+        <v>5.7499999999999996E-2</v>
+      </c>
+      <c r="J55" s="23">
+        <v>5.8199999999999995E-2</v>
+      </c>
+      <c r="K55" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L55" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
+      <c r="M55" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N55" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O55" s="20"/>
+      <c r="P55" s="20"/>
+      <c r="Q55" s="21"/>
+    </row>
+    <row r="56" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B56" s="9">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="C56" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D56" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="E56" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F56" s="19">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="G56" s="16">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="H56" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="I56" s="16">
+        <v>5.7499999999999996E-2</v>
+      </c>
+      <c r="J56" s="23">
+        <v>5.8299999999999998E-2</v>
+      </c>
+      <c r="K56" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L56" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M56" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N56" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O56" s="20"/>
+      <c r="P56" s="20"/>
+      <c r="Q56" s="21"/>
+    </row>
+    <row r="57" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="9">
+        <f t="shared" si="2"/>
+        <v>25.5</v>
+      </c>
+      <c r="C57" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D57" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E57" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F57" s="19">
+        <v>5.79E-2</v>
+      </c>
+      <c r="G57" s="16">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="H57" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="I57" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="J57" s="23">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="K57" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L57" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M57" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
+      <c r="N57" s="16">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O57" s="20"/>
+      <c r="P57" s="20"/>
+      <c r="Q57" s="21"/>
+    </row>
+    <row r="58" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="9">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="C58" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D58" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="E58" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F58" s="19">
+        <v>5.79E-2</v>
+      </c>
+      <c r="G58" s="16">
+        <v>5.9700000000000003E-2</v>
+      </c>
+      <c r="H58" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="I58" s="16">
+        <v>5.74E-2</v>
+      </c>
+      <c r="J58" s="23">
+        <v>5.8299999999999998E-2</v>
+      </c>
+      <c r="K58" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L58" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M58" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
+      <c r="N58" s="16">
+        <v>5.7100000000000005E-2</v>
+      </c>
+      <c r="O58" s="20"/>
+      <c r="P58" s="20"/>
+      <c r="Q58" s="21"/>
+    </row>
+    <row r="59" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="9">
+        <f t="shared" si="2"/>
+        <v>26.5</v>
+      </c>
+      <c r="C59" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D59" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E59" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F59" s="19">
+        <v>5.79E-2</v>
+      </c>
+      <c r="G59" s="16">
+        <v>5.9700000000000003E-2</v>
+      </c>
+      <c r="H59" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="I59" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="J59" s="23">
+        <v>5.8199999999999995E-2</v>
+      </c>
+      <c r="K59" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L59" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M59" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N59" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O59" s="20"/>
+      <c r="P59" s="20"/>
+      <c r="Q59" s="21"/>
+    </row>
+    <row r="60" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B60" s="9">
+        <f t="shared" si="2"/>
+        <v>27</v>
+      </c>
+      <c r="C60" s="16">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="D60" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E60" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="F60" s="19">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="G60" s="16">
+        <v>5.9700000000000003E-2</v>
+      </c>
+      <c r="H60" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="I60" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="J60" s="23">
+        <v>5.8199999999999995E-2</v>
+      </c>
+      <c r="K60" s="16">
+        <v>5.5599999999999997E-2</v>
+      </c>
+      <c r="L60" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M60" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N60" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O60" s="20"/>
+      <c r="P60" s="20"/>
+      <c r="Q60" s="21"/>
+    </row>
+    <row r="61" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B61" s="9">
+        <f t="shared" si="2"/>
+        <v>27.5</v>
+      </c>
+      <c r="C61" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D61" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E61" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="F61" s="19">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="G61" s="16">
+        <v>5.96E-2</v>
+      </c>
+      <c r="H61" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="I61" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="J61" s="23">
+        <v>5.8299999999999998E-2</v>
+      </c>
+      <c r="K61" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L61" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
+      <c r="M61" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N61" s="16">
+        <v>5.7099999999999998E-2</v>
+      </c>
+      <c r="O61" s="20"/>
+      <c r="P61" s="20"/>
+      <c r="Q61" s="21"/>
+    </row>
+    <row r="62" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B62" s="9">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="C62" s="16">
+        <v>5.7800000000000004E-2</v>
+      </c>
+      <c r="D62" s="16">
+        <v>5.5600000000000004E-2</v>
+      </c>
+      <c r="E62" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="F62" s="19">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="G62" s="16">
+        <v>5.96E-2</v>
+      </c>
+      <c r="H62" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="I62" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="J62" s="23">
+        <v>5.8400000000000001E-2</v>
+      </c>
+      <c r="K62" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L62" s="16">
+        <v>5.5099999999999996E-2</v>
+      </c>
+      <c r="M62" s="16">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N62" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="O62" s="20"/>
+      <c r="P62" s="20"/>
+      <c r="Q62" s="21"/>
+    </row>
+    <row r="63" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="9">
+        <f t="shared" si="2"/>
+        <v>28.5</v>
+      </c>
+      <c r="C63" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D63" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E63" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="F63" s="19">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="G63" s="16">
+        <v>5.96E-2</v>
+      </c>
+      <c r="H63" s="16">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="I63" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="J63" s="23">
+        <v>5.8400000000000001E-2</v>
+      </c>
+      <c r="K63" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="L63" s="16">
+        <v>5.5E-2</v>
+      </c>
+      <c r="M63" s="16">
+        <v>5.5400000000000005E-2</v>
+      </c>
+      <c r="N63" s="16">
+        <v>5.7100000000000005E-2</v>
+      </c>
+      <c r="O63" s="20"/>
+      <c r="P63" s="20"/>
+      <c r="Q63" s="21"/>
+    </row>
+    <row r="64" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B64" s="9">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="C64" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D64" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E64" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="F64" s="19">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="G64" s="16">
+        <v>5.9699999999999996E-2</v>
+      </c>
+      <c r="H64" s="16">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="I64" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="J64" s="23">
+        <v>5.8400000000000001E-2</v>
+      </c>
+      <c r="K64" s="16">
+        <v>5.5799999999999995E-2</v>
+      </c>
+      <c r="L64" s="16">
+        <v>5.5100000000000003E-2</v>
+      </c>
+      <c r="M64" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="N64" s="16">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="O64" s="20"/>
+      <c r="P64" s="20"/>
+      <c r="Q64" s="21"/>
+    </row>
+    <row r="65" spans="2:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B65" s="9">
+        <f t="shared" si="2"/>
+        <v>29.5</v>
+      </c>
+      <c r="C65" s="16">
+        <v>5.79E-2</v>
+      </c>
+      <c r="D65" s="16">
+        <v>5.57E-2</v>
+      </c>
+      <c r="E65" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="F65" s="19">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="G65" s="16">
+        <v>5.9699999999999996E-2</v>
+      </c>
+      <c r="H65" s="16">
+        <v>5.7799999999999997E-2</v>
+      </c>
+      <c r="I65" s="16">
+        <v>5.7299999999999997E-2</v>
+      </c>
+      <c r="J65" s="23">
+        <v>5.8499999999999996E-2</v>
+      </c>
+      <c r="K65" s="16">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="L65" s="16">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M65" s="16">
+        <v>5.5500000000000001E-2</v>
+      </c>
+      <c r="N65" s="16">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="O65" s="20"/>
+      <c r="P65" s="20"/>
+      <c r="Q65" s="21"/>
+    </row>
+    <row r="66" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B66" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="C66" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="D66" s="17">
+        <v>5.5800000000000002E-2</v>
+      </c>
+      <c r="E66" s="17">
+        <v>5.7300000000000004E-2</v>
+      </c>
+      <c r="F66" s="17">
+        <v>5.79E-2</v>
+      </c>
+      <c r="G66" s="17">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="H66" s="17">
+        <v>5.79E-2</v>
+      </c>
+      <c r="I66" s="17">
+        <v>5.74E-2</v>
+      </c>
+      <c r="J66" s="17">
+        <v>5.8599999999999999E-2</v>
+      </c>
+      <c r="K66" s="17">
+        <v>5.5899999999999998E-2</v>
+      </c>
+      <c r="L66" s="17">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="M66" s="17">
+        <v>5.5600000000000004E-2</v>
+      </c>
+      <c r="N66" s="17">
+        <v>5.74E-2</v>
+      </c>
+      <c r="O66" s="20"/>
+      <c r="P66" s="20"/>
+      <c r="Q66" s="21"/>
+    </row>
+    <row r="67" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="P67" s="20"/>
+    </row>
+    <row r="68" spans="2:17" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="28" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="28"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="28"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="28"/>
+      <c r="H68" s="28"/>
+      <c r="I68" s="28"/>
+      <c r="J68" s="28"/>
+      <c r="K68" s="28"/>
+      <c r="L68" s="28"/>
+      <c r="M68" s="28"/>
+      <c r="N68" s="28"/>
+      <c r="O68" s="15"/>
+      <c r="P68" s="20"/>
+      <c r="Q68" s="15"/>
+    </row>
+    <row r="69" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B69" s="6"/>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6"/>
+      <c r="E69" s="6"/>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6"/>
+      <c r="H69" s="6"/>
+      <c r="I69" s="7"/>
+      <c r="J69" s="7"/>
+      <c r="K69" s="7"/>
+      <c r="P69" s="20"/>
+    </row>
+    <row r="70" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B70" s="6"/>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6"/>
+      <c r="E70" s="6"/>
+      <c r="F70" s="6"/>
+      <c r="G70" s="6"/>
+      <c r="H70" s="6"/>
+      <c r="P70" s="20"/>
+    </row>
+    <row r="71" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="P71" s="20"/>
+    </row>
+    <row r="72" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="P72" s="20"/>
+    </row>
+    <row r="73" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="P73" s="20"/>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A3:O3"/>
     <mergeCell ref="B68:N68"/>
     <mergeCell ref="C5:N5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{567BC382-5523-40A5-9AE3-7B996CCC5A12}">
   <dimension ref="A1:K70"/>
   <sheetViews>
     <sheetView zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <selection activeCell="I18" sqref="I18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6328125" style="4" customWidth="1"/>
     <col min="3" max="8" width="11.6328125" style="4" customWidth="1"/>
     <col min="9" max="9" width="7.6328125" style="4" customWidth="1"/>
     <col min="10" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="29.5" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -3869,58 +5526,58 @@
         <v>6</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="24"/>
       <c r="I3" s="24"/>
       <c r="J3" s="14"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:10" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="12">
         <v>2024</v>
       </c>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="27"/>
-[...3 lines deleted...]
-      <c r="H5" s="28"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="26"/>
+      <c r="F5" s="26"/>
+      <c r="G5" s="26"/>
+      <c r="H5" s="27"/>
     </row>
     <row r="6" spans="1:10" s="5" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="8">
         <f>DATE(B5,7,31)</f>
         <v>45504</v>
       </c>
       <c r="D6" s="8">
         <f>EOMONTH(EDATE(C6,1),0)</f>
         <v>45535</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" ref="E6:H6" si="0">EOMONTH(EDATE(D6,1),0)</f>
         <v>45565</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="0"/>
         <v>45596</v>
       </c>
       <c r="G6" s="8">
         <f t="shared" si="0"/>
         <v>45626</v>
       </c>
@@ -5346,94 +7003,95 @@
     </row>
     <row r="66" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B66" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="17">
         <v>5.4800000000000001E-2</v>
       </c>
       <c r="D66" s="17">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E66" s="17">
         <v>5.2200000000000003E-2</v>
       </c>
       <c r="F66" s="17">
         <v>5.4400000000000004E-2</v>
       </c>
       <c r="G66" s="17">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="H66" s="17">
         <v>5.7800000000000004E-2</v>
       </c>
     </row>
     <row r="68" spans="2:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B68" s="25" t="s">
+      <c r="B68" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="25"/>
-[...4 lines deleted...]
-      <c r="H68" s="25"/>
+      <c r="C68" s="28"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="28"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="28"/>
+      <c r="H68" s="28"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
     </row>
     <row r="69" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B69" s="6"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
     </row>
     <row r="70" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B70" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B68:H68"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>4044 Yield Curves - 2026</vt:lpstr>
       <vt:lpstr>4044 Yield Curves - 2025</vt:lpstr>
       <vt:lpstr>4044 Yield Curves - 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ERISA 4044 Yield Curves</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>